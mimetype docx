--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f95283a" w14:textId="f95283a">
+    <w:p w14:paraId="31587cd" w14:textId="31587cd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -710,96 +710,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Школьник В.С. ___________   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14 июня 2015 года</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...44 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11138,57 +11092,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Паспорт изготовителя (поставщика) Паспорта качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z209" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -11537,128 +11484,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Авиационное топливо</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z243" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К применению на двигателях и ВСУ воздушных судов Республики Казахстан допускаются авиаГСМ, представленные в таблице 1, а также авиационные топлива допущены к применению с комплексом присадок, оговоренных нормативно-технической документацией на их производство и применение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z240" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основными марками топлив, применяемых для газотурбинных двигателей и ВСУ, являются ТС-1, РТ и Джет А-1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z241" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z241" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разрешается заправка и дозаправка каждой из этих марок в отдельности или смесью марок ТС-1 и РТ в любой пропорции независимо от марки остатка топлива в баках ВС (в том числе и иностранной).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z242" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z242" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При заправке топливом, являющимся смесью марок ТС-1 и РТ, соответствующая запись вносится в контрольный талон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11677,68 +11626,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z244" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Перечень авиаГСМ определяется организацией-разработчиком или заводом-изготовителем авиационной техники. Аналоги основных топлив указываются в Руководствах по летной и технической эксплуатации ВС с указаниями эксплуатационных ограничений и мероприятий, связанных с их применением. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По сравнению с топливами ТС-1, РТ (НД авиаГСМ) топлива иностранных марок имеют следующие эксплуатационные ограничения:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11803,68 +11754,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) повышенное коррозионное воздействие на материалы, содержащие свинец;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) более высокую температуру начала кристаллизации (в соответствии с требованиями спецификации норма для этого показателя составляет "не выше минус 40 оС").</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z245" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По климатическим условиям в аэропорту вылета (прилета) для применения авиакеросинов ТС-1 и РТ соблюдаются, исходя из данных паспорта изготовителя, по показателю температуры кристаллизации, следующие нормативы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при температуре кристаллизации авиакеросина не выше минус 60 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -11993,68 +11946,71 @@
         </w:rPr>
         <w:t xml:space="preserve">
       4) применять подпункт 1), если лаборатория ГСМ в результате анализа установит, что у данной партии авиакеросина температура кристаллизации ниже минус 60 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z246" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Смесь топлива ТС-1 и РТ с различными температурами кристаллизации применяется по нормативам, установленным для продукта с наивысшей из указанных в паспортах температур кристаллизации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z247" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. При прилете в аэропорт, находящийся в климатическом районе I1, где текущая температура окружающего воздуха ниже минус 30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -12069,86 +12025,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">С с остатком авиакеросина, имеющего температуру кристаллизации не выше минус 50 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С и если до вылета более 24 часов, необходимо в течение не более 1 часа либо слить остаток авиакеросина из баков, либо дозаправить ВС авиакеросином с температурой кристаллизации не выше минус 60 оС.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z248" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При нахождении авиакеросина в технологическом оборудовании склада ГСМ потребителя, технических средствах заправки, а также в топливной системе ВС при определенных условиях возникает явление помутнения, обнаруживаемое при контроле чистоты визуальным или инструментальным методами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z249" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Причиной помутнения авиакеросина может являться наличие в нем эмульсионной воды, неполное растворение в топливе ПВК жидкости при ее дозировке или частичное выделение ПВК жидкости вместе с растворенной водой из авиакеросина в результате изменения условий окружающей среды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наличие эмульсионной воды в авиакеросине является браковочным признаком. Эмульсионная вода подлежит удалению из топлива отстаиванием и сливом накопившегося отстоя, а также фильтрацией через средства водоотделения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12195,246 +12156,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При содержании в авиакеросине в баках ВС ПВК жидкости И-М, в результате ряда климатических и эксплуатационных факторов процесс помутнения топлива интенсифицируется.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Помутнение топлива с ПВК жидкостью И-М в баках ВС не является браковочным признаком, необходимо в обязательном порядке сливать накапливающийся отстой.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z250" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Основной маркой авиабензина, допущенной для заправки ВС с поршневыми двигателями в ГА Республики Казахстан, является Б-91/115, Б-92 и Б-95.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z251" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Бензин Б-92 (ТУ 38.401-58-47-92) и Б-95 разработаны в научно-исследовательском институте гражданской авиации и могут применяться взамен бензина Б-91/115 в поршневых двигателях всех типов. Применение авиабензина Б-92 и Б-95 оговаривается специальной документацией.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z252" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Авиационные масла</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z253" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Марки авиационных масел, допущенные к применению на авиадвигателях, ВСУ и ТХУ указаны в соответствующих Руководствах по летной эксплуатации ВС. Резервные авиамасла применяются наравне с основными.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z254" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Применение масел на ВС определяется эксплуатантом ВС.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z255" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При эксплуатации ВС с газотурбинными двигателями аналогом масла МС-8П является Turbonycoil-321, масла ИПМ-10 - масло Turbonycoil-210A фирмы NYCO и масло Castrol-4000 фирмы Castrol. Применение масел Turbonycoil-321 и Turbonycoil-210A и Castrol-4000 в газотурбинных двигателях осуществляется в соответствии с рекомендациями.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z256" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. При эксплуатации вертолетов Ми-2 и Ми-8 разрешается использовать в системах смазки масло Castrol-98 фирмы Castrol взамен масла Б-ЗВ. Применение масла Castrol-98 осуществляется в соответствии с рекомендациями.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z257" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Авиамасло ВНИИНП-50-1-4ф, допущенное к применению как резервное для двигателей марок НК-8-2У, Д-30 и НК-8-4 запрещается применять для дозаправки маслосистем с основными маслами. Перевод с основного масла на резервное и наоборот производится по технологии ТО указанных двигателей.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z258" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В ТХУ допущены к применению в качестве основных и резервных пары марок ВНИИНП-50-1-4ф и ИПМ-10 и перевод с основной марки на резервную и обратно производится по технологии ТО указанных типов ТХУ.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z259" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Маслосмеси СМ-8; СМ-10; СМ-11,5; СМ-9; 50/50 готовятся из исходных компонентов по установленной технологии приготовления и контроля качества.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z260" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Для обеспечения заправки ВС в установленные сроки и нормальной работы масляных фильтров МЗ, авиационные масла и маслосмеси должны иметь температуру:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) МС-20, МС-14, МК-22 - не ниже 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -12581,86 +12564,90 @@
         </w:rPr>
         <w:t>
       5) Б-3В, ЛЗ-240, ИПМ-10, ВНИИНП-50-1-4ф(у) - не ниже минус 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z261" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Для консервации авиадвигателей и их систем на ремонтных заводах применяются масла, смазки и маслосмеси в зависимости от марки рабочего авиамасла.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z262" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Для внутренней консервации двигателей, работающих на синтетических маслах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) синтетические масла марок ИПМ-10, ВНИИНП-50-1-4ф (у), Б-3В, Л3-240, 36/1Ку-А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12671,68 +12658,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) масла МК-8, МС-8П, МС-8РК для топливной системы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) масло ИПМ-10 для консервации при пятилетнем хранении топливных систем авиадвигателей, работающих на данном масле.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z263" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Для внутренней консервации двигателей, работающих на минеральных маслах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авиамасла МС-20, МК-8П, МС-8П, МС-8РК;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12743,262 +12732,282 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) смазка К-17 (для поршневых двигателей);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) масло МС-8П (только для маслосистем).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z264" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. При консервации смешение синтетических масел с минеральными не допускается. Замена рабочего синтетического масла на минеральное масло при консервации двигателей, прошедших контрольные испытания, не допускается.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z265" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Сроки сохраняемости двигателей, консервируемых различными маслами, приведены в "Порядке применения масел МС-8П, МС-8РК, ИПМ-10 для консервации".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и условия хранения авиатехники осуществляется по ОСТ 1.90109 "Консервация авиационных приборов, агрегатов, авиационного оборудования и запасных частей к ним".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Консервация маслосистем ГТД производится рабочим маслом в соответствии с ОСТ 1.90277 "Консервация авиационных двигателей и запасных частей к ним".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z266" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Масла и пластичные смазки для агрегатов, узлов трения и приборов ВС</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z267" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Допущенные к применению для смазки узлов и агрегатов вертолетов с ГТД масла и пластичные смазки по типам вертолетов и сезонам эксплуатации приведены в указанных в соответствующих Руководствах по летной эксплуатации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z268" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Температурные условия применения смазочных масел и их смесей в главных редукторах, агрегатах трансмиссий, несущих системах, узлах и агрегатах вертолетов определяются нормативно-технической документацией по соответствующей авиационной технике.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z269" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Допущенные к применению на авиационной технике при техническом обслуживании авиамасла, приборные масла, пластичные смазки, твердые смазочные покрытия и пасты приведены в Руководстве по обслуживанию.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z270" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Масла и пластичные смазки, допущенные к применению для защиты от коррозии поверхностей двигателей, агрегатов и деталей ВС при их консервации, приведены в соответствующих Руководствах по обслуживанию. Порядок и условия консервации определены в регламентах технического обслуживания, соответствующих бюллетенях изготовителя и заводских инструкциях.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z271" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Рабочие жидкости для гидросистем и амортстоек ВС</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z272" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Допущенные к применению рабочие жидкости для гидросистем и стоек шасси ВС: АМГ-10, НГЖ-4у, НГЖ-5у, FH-51. Применение других гидрожидкостей, кроме допущенных РЛЭ и бюллетенями промышленности, а также смешение марок гидрожидкостей при дозаправке гидросистем и стоек шасси не допускается.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z273" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. При заливке в заправочное средство рабочих жидкостей в целях предотвращения попадания воды и посторонних включений необходимо:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) использовать рабочую жидкость из герметичных, опломбированных или запаянных крышками банок;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13103,282 +13112,300 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (N 0058 или 0063 по НД авиаГСМ);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при частичном использовании рабочей жидкости тару с оставшимся продуктом герметично закрывать и опломбировать.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z274" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Противоводокристаллизационные жидкости</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z275" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. ПВК жидкости используются в виде присадок к керосинам всех марок и снижают вероятность обмерзания самолетных и вертолетных топливных фильтров, не имеющих систем подогрева топлива перед этими фильтрами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии авиакеросина без ПВК жидкости, разрешается применять авиакеросин с ПВК жидкостями для заправки всех типов ВС, включая имеющие указанные системы подогрева.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z276" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. При добавлении ПВК жидкостей в авиакеросин в установленных количествах, изменения его физико-химических свойств, за исключением возможного понижения температуры вспышки, не происходит.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По коррозионным свойствам, а также по набухаемости в них РТИ авиакеросины, содержащие ПВК жидкость в регламентированных количествах, не отличаются от керосина, не содержащего ее.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z277" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. При попадании воды в авиакеросин, содержащий ПВК жидкость, или при переходе растворенной в авиакеросине воды в эмульсионную, может происходить частичное выделение в эмульсию компонентов ПВК жидкости и уменьшение ее процентного содержания в топливе.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z278" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. ПВК жидкости поставляются потребителем в железнодорожных цистернах и стальных неоцинкованных бочках.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разрешается использовать для перевозки ПВК жидкостей автотранспорт (ТЗ, АГЦ) с ненарушенным внутренним антикоррозионным покрытием на срок не более 2 суток. При более длительных перевозках должны использоваться стальные бочки, контейнеры, емкости без внутреннего оцинкованного или лакокрасочного покрытия.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z279" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. При приеме ПВК жидкостей исключаются случаи смешения однокомпонентных и двухкомпонентных жидкостей.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перед началом слива поступившего продукта остаток ПВК жидкости из приемного трубопровода должен быть слит в отдельную емкость. При невозможности слива остатка ПВК жидкости из приемного трубопровода первую партию сливаемого продукта в количестве 1,5 объема трубопровода необходимо слить.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z280" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Если после приема в резервуаре образовалась смесь ПВК жидкостей (однокомпонентных или двухкомпонентных) необходимо оформить акт на смесь.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z281" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. При получении ПВК жидкости ОГСМ, для повышения взаимной ответственности, производится отбор двух арбитражных проб из выдаваемого резервуара. Одна проба остается в организации, выдавшей продукт, другую забирает получатель. Срок хранения проб - до израсходования получаемой партии.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z282" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Анализ ПВК жидкостей производится:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при поступлении на склад ГСМ до слива в объеме установленными настоящими Правилами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13389,268 +13416,288 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) после слива и не реже 1 раза в 3 месяца из средств хранения по показателям технических требований;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) из расходной емкости по показателям содержания воды и смешиваемость с водой - 1 раз в неделю (если объем емкости, бачка превышает недельный расход).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z283" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Анализ ПВК жидкости производится по методикам, изложенным в Методических рекомендациях по анализу качества ГСМ в ГА.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z284" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Смешение авиакеросина с ПВК жидкостью производится при наполнении топливозаправщиков на пунктах налива, при заправке самолетов через систему централизованной заправки самолетов, а также в резервуарах и топливозаправщиках по Единой технологии ввода, контроля содержания ПВК жидкостей в авиатопливе и эксплуатации дозирующих устройств.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z285" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. На ВС допущены к применению ПВК жидкости марок "И" и ТГФ (однокомпонентные) "И-М" и ТГФ-М (двухкомпонентные).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z286" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Нормы добавления ПВК жидкости в авиакеросины в зависимости от температуры воздуха у земли в аэропорту вылета и продолжительности полета для типов ВС, требующих ее применения, даны в таблице 2.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если в Правилах отсутствует информация о нормах добавления ПВК жидкости для какого-либо типа ВС, следует руководствоваться данными, установленными Руководством по летной эксплуатации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z287" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Самолеты Ил-96-300. Ту-204, Ил-86 и вертолет Ка-26 выполняют полеты на авиакеросине без добавления ПВК жидкости.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z288" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Самолеты Ту-154 всех модификаций в период летней навигации заправляются авиакеросином без добавления ПВК жидкости при условиях, указанных в таблице 3.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z289" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Если по условиям предстоящего полета требуется применение авиакеросина с ПВК жидкостью, а остаток топлива без ПВК жидкости от предыдущего полета составляет более 9 тонн или в аэропорту вылета произошло снижение температуры наружного воздуха более чем на 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С, то при стоянке самолета более 5 часов необходимо слить излишек топлива, превышающий 9 тонн, и дозаправить самолет топливом с ПВК жидкостью в соответствии с нормативами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z290" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Самолеты Ту-154, оборудованные бортовой системой впрыска ПВК жидкости в авиакеросин, заправляются в зарубежных аэропортах без добавления ПВК жидкости. На территории Республики Казахстан и стран СНГ эти самолеты заправляются авиакеросином с добавлением ПВК жидкостей в объемах, указанных в таблицах 2 и 3.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z291" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Самолеты Як-42 и Як-40 выполняют полеты на авиакеросине без ПВК жидкостей при температуре воздуха у земли минус 400С и выше, самолеты Ил-114 - минус 30оС и выше.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z292" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Самолеты Ил-62М, выполняющие полеты из зарубежных аэропортов заправляются авиакеросином без ПВК жидкости, если:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) температура авиакеросина в баках перед вылетом выше минус 150С;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13661,358 +13708,384 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) топливный подкачивающий насос самолета оборудован предохранительной сеткой с ячейками 2,5 х 2,5;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) самолет оборудован системой измерения температуры авиакеросина в первом и четвертом баках по бюллетеню изготовителя.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z293" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Если баки ВС заправлены полностью или частично авиакеросином без ПВК жидкости, а предстоит выполнение задания, требующего по условиям полета использование авиакеросина с ПВК жидкостью, то в этом случае по требованию экипажа или представителя авиационно-технической базы сливается из баков все топливо без присадки и вновь заправляется авиакеросином, содержащим положенное количество ПВК жидкости.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z294" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Разрешается дозаправка ВС авиакеросином с ПВК жидкостью другой марки.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z295" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Добавление ПВК жидкости в авиакеросин производится с помощью дозатора. Допускается введение жидкости в авиакеросин непосредственно в расходных резервуарах и в ТЗ по технологии.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Добавление ПВК жидкости непосредственно в баки ВС не допускается.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z296" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Дозаторы ПВК жидкости стабильно обеспечивают точность дозирования в пределах, указанных в примечании к таблице 2.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z297" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. При прекращении работы средств дозирования на срок более 10 суток необходимо сливать жидкость из полости фильтра, насоса, трубопровода.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z298" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. При хранении авиакеросина с ПВК жидкостью в резервуаре или ТЗ, контроль концентрации производится ежедневно (перед началом полетов).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z299" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Разрешается дозаправка ВС авиакеросином с ПВК жидкостью другой марки.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z300" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. При добавлении ПВК жидкостей в авиакеросин в количествах, оговоренных настоящими Правилами, изменений его физико-химических и эксплуатационных свойств не происходит, за исключением возможного понижения температуры вспышки в закрытом тигле на 8-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С, которое не считается браковочным признаком.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z301" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Противообледенительные жидкости</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z302" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Противообледенительные жидкости (например, "Арктика", "Арктика ДГ" и иностранные марки "Type 1", "Type II", "Type IV" и другие.), предназначаются для удаления с поверхностей самолетов и вертолетов на земле ледяных образований (льда, примерзшего снега, инея), а также для профилактической обработки поверхностей ВС в целях ее предохранения от обледенения на земле. Жидкости применяются нагретыми до температуры 80-85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z303" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Прием, хранение и выдача в специальные машины противообледенительных жидкостей производит ОГСМ.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приготовление растворов противообледенительных жидкостей в специальных транспортных средствах осуществляется инженерно-авиационной службой. Лаборатория ГСМ по заявке инженерно-авиационной службы осуществляет контроль качества "Type 1", "Type II", "Type IV" по специальной технологии.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z304" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. В случае верхней заправки ВС обработка его поверхности противообледенительной жидкостью производится после заправки авиакеросином. После нанесения на обшивку ВС жидкости обшивка становится скользкой, что следует иметь ввиду при обслуживании ВС.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z305" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Методы удаления обледенения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) одноступенчатый процесс осуществляется с помощью горячей смеси противообледенителя и воды с учетом температуры окружающей среды и погодных условий с целью удаления и защиты поверхностей от льда, снега и инея;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14023,84 +14096,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) двухступенчатый процесс: первая ступень осуществляется с помощью горячей воды или горячей смеси противообледенителя и воды и через 3 минуты после этой обработки следует вторая ступень обработки для предотвращения обледенения с помощью холодной концентрированной жидкости или смеси противообледенителя и воды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В обоих методах противообледенительная обработка выполняется как можно ближе к времени вылета ВС.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z306" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7. Спирт этиловый</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z307" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. При техническом обслуживании и ремонте авиационной техники, проведении анализов авиаГСМ, а также для предупреждения обледенения ВС, согласно нормативно-технических документов по эксплуатации применяются этиловые спирты:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ректификат из пищевого сырья, НД авиаГСМ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14165,280 +14242,302 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) головная фракция (ранее жидкость эфироальдегидной фракции), ОСТ 18-121-73;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) гидролизный абсолютированный ТУ 59-108-73.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z308" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. Дистиллированная вода</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z309" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Согласно РЛЭ для самолетов Ан-24 и Л-410УВП дистиллированная вода применяется в системе впрыска воды в двигатель при повышенных температурах окружающего воздуха.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z310" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Дистиллированная вода, заправляемая в баки систем впрыска самолетов, по своему качеству соответствовать требованиям НД авиаГСМ, в том числе:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) солесодержание не более 5 мг/дм3 (мг/л), определяется по НД авиаГСМ, или 10 мкСм/см;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) концентрация водородных ионов (рН) - 5,4...7,0.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z311" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Производство, хранение, контроль качества и выдачу на заправку в самолеты дистиллированной воды осуществляет ОГСМ по заявке инженерно-авиационной службы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z312" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Порядок подготовки и контроля качества дистиллированной воды изложен в приложении 11 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z313" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9. Сохраняемость качества авиаГСМ на складе</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z314" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Закупки ГСМ и специальных жидкостей в аэропорты и авиакомпании создаются с запасом, которые нормированы по количеству и по срокам хранения. Пластичные смазки, жидкость для гидросистем, синтетические смазочные масла, поставляемые на склады организаций по топливообеспечению аэропортов и авиакомпаний хранятся в мелкой таре массой от 1-20 кг. Топлива, бензины, минеральные масла, ПВК жидкости, противообледенительные жидкости, поступающие в цистернах или танкерах, хранят в металлических горизонтальных и вертикальных резервуарах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z315" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Основные задачи, решаемые специалистами при хранении ГСМ, сводятся к обеспечению сохранения их количества и качества. В результате сложной совокупности протекающих физико-химических процессов в топливе происходит накопление механических примесей и воды, смолистых соединений и потеря легких фракций.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z316" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Хранение топлива начинается с его приема. После выполнения приемо-сдаточного анализа и изучение паспорта поставщика решается вопрос о сливе. Топливо, предназначаемое для хранения, должно быть слито в отдельные резервуары с тем, чтобы в процессе хранения оно не подвергалось внутрискладским перекачкам. Степень изменения физико-химических показателей топлив при хранении пропорционально числу перекачек (перемешиваний). Резервуары должны иметь противокоррозийную защиту и в них не должно быть донных отложений. При хранении топлив менее стабильными являются показатели, нормирующие его чистоту (содержание механических примесей и воды), химическую стабильность (содержание смол) и испаряемость (давление насыщенных паров, фракционный состав).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z317" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Изменение содержания в топливе механических примесей начинается с момента его изготовления. Источниками загрязнений являются технологическое оборудование, промывочная вода и воздух, с которыми контактирует готовое топливо. Технологическое оборудование загрязняет топливо продуктами коррозии, продуктами разрушения уплотнительных материалов, фильтров, материала пар трения насосов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z318" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Основными источниками твердых загрязнений являются воздух и коррозия металлического оборудования. В воздухе содержатся во взвешенном состоянии частички почвы, пыли. Особенно вредной с точки зрения эксплуатационных свойств является пыль песчаной и супесчаной почв. Она увеличивает в топливе содержание твердых окислов кремния, изнашивающих оборудование и агрегаты топливной системы. Пыль из воздуха попадает в резервуары, цистерны, баки, емкости при открытых горловинах и люках и через клапаны резервуаров.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объем воздуха, попадающего в резервуары, может достигать 10-40 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -14453,174 +14552,184 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в зависимости от коэффициента заполнения и емкости резервуара. При запыленности воздуха в 0,1г/м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в резервуары попадает ежесуточно 4-10 г пыли. 80 % пыли уносится с топливом при раздаче, а остальное оседает на дне резервуара.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z319" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Процесс загрязнения топлива идет на всем пути от нефтеперерабатывающих заводов до фильтров системы очистки аэропорта. При подготовке топлива в аэропортах к заправке необходимо в среднем в 3 раза уменьшить содержание в нем твердых загрязнений. В организациях по авиатопливообеспечению должны соблюдаться принятые системы очистки:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отстой топлива в резервуарах и емкостях по продолжительности отстаивания топлива;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) последовательное пропускание топлива через 3 фильтра (трехкратная фильтрация).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z320" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Топливо при хранении насыщается водой. Ее источник воздух. Скорость насыщения в резервуаре зависит от площади контакта топлива с атмосферным воздухом и толщины слоя. При продолжительном хранении в результате фазовых переходов молекулярной воды в топливе возникает эмульсионная и отстойная вода. Отстойную воду периодически сливают как часть донных отложений. Присутствие в топливе воды ускоряет коррозионные процессы и процессы смолообразования. Значительное влияние на осмоление топлива оказывает температура, так как в основе этого явления лежат химические процессы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z321" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Сроки хранения топлива регламентируются инструкциями по каждой марке ГСМ, условиям хранения и по климатическим поясам. При решении вопросов хранения топлива на складах ГСМ необходимо учитывать испаряемость. Реактивное топливо при хранении в вертикальных металлических резервуарах теряет наиболее легкокипящие фракции через клапаны резервуаров и в результате нагрева поверхности резервуара с солнечной стороны.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z322" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. При хранении ПВК жидкости за счет растворения воды, парциальное давление в них практически равно нулю. Это обуславливает диффузионный перенос воды только в направлении ПВК жидкости. Для исключения обводнения ПВК жидкости их хранят в герметической таре. Даже небольшое количество воды в ПВК жидкости является достаточным для образования электролита, вызывающего электрохимические явления. ПВК жидкости запрещается хранить в оцинкованных резервуарах и в резервуарах с лакокрасочными покрытиями в связи с их высокой растворяющей способностью.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z323" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 1 Виды и марки авиационного топлива, допущенные к применению на основных и вспомогательных силовых установках ВС, выполняющих полеты на авиалиниях Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15054,66 +15163,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б-91/115, Б-92, Б-95, 100LL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z324" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 2 Нормы добавления ПВК жидкостей при заправке ВС</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -19812,66 +19923,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С в случае обнаружении по прилету в пробе отстоя мутного топлива, дозаправку производить топливом с добавлением 0,1+0,05 % (по объему) ПВК жидкости. В случае отсутствия ПВК жидкости остаток мутного топлива слить из бака и заправить его топливом без ПВК жидкости.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заправку самолетов ИЛ-62М в аэропортах Республики Казахстан следует производить в соответствии с пунктом 38 приложения 2 к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z325" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 3 Условия заправки самолетов ТУ-154 всех модификаций авиакеросином без добавления ПВК жидкостей</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20292,60 +20405,62 @@
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Если при указанных условиях запасные аэродромы находятся на удалении более 1 часа полета от аэропорта назначения, то заправка производится авиакеросином с добавлением ПВК жидкости в соответствии с действующей нормой.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Расшифровка аббревиатур:</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ГА - гражданская авиация;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -20785,70 +20900,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="81"/>
+    <w:bookmarkStart w:name="z217" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лаборатория авиаГСМ _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21707,124 +21822,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="82"/>
+    <w:bookmarkStart w:name="z218" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ "___"________ 20___ год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="83"/>
+    <w:bookmarkStart w:name="z219" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  КОНТРОЛЬНЫЙ ТАЛОН № __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на ____ в ТЗ № ___(___) паспорт качества № ___ от _____ 20___г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23788,68 +23903,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ "___"________ 20___ год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="84"/>
+    <w:bookmarkStart w:name="z220" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КОНТРОЛЬНЫЙ ТАЛОН № __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на ____ в МЗ № ___(___) паспорт качества № ___ от ____ 20 __г. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24910,68 +25025,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________ "___" ________ 20__год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации гражданской авиации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="85"/>
+    <w:bookmarkStart w:name="z221" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КОНТРОЛЬНЫЙ ТАЛОН № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на ____ из резервуара ЦЗС №___паспорт качества №__ от ___ 20_г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27093,88 +27208,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z222" w:id="86"/>
+    <w:bookmarkStart w:name="z222" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z223" w:id="87"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z223" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖУРНАЛ ВЫДАЧИ КОНТРОЛЬНЫХ ТАЛОНОВ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -28325,124 +28440,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z224" w:id="88"/>
+    <w:bookmarkStart w:name="z224" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z225" w:id="89"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z225" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лаборатория ГСМ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="90"/>
+    <w:bookmarkStart w:name="z226" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  АНАЛИЗ № _____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       показателей качества авиаГСМ__________________________наименование</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28955,70 +29070,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="91"/>
+    <w:bookmarkStart w:name="z227" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29151,92 +29266,92 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ___________ 20__г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="92"/>
+    <w:bookmarkStart w:name="z228" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АКТ ______</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на отбор проб авиаГСМ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"__" ____________ 20___год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия в составе _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30064,51 +30179,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="93"/>
+    <w:bookmarkStart w:name="z175" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отбор проб авиаГСМ, осадков и отложений с деталей и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -30117,191 +30232,191 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>происшествиях или инцидентах</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z177" w:id="94"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z177" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пробы авиаГСМ, направляемые на анализ, характеризуют все этапы их прохождения в организации-потребителе. Место отбора проб авиаГСМ, а также головная организация-исполнитель исследований, определяются комиссией, назначенной для расследования данного авиационного происшествия или инцидента. В случае, если комиссия по расследованию не назначалась, эти вопросы решаются руководителем авиакомпании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z178" w:id="95"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z178" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В работе комиссии при определении мест отбора проб авиаГСМ и в самом отборе обязательно участие специалиста ОГСМ (инженера).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z179" w:id="96"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z179" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отбор проб авиаГСМ из систем ВС производится авиационным техником в присутствии специалиста ОГСМ (инженера), а из наземных систем авиатопливообеспечения или емкости, в которых хранятся ГСМ - техником ОГСМ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z180" w:id="97"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z180" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Для сохранения и обработки информации в масштабе Гражданской Авиации Республики Казахстан и обеспечения проведения исследований в объеме, позволяющем выработать заключение о причинах авиационного происшествия (далее - АП) или инцидента, базовой лабораторией ГСМ гражданской авиации Республики Казахстан производится исследование проб авиаГСМ, осадков и отложений, отобранных из систем ВС, в связи с расследованием причин АП или инцидентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z181" w:id="98"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z181" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Целью анализов проб и образцов, отобранных из систем ВС, является идентификация марки авиаГСМ, определение уровня чистоты и соотнесение качества авиаГСМ, находящихся в системах, с установленными для конкретных видов авиаГСМ нормативами и качеством заправляемых авиаГСМ для определения полноты выполнения регламентных работ по техническому обслуживанию систем ВС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z182" w:id="99"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z182" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Целью анализа проб авиаГСМ, отобранных из средств заправки, является идентификация марки продукта, установление соответствия их качества требованиям наземно-технической документации на продукт и полноты выполнения технологии подготовки авиаГСМ к выдаче на заправку ВС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z183" w:id="100"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z183" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При установлении причин АП или инцидентов с ВС из наземных средств заправки, использовавшихся для заправки этих ВС, также рекомендуется отбирать пробы для оценки полноты и уровня подготовки продуктов к заправке ВС:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авиатоплива из наконечников нижней заправки или раздаточного пистолета средств заправки в установившемся потоке;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30330,88 +30445,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) рабочих жидкостей для гидросистем из раздаточной линии заправочного агрегата;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ПВК жидкости из расходного бачка или резервуара хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="101"/>
+    <w:bookmarkStart w:name="z184" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Отбор проб авиаГСМ, осадков и отложений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z185" w:id="102"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z185" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В настоящем разделе Приложения изложены особенности отбора проб из систем ВС и, при необходимости из средств заправки и хранения в связи с расследованием причин АП или инцидентов с ВС:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) во всех случаях пробы авиаГСМ отбираются в тару, подготовленную лабораторией ГСМ, о чем имеется запись в форме бланка акта отбора проб;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30566,108 +30681,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) при отборе проб смазки следует избегать термического и механического воздействия во избежание изменения ее свойств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) отбор проб осадков, отложений, смазки с поверхности деталей агрегатов производится любым инструментом (желательно из пластмассы, твердых сортов древесины), который не нарушает целостность поверхности детали и не взаимодействует с компонентами отложений и авиаГСМ. Если есть возможность (т.е. деталь малогабаритная), то следует деталь с отложениями направить на исследование, защитив ее полиэтиленовой пленкой от попадания загрязнений из окружающей среды. Упаковка перевязывается и опечатывается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="103"/>
+    <w:bookmarkStart w:name="z186" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Оформление документации на пробы авиаГСМ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z187" w:id="104"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z187" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Отбор проб оформляется актом, который находится в делах комиссии по расследованию. Акт составляется по установленной форме. Копия акта на отбор проб направляется в организацию, проводящую исследование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z188" w:id="105"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z188" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. На таре (бутылках) с пробами авиаГСМ наклеиваются этикетки с указанием:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименования авиаГСМ, его вида (марки);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30678,70 +30793,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) типа и номера ВС, номера двигателя или агрегата, из которого отобрана проба авиаГСМ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) даты отбора пробы, фамилии и подписи лиц, отбиравших пробы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="106"/>
+    <w:bookmarkStart w:name="z189" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Пробы авиаГСМ, а также фильтры и другие детали направляются на исследование с сопроводительным письмом и техническим актом комиссии по расследованию. В этих документах указываются цель и рекомендательный объем анализов (испытаний), подробная характеристика объекта, наработки агрегатов, последние регламентные работы и сроки их проведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В сопроводительной технической документации при необходимости указываются также: аэропорты последних 5-7 заправок, марки топлива и масла, наработка авиаГСМ, марка и процентное содержание ПВК жидкости в авиакеросине, а также прикладываются копии документации на качество авиаГСМ, выдаваемых на заправку.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30908,88 +31023,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z229" w:id="107"/>
+    <w:bookmarkStart w:name="z229" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z230" w:id="108"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z230" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖУРНАЛ РЕГИСТРАЦИИ ПРОБ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -31700,116 +31815,116 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z207" w:id="109"/>
+    <w:bookmarkStart w:name="z207" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Определение уровня чистоты авиатоплив индикатором</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>качества топлива</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Определение (индикация) эмульсионной воды и механических примесей в авиационных топливах основано на изменении цвета индикатора качества топлива (далее - ИКТ) при пропускании через него с помощью приспособления ПОЗ-Т (индикатора ПЭК-Т) пробы продукта. ИКТ реагирует на присутствие эмульсионной воды в пределах 0,001-0,003 % масс, и механических примесей в пределах 0,0002 0,0003 % масс, что соответствует принятым в гражданской авиации нормам чистоты авиатоплива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="110"/>
+    <w:bookmarkStart w:name="z206" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Авиационные керосины</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индикатор ИКТ вставляется белой стороной к подвижной части зажима приспособления ПОЗ-Т (индикатора ПЭК-Т). Производится засасывание авиакеросина из емкости с пробой (банки, пробоотборника) в течение 7-10 с приспособлением ПОЗ-Т или вращением рукоятки винта против часовой стрелки до упора индикатором ПТЭК-Т. Делается выдержка в течение 3-5 с.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31856,68 +31971,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результат определения считается удовлетворительным при наличии на желтом слое индикатора не более двух голубых пятен (индикация эмульсионной воды) и на белом слое трех светло-коричневых пятен, интенсивность окраски которых светлее соответствующего (верхнего) контрольного отпечатка (индикация механических примесей).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если при определении уровня чистоты авиакеросина с ПВК жидкостями на желтом слое ИКТ появилось три голубых пятна, то проверяется уровень обводненности авиакеросина без ПВК жидкости, содержание воды в ПВК жидкости и содержание ПВК жидкости в авиакеросине. При удовлетворительных результатах всех анализов авиакеросин допускается к выдаче на заправку ВС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="111"/>
+    <w:bookmarkStart w:name="z205" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Авиационные этилированные бензины</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Загрязненность авиабензинов определяется аналогично с авиакеросинами с той разницей, что при появлении на белом слое ИКТ отпечатка темнее верхнего контрольного (браковочный признак по механическим примесям) производится повторное засасывание пробы через ИКТ, вставленный желтой стороной к подвижной части зажима. В этом случае уровень загрязненности авиабензина механическими примесями и водой определяется по отпечаткам на желтом слое ИКТ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32084,100 +32199,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z231" w:id="112"/>
+    <w:bookmarkStart w:name="z231" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z232" w:id="113"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z232" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журналы регистрации анализов специальных жидкостей</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Журнал регистрации результатов анализа рабочих жидкостей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -32859,68 +32974,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб. Рук.лаб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="114"/>
+    <w:bookmarkStart w:name="z234" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  2. Журнал регистрации результатов анализа авиамасла</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -33622,68 +33737,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб. Рук.лаб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z235" w:id="115"/>
+    <w:bookmarkStart w:name="z235" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  3. Журнал регистрации результатов анализа авиатоплива</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -34650,68 +34765,68 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С, сСт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="116"/>
+    <w:bookmarkStart w:name="z236" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4. Журнал регистрации результатов анализа ПВК жидкости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -35259,80 +35374,80 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб.Рук.лаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="117"/>
+    <w:bookmarkStart w:name="z237" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4. Журнал регистрации результатов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>анализа дистиллированной воды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -35880,80 +35995,80 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб. Рук.лаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z238" w:id="118"/>
+    <w:bookmarkStart w:name="z238" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  5. Журнал регистрации результатов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>анализа ПОЖ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36648,51 +36763,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="119"/>
+    <w:bookmarkStart w:name="z190" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Подготовка и контроль качества дистиллированной воды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -36701,129 +36816,129 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>в двигатель</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Производство и хранение дистиллированной воды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z192" w:id="120"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z192" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Производство дистиллированной воды в организациях-потребителях организуется на базе электродистилляторов ЭД-90, парадистилляторов ПД-256, ПД-400, дистилляторов Д-4, Д-25 и других, выпускаемых промышленностью. Допускается для производства дистиллированной воды использовать ионообменные установки при условии соответствия качества воды требованиям, изложенным в п.68 Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z193" w:id="121"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z193" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оборудование для производства дистиллированной воды, а также стационарные емкости для ее сбора и хранения размещаются и эксплуатируются в условиях, исключающих попадание в дистиллированную воду пыли и атмосферных осадков и воздействие прямых солнечных лучей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Помещения пунктов производства дистиллированной воды оборудуются источниками водоснабжения, электроэнергии, а также вентиляцией и канализацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="122"/>
+    <w:bookmarkStart w:name="z194" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для сбора и хранения дистиллированной воды разрешается применять следующие емкости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) баки, цистерны и канистры из полиэтилена или с полиэтиленовым покрытием;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36888,70 +37003,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) стеклянные бутылки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Емкости для хранения дистиллированной воды герметично закрывают и оборудуют дренажом и отстойником со сливным краном, а также указателем уровня воды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="123"/>
+    <w:bookmarkStart w:name="z195" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Для перекачки воды из стационарной емкости в заправочный агрегат применяется насосная установка, состоящая из насоса типа ПНВ-2 или ЭЦН-104, фильтра 12ТФ29СН или 12ТФ15СН и раздаточного крана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Трубопроводы раздаточной магистрали выполняются из материала АМЦМ или резины.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36998,164 +37113,164 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наконечники раздаточных кранов и заливные горловины емкостей защищаются от пыли брезентовыми чехлами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хранение дистиллированной воды допускается в течение 15 суток, по истечении которых неиспользованная вода сливается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="124"/>
+    <w:bookmarkStart w:name="z196" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Контроль качества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z197" w:id="125"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z197" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Качество дистиллированной воды, предназначенной для выдачи в системы впрыска самолетов, контролируется по показателям, приведенным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложении 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Солесодержание в дистиллированной воде определяется с помощью лабораторного солемера марки ЛС-4, кондуктометра ЛК-563М или другой марки, обеспечивающей измерение показателей с той же точностью.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Концентрация водородных ионов определяется с помощью ионометров (потенциометров) со стеклянным электродом или рН-метром.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="126"/>
+    <w:bookmarkStart w:name="z198" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Для отбора проб дистиллированной воды применяется подготовленная ОГСМ полиэтиленовая или стеклянная посуда, герметично закрывающаяся полиэтиленовыми пробками. Разрешается использовать резиновые и корковые пробки с подкладками из полиэтиленовой пленки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перед взятием пробы емкость и пробку необходимо тщательно промыть, а затем не менее 3 раз ополоснуть дистиллированной водой, отбираемой для анализа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37166,144 +37281,144 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пробы для анализа отбираются: из стационарной емкости хранения воды - работниками ОГСМ, из емкости заправочных средств - работниками ИАС после каждого заполнения или долива емкости и 1 раз в сутки при расходовании.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отбор проб производится через пробоотборные и сливные краны на емкостях стационарного хранения воды или на выходе из раздаточных кранов заправочных агрегатов. В момент отбора пробы воды должно быть исключено ее загрязнение пылью и атмосферными осадками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="127"/>
+    <w:bookmarkStart w:name="z199" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Пробы регистрируются лабораторией ГСМ в специальном журнале. В этом же журнале записываются результаты анализа пробы дистиллированной воды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании положительного заключения по результатам исследований, записываемого в журнале выписывается Анализ на дистиллированную воду по установленной форме определенной в настоящем Приложении.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анализ на дистиллированную воду является основанием для ее выдачи в заправочный агрегат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="128"/>
+    <w:bookmarkStart w:name="z200" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Подготовка и контроль средств хранения и заправки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z201" w:id="129"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z201" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Подготовка средств хранения, заправки заключается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в предсезонной и периодической промывке емкостей для хранения воды и емкостей заправки не реже 1 раза в квартал;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37314,128 +37429,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в периодическом осмотре и промывке фильтров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в проведении планового (предупредительного) ремонта средств хранения и заправки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="130"/>
+    <w:bookmarkStart w:name="z202" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Промывка всех видов емкостей, как предсезонная, так и периодическая, осуществляется горячей, а затем дистиллированной водой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При возможности емкости пропариваются, а конденсат сливается через отстойник.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="131"/>
+    <w:bookmarkStart w:name="z203" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. По окончании промывки емкость заполняется свежей дистиллированной водой и выдерживается в течение суток. При положительных результатах анализа воды на солесодержание и концентрацию водородных ионов (рН) емкость считается пригодной для дальнейшей эксплуатации. В противном случае весь цикл работ повторяется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z204" w:id="132"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z204" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Контроль за состоянием технологического оборудования ВЗА и допуск к заправке самолетов осуществляется в том же порядке, какой установлен для ТЗ и МЗ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лаборатория ГСМ _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37446,68 +37561,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации ГА)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ___________ 20__г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="133"/>
+    <w:bookmarkStart w:name="z239" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АНАЛИЗ № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на дистиллированную воду в ________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>