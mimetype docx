--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="31587cd" w14:textId="31587cd">
+    <w:p w14:paraId="8be9439" w14:textId="8be9439">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра по инвестициям и развитию Республики Казахстан от 24 февраля 2015 года № 191. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 июля 2015 года № 11678.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 41-45) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан от 15 июля 2010 года "Об использовании воздушного пространства Республики Казахстан и деятельности авиации" </w:t>
+      В соответствии с подпунктом 41-45) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об использовании воздушного пространства Республики Казахстан и деятельности авиации" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра транспорта РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -965,74 +1027,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила хранения, подготовки к выдаче на заправку и проведения контроля качества авиационных горюче-смазочных материалов и специальных жидкостей в организациях гражданской авиации Республики Казахстан (далее - Закон) разработаны в соответствии с подпунктом 41-45) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан от 15 июля 2010 года "Об использовании воздушного пространства Республики Казахстан и деятельности авиации" и определяют порядок хранения, подготовки к выдаче на заправку и проведения контроля качества авиационных горюче-смазочных материалов и специальных жидкостей в организациях гражданской авиации (далее - ОГА) Республики Казахстан.</w:t>
+      1. Настоящие Правила хранения, подготовки к выдаче на заправку и проведения контроля качества авиационных горюче-смазочных материалов и специальных жидкостей в организациях гражданской авиации Республики Казахстан (далее – Правила) разработаны в соответствии с подпунктом 41-45) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об использовании воздушного пространства Республики Казахстан и деятельности авиации" и определяют порядок хранения, подготовки к выдаче на заправку и проведения контроля качества авиационных горюче-смазочных материалов и специальных жидкостей в организациях гражданской авиации (далее – ОГА) Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра транспорта РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Гражданские воздушные суда обеспечиваются авиационными горюче-смазочными материалами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1045,134 +1169,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> горюче-смазочных материалов (далее - служба ГСМ), являющейся структурным подразделением организации гражданской авиации или самостоятельным юридическим лицом – организацией по авиатопливо обеспечению (далее - ОГСМ).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Термины и определения, используемые в настоящих правилах:</w:t>
+      3. Термины и определения, используемые в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
-[...15 lines deleted...]
-      1) авиаГСМ - общее наименование топлив, масел, смазок и специальных жидкостей всех марок, применяемых при эксплуатации авиационной техники;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) авиаГСМ – общее наименование топлив, масел, смазок и специальных жидкостей всех марок, применяемых при эксплуатации авиационной техники;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> - документ, выдаваемый лабораторией ГСМ при положительных результатах проведенного анализа показателей качества авиаГСМ и удостоверяет, что принятый на склад продукт пригоден к выдаче на заправку воздушных судов гражданской авиации;</w:t>
+    <w:bookmarkStart w:name="z327" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормативные документы по стандартизации авиаГСМ (далее – НД авиаГСМ) – документы, устанавливающие нормы, правила, характеристики, принципы, касающиеся деятельности в области авиаГСМ или ее результатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
-[...15 lines deleted...]
-      3) нормативные документы по стандартизации авиаГСМ (далее - НД авиаГСМ) – документы, устанавливающие нормаы, правила, характиристки, принципы, касающиеся деятельности в области авиаГСМ или ее результатов.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) паспорт качества – документ, выдаваемый лабораторией ГСМ при положительных результатах проведенного анализа показателей качества авиаГСМ и удостоверяет, что принятый на склад продукт пригоден к выдаче на заправку воздушных судов гражданской авиации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа и.о. Министра транспорта РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Порядок хранения, подготовки к выдаче на заправку и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1584,135 +1750,237 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Основаниями для допуска авиаГСМ к выдаче на заправку в системы ВС, как кондиционного продукта, является документально подтвержденное их соответствие НД авиаГСМ на изготовление данной марки авиаГСМ, положительное заключение лаборатории, а также прохождение пооперационной их подготовки в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      17. Документами, подтверждающими качество и кондиционность авиа ГСМ, являются документ от изготовителя, подтверждающий качество продукта, а для авиа ГСМ, поставляемых наливным транспортом или по трубопроводу – также паспорт качества и контрольный талон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      17. Документами, подтверждающими качество и кондиционность авиаГСМ, является паспорт изготовителя и </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      Документом, подтверждающим соответствие техническому регламенту Таможенного союза "О требованиях к автомобильному и авиационному бензину, дизельному и судовому топливу, топливу для реактивных двигателей и мазуту" (ТР ТС 013/2011), принятому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии Таможенного союза от 18 октября 2011 года № 826, является декларация о соответствии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Министра транспорта РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Паспорт изготовителя на авиаГСМ содержит результаты анализа в объеме полного комплекса физико-химических и эксплуатационных показателей, входящих НД авиаГСМ на изготовление данной марки авиаГСМ, и заключение о соответствии данной партии продукта НД авиаГСМ. Поставщик авиаГСМ, предоставивший паспорт изготовителя и сертификат соответствия поставляемого авиаГСМ, несет ответственность за качество и сохранность качества продукта на оговоренный НД авиаГСМ срок годности при соблюдении оговоренных там же условий хранения и транспортировки.</w:t>
+      18. Документ от изготовителя, подтверждающий качество продукта, на авиа ГСМ содержит результаты анализа в объеме полного комплекса физико-химических и эксплуатационных показателей, входящих НД авиа ГСМ на изготовление данной марки авиа ГСМ, и заключение о соответствии данной партии продукта НД авиа ГСМ. Поставщик авиа ГСМ, предоставивший документ от изготовителя, подтверждающий качество продукта и декларацию о соответствии поставляемого авиа ГСМ, несет ответственность за качество и сохранность качества продукта на оговоренный НД авиа ГСМ срок годности при соблюдении оговоренных там же условий хранения и транспортировки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа Министра транспорта РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Паспорт качества является внутренним документом ОГСМ и удостоверяет, что принятый на склад авиаГСМ соответствует установленным НД авиаГСМ и пригоден к выдаче на заправку ВС ГА. Паспорт качества выдается лабораторией ГСМ при положительных результатах проведенного анализа показателей качества авиаГСМ, анализа сопроводительной документации на продукт. Паспорт качества оформляется согласно по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4529,54 +4797,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. При отправке авиаГСМ на временные аэродромы (вертодромы) и посадочные площадки выдается копия Паспорта качества лаборатории ГСМ организации-отправителя, которые заверяются подписью руководителя службы ГСМ (ОГСМ) и печатью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z77" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      62. Акты отбора проб, паспорта качества и сертификаты соответствия, паспорта изготовителя (поставщика) по одному экземпляру от каждой партии авиаГСМ хранятся в лаборатории в течение не менее трех месяцев после израсходования данной партии продукта.</w:t>
+      62. Акты отбора проб, документ от изготовителя, подтверждающий качество продукта и декларацию о соответствии, документ изготовителя (поставщика) по одному экземпляру от каждой партии авиа ГСМ хранятся в лаборатории в течение не менее трех месяцев после израсходования данной партии продукта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 62 – в редакции приказа Министра транспорта РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z78" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. При сменной работе техников-лаборантов в лаборатории ведется журнал передачи смен, в котором в произвольной форме записываются следующие данные:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4773,240 +5103,278 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам хранения, подготовки</w:t>
+              <w:t>к Правилам хранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к выдаче на заправку и проведения</w:t>
+              <w:t>подготовки к выдаче на заправку</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>контроля качества авиационных</w:t>
+              <w:t>и проведения контроля качества</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>горюче-смазочных материалов</w:t>
+              <w:t>авиационных горюче-смазочных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и специальных жидкостей в</w:t>
+              <w:t>материалов и специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациях в гражданской</w:t>
+              <w:t>жидкостей в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>авиации Республики Казахстан</w:t>
+              <w:t>в гражданской авиации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z208" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Контроль качества авиаГСМ в организациях гражданской авиации</w:t>
-[...11 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Контроль качества авиаГСМ в организациях гражданской авиации Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра транспорта РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ВИДЫ КОНТРОЛЯ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виды контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5040,6248 +5408,7418 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПРИЕМНЫЙ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анализы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проверки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Периодичность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основание для приема на склад</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анализы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проверки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Периодичность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основание для подготовки заправки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АВИАЦИОННЫЙ КЕРОСИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Массовой плотности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чистоты в приемном резервуаре и в средствах доставки. Внешнего вида. Сопроводительной документации. Паспорта изготовителя (поставщика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При поступлении и приеме каждой партии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Решение по результатам выполнения анализа и проверок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Массовой плотности Фракционного состава. Вязкости. Кислотности. Температуры вспышки в закрытом тигле. Температуры начала кристаллизации.* Содержание фактических смол. ВКЩ Взаимодействие с водой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чистоты в резервуаре. Соответствие результатов анализа и паспорта изготовителя (поставщика) и НД авиаГСМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 После окончания наполнения (приема). После каждого дозалива продуктов другой партии. Через 12 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение Паспорта качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...209 lines deleted...]
-8</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авиационный керосин JetA-1 ASTM D1655 (СТ РК ASTM D1655);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-АВИАЦИОННЫЙ БЕНЗИН</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массовой плотности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержание удельной электрической проводимости.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в приемном резервуаре и в средствах доставки. Внешнего вида. Сопроводительной документации. Паспорта изготовителя (поставщика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При поступлении и приеме каждой партии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение по результатам выполнения анализа и проверок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массовой плотности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фракционного состава;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>температуры вспышки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>температуры застывания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержания фактических смол;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>взаимодействие с водой;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>испытание на медной пластине;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержание удельной электрической проводимости.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в резервуаре. Соответствие результатов анализа и паспорта изготовителя (поставщика) и НД авиа-ГСМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+После окончания наполнения (приема). После долива продуктов другой партии. Через 12 месяцев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ВНИМАНИЕ! В СЛУЧАЕ ПРИЕМА В ОДИН РЕЗЕРВУАР БОЛЕЕ ДВУХ ПАРТИЙ ТОПЛИВА ОДНОГО ЗАВОДА ИЗГОТОВИТЕЛЯ, ПРОИЗВОДИТСЯ ПРИЕМНЫЙ КОНТРОЛЬ ПО ВСЕМ ПОКАЗАТЕЛЯМ НД НА ПРОДУКТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение Паспорта качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...282 lines deleted...]
-Заключение Паспорта качества</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ВИДЫ КОНТРОЛЯ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИАЦИОННЫЙ БЕНЗИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-АЭРОДРОМНЫЙ</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в приемном резервуаре и средствах доставки. Цвета и прозрачности. Сопроводительной документации. Паспорта изготовителя (поставщика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При поступлении и приеме каждой партии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение по результатам выполнения анализа и проверок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности Содержание ТЭС. Фракционного состава. Содержание фактических смол. Содержание ВКЩ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в резервуаре. Соответствие результатов анализа и паспорта изготовителя (поставщика) и НД авиаГСМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+После окончания наполнения резервуара (окончание приема) Через 12 месяцев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение Паспорта качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...209 lines deleted...]
-Основание для подготовки заправки</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВИДЫ КОНТРОЛЯ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-АВИАЦИОННЫЙ КЕРОСИН</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СКЛАДСКОЙ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АЭРОДРОМНЫЙ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...282 lines deleted...]
-Наличие контрольного талона</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проверки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Периодичность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание для приема на склад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проверки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Периодичность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание для подготовки заправки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-АВИАЦИОННЫЙ БЕНЗИН</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИАЦИОННЫЙ КЕРОСИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности Фракционного состава. Температуры вспышки в закрытом тигле Содержание водорастворимых кислот</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в резервуаре. Соответствие результатов анализа НД авиаГСМ на продукт и анализу пригодности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Через 6 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение в журнале результатов анализа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности Содержание ПВК жидкости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чистоты в расходном резервуаре, средствах очистки и заправки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В соответствии с разделом 4 настоящих Правил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие контрольного талона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-АВИАЦИОННЫЕ МАСЛА</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авиационный керосин JetA-1 ASTM D1655 (СТ РК ASTM D1655);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...282 lines deleted...]
-Заключение Паспорта Качества</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массовой плотности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фракционного состава;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>температуры вспышки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>температуры застывания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>содержания фактических смол;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>взаимодействие с водой;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+испытание на медной пластине;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+содержание удельной электрической проводимости.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в резервуаре. Соответствие результатов анализа НД авиа-ГСМ на продукт и анализу пригодности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Через</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6 месяцев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение в журнале результатов анализа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массовой плотности;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в расходном резервуаре, средствах очистки и заправки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В соответствии с разделом 4 настоящих Правил</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие контрольного талона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ПЛАСТИЧНЫЕ СМАЗКИ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИАЦИОННЫЙ БЕНЗИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...282 lines deleted...]
-Паспорта изготовителя (поставщика). Паспорт качества</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности. Октановое число ** Фракционного состава. Содержание фактических смол. Содержание ВКЩ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в приемном резервуаре и средстве доставки. Цвета и прозрачности. Соответствие результатов анализа и паспорта изготовителя (поставщика) и НД авиаГСМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Через 6 месяцев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение в журнале результатов анализа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в расходном резервуаре, средствах очистки и заправки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В соответствии с разделом 4 настоящих Правил</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие контрольного талона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ПВК ЖИДКОСТИ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИАЦИОННЫЕ МАСЛА</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...108 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в приемном резервуаре и средстве доставки. Цвета и прозрачности. Соответствие результатов анализа и паспорта изготовителя (поставщика) и НД авиаГСМ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При поступлении и приме каждой партии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Решение по результатам выполнения анализа и проверок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...137 lines deleted...]
-Заключение Паспорта качества</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности Содержание воды. Мехпримеси. Вязкости. Температуры вспышки в закрытом тигле (или закрытом) Коксуемость.*** Содержание ВКЩ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в резервуаре. Соответствие результата анализа паспорта изготовителя (поставщика) или требования на маслосмесь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+После окончания приема (наполнения резервуара, приготовления маслосмеси). После каждого дозалива продуктом другой партии. Через 12 месяцев.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение Паспорта Качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-АВИА МАСЛА</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЛАСТИЧНЫЕ СМАЗКИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...278 lines deleted...]
-Наличие контрольного талона.</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сопроводительной документации. Паспорта изготовителя (поставщика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При поступлении и приеме каждой партии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение по результатам выполнения анализа и проверок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внешний вид. Содержание воды. Содержание мехпримесей. Температура каплепадения**** Содержание свободных щелочей и органических кислот. Коллоидной стабильности (если предусмотрено ТУ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сохранности тары. Гарантийного срока.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При нарушении герметичности тары.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паспорта изготовителя (поставщика). Паспорт качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ПЛАСТИЧНЫЕ СМАЗКИ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПВК ЖИДКОСТИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...282 lines deleted...]
-Паспорт изготовителя (поставщика)</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности. Содержан. воды. Содержан. раст. загр. Содержан. раствори. металлов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внешнего вида. Сопроводительной документации. Соответствие результатов анализа и паспорта изготовителя (поставщика). Паспорта изготовителя (поставщика). Отсутствия остатков ПВКЖ в приемном трубопроводе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При поступлении и приеме каждой партии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение по результатам выполнения анализа и проверок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности. Содержание воды. Показатель преломления. Содержание раст.загр. Внешний вид. Наличие растворимых загрязнений. Содержание растворимых соединений металлов. Мехпримеси.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соответствие результатов анализа и паспорта изготовителя (поставщика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+После окончания наполнения резервуара (окончания приема) После каждого дозалива продуктом другой партии. Через 6 месяцев.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение Паспорта качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ПВК ЖИДКОСТИ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИА МАСЛА</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...108 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности. Вязкости. Температуры вспышки в открытом (закрытом) тигле Содержание ВКЩ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в резервуаре. Соответствие результатов анализа требованиям ТУ, НД авиаГСМ или требованиям на масло смесь. Соответствия анализу пригодности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Через 6 месяцев. При принятии решения о расходовании в промежутке между проведением приемного и складского контролей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение анализа пригодности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...137 lines deleted...]
-Решение по результатам анализа.</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистоты в расходном резервуаре (бойлере маслостанции), МЗ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие контрольного талона.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-РАБОЧИЕ ЖИДКОСТИ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЛАСТИЧНЫЕ СМАЗКИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...108 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сохранности тары. Гарантийного срока.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 раз в 10 дней.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Решение по результатам выполнения проверок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...157 lines deleted...]
-Паспорта изготовителя (поставщика). Заключение Паспорта качества</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паспорт изготовителя (поставщика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ПРОТИВООБЛЕДЕНИТЕЛЬНЫЕ ЖИДКОСТИ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПВК ЖИДКОСТИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...322 lines deleted...]
-Заключение Паспорта качества</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности. Содержании воды.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внешнего вида. Соответствие результатов анализа НД авиаГСМ на продукт и анализу пригодности к выдаче</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Через 3 месяца. При принятии решения о начале расходовании в промежутке между проведением приемного и складского контролей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение анализа пригодности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение по результатам анализа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РАБОЧИЕ ЖИДКОСТИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не проводится</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сопроводительной документации. Паспорта изготовителя (поставщика). Сохранность тары.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При приеме каждой тары.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение по результатам выполнения проверок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Массовой плотности. Внешнего вида. Вязкости при 50 0С. Температуры вспышки в открытом тигле. Содержание мехпримесей и воды. Кислотного числа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сохранности тары. Гарантийного срока.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...209 lines deleted...]
-Паспорт изготовителя (поставщика)</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При нарушении герметичности тары.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паспорта изготовителя (поставщика). Заключение Паспорта качества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-ПРОТИВООБЛЕДЕНИТЕЛЬНЫЕ ЖИДКОСТИ</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РАБОЧИЕ ЖИДКОСТИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...32 lines deleted...]
-        </w:tc>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сохранности тары. Гарантийного срока.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 раз в 10 дней.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение по результатам выполнения проверок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не проводится.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паспорт изготовителя (поставщика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...245 lines deleted...]
-Паспорт изготовителя (поставщика) Паспорта качества</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПРОТИВООБЛЕДЕНИТЕЛЬНЫЕ ЖИДКОСТИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виды контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При приҰмке противообледенительных жидкостей (пробы, отобранные из каждой партии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проверки качества противообледенительных жидкостей проводятся перед началом и в течение сезона противообледенительной обработки (пробы, отбираются из резервуаров (емкостей), в которых хранилась жидкость, из форсунок и баков используемой противообледенительной машины, из емкостей в случае подозрения на загрязнение находящейся в них жидкости в соответствии с Приказом исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 7 марта 2023 года № 141 "Об утверждении Правил по противообледенительной защите воздушного судна на земле")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проверки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Периодичность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание для приема на склад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проверки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Периодичность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание для применения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) внешний вид жидкости;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) показатель преломления;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) pH (водородный показатель);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) анализ вязкости для жидкостей типов II, III и IV.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Наличие и соответствие паспортов качества, сертификатов соответствия жидкостей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) наименование (марка)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поставляемой жидкости соответствует этикеткам продукта каждой емкости;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) концентрация поставляемой жидкости соответствует этикеткам продукта для каждой емкости;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) наличие сертификат очистки контейнера (на каждый контейнер) от производителя жидкости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) соответствие результатов лабораторных анализов показателей жидкости установленным требованиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При поступлении и приеме каждой партии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение лаборатории. Решение по результатам выполнения проверок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) внешний вид жидкости;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) показатель преломления;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) pH (водородный показатель);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) анализ вязкости для жидкостей типов II, III и IV.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результатов лабораторных анализов установленным требованиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перед началом и не менее 1-го раза в течение сезона противообледенительной обработки и в случае подозрения на загрязнение жидкости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение лаборатории. Решение по результатам выполненных проверок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z209" w:id="77"/>
-[...144 lines deleted...]
-      Настоящая таблица представляет собой составную часть технологического процесса подготовки авиаГСМ к выдаче на заправку и предназначена для инженерно-технических работников, непосредственно выполняющих перечисленные операции в соответствии с должностными инструкциями и обязанностями и является внутренним документом ОГСМ.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИМЕЧАНИЯ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * определяется: при смешанных (последовательных) перекачках по магистральному трубопроводу различных видов авиаГСМ и водных перевозках, когда проверенный показатель соответствует требованиям НД авиаГСМ, но имеются расхождения, выходящие за пределы воспроизводимости между результатами анализа лаборатории ГСМ авиапредприятия и данными паспорта изготовителя (поставщика); в авиапредприятиях, расположенных в районе I (НД авиаГСМ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** анализ проводится после истечение 1 года хранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** определяется для масел для поршневых двигателей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** определяется для защитных и уплотнительных смазок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ВНИМАНИЕ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая таблица представляет собой составную часть технологического процесса подготовки авиаГСМ к выдаче на заправку и предназначена для инженерно-технических работников, непосредственно выполняющих перечисленные операции в соответствии с должностными инструкциями и обязанностями, и является внутренним документом авиапредприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11484,533 +13022,449 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Авиационное топливо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="78"/>
+    <w:bookmarkStart w:name="z243" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К применению на двигателях и ВСУ воздушных судов Республики Казахстан допускаются авиаГСМ, представленные в таблице 1, а также авиационные топлива допущены к применению с комплексом присадок, оговоренных нормативно-технической документацией на их производство и применение.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z240" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основными марками топлив, применяемых для газотурбинных двигателей и ВСУ, являются ТС-1, РТ и Джет А-1.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z240" w:id="79"/>
-[...15 lines deleted...]
-      2. Основными марками топлив, применяемых для газотурбинных двигателей и ВСУ, являются ТС-1, РТ и Джет А-1.</w:t>
+    <w:bookmarkStart w:name="z241" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разрешается заправка и дозаправка каждой из этих марок в отдельности или смесью марок ТС-1 и РТ в любой пропорции независимо от марки остатка топлива в баках ВС (в том числе и иностранной).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z241" w:id="80"/>
-[...15 lines deleted...]
-      Разрешается заправка и дозаправка каждой из этих марок в отдельности или смесью марок ТС-1 и РТ в любой пропорции независимо от марки остатка топлива в баках ВС (в том числе и иностранной).</w:t>
+    <w:bookmarkStart w:name="z242" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При заправке топливом, являющимся смесью марок ТС-1 и РТ, соответствующая запись вносится в контрольный талон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z242" w:id="81"/>
-[...15 lines deleted...]
-      При заправке топливом, являющимся смесью марок ТС-1 и РТ, соответствующая запись вносится в контрольный талон.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра транспорта РК от 03.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Перечень авиа ГСМ определяется организацией-разработчиком или заводом-изготовителем авиационной техники. Аналоги основных топлив указываются в Руководствах по летной и технической эксплуатации ВС с указаниями эксплуатационных ограничений и мероприятий, связанных с их применением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра транспорта РК от 03.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 102</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра транспорта РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="82"/>
-[...15 lines deleted...]
-      3. Перечень авиаГСМ определяется организацией-разработчиком или заводом-изготовителем авиационной техники. Аналоги основных топлив указываются в Руководствах по летной и технической эксплуатации ВС с указаниями эксплуатационных ограничений и мероприятий, связанных с их применением. </w:t>
+    <w:bookmarkStart w:name="z245" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По климатическим условиям в аэропорту вылета (прилета) для применения авиакеросинов ТС-1, РТ, Джет А-1 соблюдаются, исходя из данных паспорта изготовителя, по показателю температуры кристаллизации, следующие нормативы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      По сравнению с топливами ТС-1, РТ (НД авиаГСМ) топлива иностранных марок имеют следующие эксплуатационные ограничения:</w:t>
-[...108 lines deleted...]
-      4. По климатическим условиям в аэропорту вылета (прилета) для применения авиакеросинов ТС-1 и РТ соблюдаются, исходя из данных паспорта изготовителя, по показателю температуры кристаллизации, следующие нормативы:</w:t>
+      1) при температуре кристаллизации авиакеросина не выше минус 60°С разрешается его применение без ограничений во всех климатических районах по НД авиа ГСМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при температуре кристаллизации авиакеросина не выше -50°С разрешается его применение без ограничений во всех климатических районах, кроме района I1 по НД авиа ГСМ при температуре наружного воздуха у земли не ниже минус 45°С;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заправка авиакеросина в ВС в климатическом районе I1 при температуре наружного воздуха у земли не ниже минус 30°С должна быть обеспечена в течение 24 часов до вылета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) применять подпункт 1), если лаборатория ГСМ в результате анализа установит, что у данной партии авиакеросина температура кристаллизации ниже минус 60°С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра транспорта РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z246" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Смесь топлива ТС-1 и РТ с различными температурами кристаллизации применяется по нормативам, установленным для продукта с наивысшей из указанных в паспортах температур кристаллизации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:p>
-[...191 lines deleted...]
-    <w:bookmarkStart w:name="z247" w:id="85"/>
+    <w:bookmarkStart w:name="z247" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. При прилете в аэропорт, находящийся в климатическом районе I1, где текущая температура окружающего воздуха ниже минус 30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -12025,2711 +13479,2877 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">С с остатком авиакеросина, имеющего температуру кристаллизации не выше минус 50 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С и если до вылета более 24 часов, необходимо в течение не более 1 часа либо слить остаток авиакеросина из баков, либо дозаправить ВС авиакеросином с температурой кристаллизации не выше минус 60 оС.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z248" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. При нахождении авиакеросина в технологическом оборудовании склада ГСМ потребителя, технических средствах заправки, а также в топливной системе ВС при определенных условиях возникает явление помутнения, обнаруживаемое при контроле чистоты визуальным или инструментальным методами.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z248" w:id="86"/>
-[...15 lines deleted...]
-      7. При нахождении авиакеросина в технологическом оборудовании склада ГСМ потребителя, технических средствах заправки, а также в топливной системе ВС при определенных условиях возникает явление помутнения, обнаруживаемое при контроле чистоты визуальным или инструментальным методами.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Причиной помутнения авиакеросина может являться наличие в нем эмульсионной воды, неполное растворение в топливе ПВК жидкости при ее дозировке или частичное выделение ПВК жидкости вместе с растворенной водой из авиакеросина в результате изменения условий окружающей среды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z249" w:id="87"/>
-[...15 lines deleted...]
-      8. Причиной помутнения авиакеросина может являться наличие в нем эмульсионной воды, неполное растворение в топливе ПВК жидкости при ее дозировке или частичное выделение ПВК жидкости вместе с растворенной водой из авиакеросина в результате изменения условий окружающей среды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наличие эмульсионной воды в авиакеросине является браковочным признаком. Эмульсионная вода подлежит удалению из топлива отстаиванием и сливом накопившегося отстоя, а также фильтрацией через средства водоотделения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Временное помутнение авиакеросина с ПВК жидкости после ее введения (не более 30 мин) не является браковочным признаком.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При неполном растворении ПВК жидкости при дозировке, а также при резком понижении температуры воздуха возможно помутнение топлива в резервуарах складов ГСМ и средствах заправки. В этом случае необходимо проверить чистоту топлива той же партии без ПВК жидкости, качество самой жидкости на содержание воды и соблюдение норм дозирования. При положительных результатах всех анализов и проверок авиакеросин допускается к заправке ВС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При содержании в авиакеросине в баках ВС ПВК жидкости И-М, в результате ряда климатических и эксплуатационных факторов процесс помутнения топлива интенсифицируется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Помутнение топлива с ПВК жидкостью И-М в баках ВС не является браковочным признаком, необходимо в обязательном порядке сливать накапливающийся отстой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Основной маркой авиабензина, допущенной для заправки ВС с поршневыми двигателями в ГА Республики Казахстан, является Б-91/115, Б-92 и Б-95.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:p>
-[...105 lines deleted...]
-      9. Основной маркой авиабензина, допущенной для заправки ВС с поршневыми двигателями в ГА Республики Казахстан, является Б-91/115, Б-92 и Б-95.</w:t>
+    <w:bookmarkStart w:name="z251" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бензин Б-92 (ТУ 38.401-58-47-92) и Б-95 разработаны в научно-исследовательском институте гражданской авиации и могут применяться взамен бензина Б-91/115 в поршневых двигателях всех типов. Применение авиабензина Б-92 и Б-95 оговаривается специальной документацией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z251" w:id="89"/>
-[...15 lines deleted...]
-      10. Бензин Б-92 (ТУ 38.401-58-47-92) и Б-95 разработаны в научно-исследовательском институте гражданской авиации и могут применяться взамен бензина Б-91/115 в поршневых двигателях всех типов. Применение авиабензина Б-92 и Б-95 оговаривается специальной документацией.</w:t>
+    <w:bookmarkStart w:name="z252" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Авиационные масла</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z252" w:id="90"/>
+    <w:bookmarkStart w:name="z253" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Марки авиационных масел, допущенные к применению на авиадвигателях, ВСУ и ТХУ указаны в соответствующих Руководствах по летной эксплуатации ВС. Резервные авиамасла применяются наравне с основными.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z254" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Применение масел на ВС определяется эксплуатантом ВС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z255" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. При эксплуатации ВС с газотурбинными двигателями аналогом масла МС-8П является Turbonycoil-321, масла ИПМ-10 - масло Turbonycoil-210A фирмы NYCO и масло Castrol-4000 фирмы Castrol. Применение масел Turbonycoil-321 и Turbonycoil-210A и Castrol-4000 в газотурбинных двигателях осуществляется в соответствии с рекомендациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z256" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. При эксплуатации вертолетов Ми-2 и Ми-8 разрешается использовать в системах смазки масло Castrol-98 фирмы Castrol взамен масла Б-ЗВ. Применение масла Castrol-98 осуществляется в соответствии с рекомендациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z257" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Авиамасло ВНИИНП-50-1-4ф, допущенное к применению как резервное для двигателей марок НК-8-2У, Д-30 и НК-8-4 запрещается применять для дозаправки маслосистем с основными маслами. Перевод с основного масла на резервное и наоборот производится по технологии ТО указанных двигателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z258" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В ТХУ допущены к применению в качестве основных и резервных пары марок ВНИИНП-50-1-4ф и ИПМ-10 и перевод с основной марки на резервную и обратно производится по технологии ТО указанных типов ТХУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z259" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Маслосмеси СМ-8; СМ-10; СМ-11,5; СМ-9; 50/50 готовятся из исходных компонентов по установленной технологии приготовления и контроля качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z260" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для обеспечения заправки ВС в установленные сроки и нормальной работы масляных фильтров МЗ, авиационные масла и маслосмеси должны иметь температуру:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) МС-20, МС-14, МК-22 - не ниже 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) МК-8П, МС-8П - не ниже 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) СМ-8, СМ-9, СМ-11,5 - не ниже 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) СМ-4,5, СМ-10 - не ниже 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Б-3В, ЛЗ-240, ИПМ-10, ВНИИНП-50-1-4ф(у) - не ниже минус 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Для консервации авиадвигателей и их систем на ремонтных заводах применяются масла, смазки и маслосмеси в зависимости от марки рабочего авиамасла.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z262" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Для внутренней консервации двигателей, работающих на синтетических маслах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) синтетические масла марок ИПМ-10, ВНИИНП-50-1-4ф (у), Б-3В, Л3-240, 36/1Ку-А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) масла МК-8, МС-8П, МС-8РК для топливной системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) масло ИПМ-10 для консервации при пятилетнем хранении топливных систем авиадвигателей, работающих на данном масле.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Для внутренней консервации двигателей, работающих на минеральных маслах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) авиамасла МС-20, МК-8П, МС-8П, МС-8РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) смазка К-17 (для поршневых двигателей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) масло МС-8П (только для маслосистем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z264" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. При консервации смешение синтетических масел с минеральными не допускается. Замена рабочего синтетического масла на минеральное масло при консервации двигателей, прошедших контрольные испытания, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z265" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Сроки сохраняемости двигателей, консервируемых различными маслами, приведены в "Порядке применения масел МС-8П, МС-8РК, ИПМ-10 для консервации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок и условия хранения авиатехники осуществляется по ОСТ 1.90109 "Консервация авиационных приборов, агрегатов, авиационного оборудования и запасных частей к ним".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Консервация маслосистем ГТД производится рабочим маслом в соответствии с ОСТ 1.90277 "Консервация авиационных двигателей и запасных частей к ним".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z266" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Авиационные масла</w:t>
-[...178 lines deleted...]
-      1) МС-20, МС-14, МК-22 - не ниже 20</w:t>
+        <w:t xml:space="preserve"> 3. Масла и пластичные смазки для агрегатов, узлов трения и приборов ВС</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z267" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Допущенные к применению для смазки узлов и агрегатов вертолетов с ГТД масла и пластичные смазки по типам вертолетов и сезонам эксплуатации приведены в указанных в соответствующих Руководствах по летной эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z268" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Температурные условия применения смазочных масел и их смесей в главных редукторах, агрегатах трансмиссий, несущих системах, узлах и агрегатах вертолетов определяются нормативно-технической документацией по соответствующей авиационной технике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z269" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Допущенные к применению на авиационной технике при техническом обслуживании авиамасла, приборные масла, пластичные смазки, твердые смазочные покрытия и пасты приведены в Руководстве по обслуживанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z270" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Масла и пластичные смазки, допущенные к применению для защиты от коррозии поверхностей двигателей, агрегатов и деталей ВС при их консервации, приведены в соответствующих Руководствах по обслуживанию. Порядок и условия консервации определены в регламентах технического обслуживания, соответствующих бюллетенях изготовителя и заводских инструкциях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z271" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Рабочие жидкости для гидросистем и амортстоек ВС</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z272" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Допущенные к применению рабочие жидкости для гидросистем и стоек шасси ВС: АМГ-10, НГЖ-4у, НГЖ-5у, FH-51. Применение других гидрожидкостей, кроме допущенных РЛЭ и бюллетенями промышленности, а также смешение марок гидрожидкостей при дозаправке гидросистем и стоек шасси не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z273" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. При заливке в заправочное средство рабочих жидкостей в целях предотвращения попадания воды и посторонних включений необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) использовать рабочую жидкость из герметичных, опломбированных или запаянных крышками банок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) очищать от загрязнений заливные горловины гидравлических баков и банок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не взбалтывать и не перемешивать рабочую жидкость в таре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не выливать полностью рабочую жидкость из тары, оставляя ее в количестве 100-200 см</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заправку рабочей жидкости из тары производить через воронку с сеткой, имеющей 8000-10000 ячеек на см</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (N 0058 или 0063 по НД авиаГСМ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при частичном использовании рабочей жидкости тару с оставшимся продуктом герметично закрывать и опломбировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z274" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Противоводокристаллизационные жидкости</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z275" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. ПВК жидкости используются в виде присадок к керосинам всех марок и снижают вероятность обмерзания самолетных и вертолетных топливных фильтров, не имеющих систем подогрева топлива перед этими фильтрами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии авиакеросина без ПВК жидкости, разрешается применять авиакеросин с ПВК жидкостями для заправки всех типов ВС, включая имеющие указанные системы подогрева.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z276" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. При добавлении ПВК жидкостей в авиакеросин в установленных количествах, изменения его физико-химических свойств, за исключением возможного понижения температуры вспышки, не происходит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По коррозионным свойствам, а также по набухаемости в них РТИ авиакеросины, содержащие ПВК жидкость в регламентированных количествах, не отличаются от керосина, не содержащего ее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z277" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. При попадании воды в авиакеросин, содержащий ПВК жидкость, или при переходе растворенной в авиакеросине воды в эмульсионную, может происходить частичное выделение в эмульсию компонентов ПВК жидкости и уменьшение ее процентного содержания в топливе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z278" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. ПВК жидкости поставляются потребителем в железнодорожных цистернах и стальных неоцинкованных бочках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разрешается использовать для перевозки ПВК жидкостей автотранспорт (ТЗ, АГЦ) с ненарушенным внутренним антикоррозионным покрытием на срок не более 2 суток. При более длительных перевозках должны использоваться стальные бочки, контейнеры, емкости без внутреннего оцинкованного или лакокрасочного покрытия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. При приеме ПВК жидкостей исключаются случаи смешения однокомпонентных и двухкомпонентных жидкостей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед началом слива поступившего продукта остаток ПВК жидкости из приемного трубопровода должен быть слит в отдельную емкость. При невозможности слива остатка ПВК жидкости из приемного трубопровода первую партию сливаемого продукта в количестве 1,5 объема трубопровода необходимо слить.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Если после приема в резервуаре образовалась смесь ПВК жидкостей (однокомпонентных или двухкомпонентных) необходимо оформить акт на смесь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z281" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. При получении ПВК жидкости ОГСМ, для повышения взаимной ответственности, производится отбор двух арбитражных проб из выдаваемого резервуара. Одна проба остается в организации, выдавшей продукт, другую забирает получатель. Срок хранения проб - до израсходования получаемой партии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z282" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Анализ ПВК жидкостей производится:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при поступлении на склад ГСМ до слива в объеме установленными настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) после слива и не реже 1 раза в 3 месяца из средств хранения по показателям технических требований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) из расходной емкости по показателям содержания воды и смешиваемость с водой - 1 раз в неделю (если объем емкости, бачка превышает недельный расход).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Анализ ПВК жидкости производится по методикам, изложенным в Методических рекомендациях по анализу качества ГСМ в ГА.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z284" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Смешение авиакеросина с ПВК жидкостью производится при наполнении топливозаправщиков на пунктах налива, при заправке самолетов через систему централизованной заправки самолетов, а также в резервуарах и топливозаправщиках по Единой технологии ввода, контроля содержания ПВК жидкостей в авиатопливе и эксплуатации дозирующих устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z285" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. На ВС допущены к применению ПВК жидкости марок "И" и ТГФ (однокомпонентные) "И-М" и ТГФ-М (двухкомпонентные).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z286" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Нормы добавления ПВК жидкости в авиакеросины в зависимости от температуры воздуха у земли в аэропорту вылета и продолжительности полета для типов ВС, требующих ее применения, даны в таблице 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если в Правилах отсутствует информация о нормах добавления ПВК жидкости для какого-либо типа ВС, следует руководствоваться данными, установленными Руководством по летной эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z287" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Самолеты Ил-96-300. Ту-204, Ил-86 и вертолет Ка-26 выполняют полеты на авиакеросине без добавления ПВК жидкости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z288" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Самолеты Ту-154 всех модификаций в период летней навигации заправляются авиакеросином без добавления ПВК жидкости при условиях, указанных в таблице 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z289" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Если по условиям предстоящего полета требуется применение авиакеросина с ПВК жидкостью, а остаток топлива без ПВК жидкости от предыдущего полета составляет более 9 тонн или в аэропорту вылета произошло снижение температуры наружного воздуха более чем на 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>С;</w:t>
-[...17 lines deleted...]
-      2) МК-8П, МС-8П - не ниже 15</w:t>
+        <w:t>С, то при стоянке самолета более 5 часов необходимо слить излишек топлива, превышающий 9 тонн, и дозаправить самолет топливом с ПВК жидкостью в соответствии с нормативами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z290" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Самолеты Ту-154, оборудованные бортовой системой впрыска ПВК жидкости в авиакеросин, заправляются в зарубежных аэропортах без добавления ПВК жидкости. На территории Республики Казахстан и стран СНГ эти самолеты заправляются авиакеросином с добавлением ПВК жидкостей в объемах, указанных в таблицах 2 и 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z291" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Самолеты Як-42 и Як-40 выполняют полеты на авиакеросине без ПВК жидкостей при температуре воздуха у земли минус 400С и выше, самолеты Ил-114 - минус 30оС и выше.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z292" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Самолеты Ил-62М, выполняющие полеты из зарубежных аэропортов заправляются авиакеросином без ПВК жидкости, если:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) температура авиакеросина в баках перед вылетом выше минус 150С;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) топливный подкачивающий насос самолета оборудован предохранительной сеткой с ячейками 2,5 х 2,5;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) самолет оборудован системой измерения температуры авиакеросина в первом и четвертом баках по бюллетеню изготовителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z293" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Если баки ВС заправлены полностью или частично авиакеросином без ПВК жидкости, а предстоит выполнение задания, требующего по условиям полета использование авиакеросина с ПВК жидкостью, то в этом случае по требованию экипажа или представителя авиационно-технической базы сливается из баков все топливо без присадки и вновь заправляется авиакеросином, содержащим положенное количество ПВК жидкости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z294" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Разрешается дозаправка ВС авиакеросином с ПВК жидкостью другой марки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z295" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Добавление ПВК жидкости в авиакеросин производится с помощью дозатора. Допускается введение жидкости в авиакеросин непосредственно в расходных резервуарах и в ТЗ по технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Добавление ПВК жидкости непосредственно в баки ВС не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z296" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Дозаторы ПВК жидкости стабильно обеспечивают точность дозирования в пределах, указанных в примечании к таблице 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z297" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. При прекращении работы средств дозирования на срок более 10 суток необходимо сливать жидкость из полости фильтра, насоса, трубопровода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z298" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. При хранении авиакеросина с ПВК жидкостью в резервуаре или ТЗ, контроль концентрации производится ежедневно (перед началом полетов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z299" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Разрешается дозаправка ВС авиакеросином с ПВК жидкостью другой марки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z300" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. При добавлении ПВК жидкостей в авиакеросин в количествах, оговоренных настоящими Правилами, изменений его физико-химических и эксплуатационных свойств не происходит, за исключением возможного понижения температуры вспышки в закрытом тигле на 8-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>С;</w:t>
-[...17 lines deleted...]
-      3) СМ-8, СМ-9, СМ-11,5 - не ниже 15</w:t>
+        <w:t>С, которое не считается браковочным признаком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z301" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Противообледенительные жидкости</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z302" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      56. Прием, хранение, выдача и контроль качества противообледенительных жидкостей осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 7 марта 2023 года № 141 "Об утверждении Правил по противообледенительной защите воздушного судна на земле" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32037).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 56 - в редакции приказа и.о. Министра транспорта РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z303" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Проверку показателей качества противообледенительных жидкостей допускается проводить лабораторией ГСМ аэропорта, имеющей свидетельство об оценке состояния измерений или в лаборатории, имеющей аттестат аккредитации на данный вид измерений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 57 - в редакции приказа и.о. Министра транспорта РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z304" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. В случае верхней заправки ВС обработка его поверхности противообледенительной жидкостью производится после заправки авиакеросином. После нанесения на обшивку ВС жидкости обшивка становится скользкой, что следует иметь ввиду при обслуживании ВС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59. Исключен приказом и.о. Министра транспорта РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z306" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Спирт этиловый</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z307" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. При техническом обслуживании и ремонте авиационной техники, проведении анализов авиаГСМ, а также для предупреждения обледенения ВС, согласно нормативно-технических документов по эксплуатации применяются этиловые спирты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ректификат из пищевого сырья, НД авиаГСМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) технический марки "А", НД авиаГСМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) синтетический очищенный, НД авиаГСМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ректифицированный технический высшего и первого сорта НД авиаГСМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) головная фракция (ранее жидкость эфироальдегидной фракции), ОСТ 18-121-73;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) гидролизный абсолютированный ТУ 59-108-73.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Дистиллированная вода</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z309" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Согласно РЛЭ для самолетов Ан-24 и Л-410УВП дистиллированная вода применяется в системе впрыска воды в двигатель при повышенных температурах окружающего воздуха.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z310" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Дистиллированная вода, заправляемая в баки систем впрыска самолетов, по своему качеству соответствовать требованиям НД авиаГСМ, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) солесодержание не более 5 мг/дм3 (мг/л), определяется по НД авиаГСМ, или 10 мкСм/см;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) концентрация водородных ионов (рН) - 5,4...7,0.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z311" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Производство, хранение, контроль качества и выдачу на заправку в самолеты дистиллированной воды осуществляет ОГСМ по заявке инженерно-авиационной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z312" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Порядок подготовки и контроля качества дистиллированной воды изложен в приложении 11 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z313" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Сохраняемость качества авиаГСМ на складе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z314" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Закупки ГСМ и специальных жидкостей в аэропорты и авиакомпании создаются с запасом, которые нормированы по количеству и по срокам хранения. Пластичные смазки, жидкость для гидросистем, синтетические смазочные масла, поставляемые на склады организаций по топливообеспечению аэропортов и авиакомпаний, хранятся в мелкой таре массой от 1 – 20 кг. Топлива, бензины, минеральные масла, ПВК жидкости, поступающие в цистернах или танкерах, хранят в металлических горизонтальных и вертикальных резервуарах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 65 - в редакции приказа и.о. Министра транспорта РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z315" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Основные задачи, решаемые специалистами при хранении ГСМ, сводятся к обеспечению сохранения их количества и качества. В результате сложной совокупности протекающих физико-химических процессов в топливе происходит накопление механических примесей и воды, смолистых соединений и потеря легких фракций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z316" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Хранение топлива начинается с его приема. После выполнения приемо-сдаточного анализа и изучение паспорта поставщика решается вопрос о сливе. Топливо, предназначаемое для хранения, должно быть слито в отдельные резервуары с тем, чтобы в процессе хранения оно не подвергалось внутрискладским перекачкам. Степень изменения физико-химических показателей топлив при хранении пропорционально числу перекачек (перемешиваний). Резервуары должны иметь противокоррозийную защиту и в них не должно быть донных отложений. При хранении топлив менее стабильными являются показатели, нормирующие его чистоту (содержание механических примесей и воды), химическую стабильность (содержание смол) и испаряемость (давление насыщенных паров, фракционный состав).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z317" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Изменение содержания в топливе механических примесей начинается с момента его изготовления. Источниками загрязнений являются технологическое оборудование, промывочная вода и воздух, с которыми контактирует готовое топливо. Технологическое оборудование загрязняет топливо продуктами коррозии, продуктами разрушения уплотнительных материалов, фильтров, материала пар трения насосов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z318" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Основными источниками твердых загрязнений являются воздух и коррозия металлического оборудования. В воздухе содержатся во взвешенном состоянии частички почвы, пыли. Особенно вредной с точки зрения эксплуатационных свойств является пыль песчаной и супесчаной почв. Она увеличивает в топливе содержание твердых окислов кремния, изнашивающих оборудование и агрегаты топливной системы. Пыль из воздуха попадает в резервуары, цистерны, баки, емкости при открытых горловинах и люках и через клапаны резервуаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объем воздуха, попадающего в резервуары, может достигать 10-40 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...27 lines deleted...]
-      4) СМ-4,5, СМ-10 - не ниже 5</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в зависимости от коэффициента заполнения и емкости резервуара. При запыленности воздуха в 0,1г/м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...294 lines deleted...]
-    <w:bookmarkStart w:name="z266" w:id="104"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в резервуары попадает ежесуточно 4-10 г пыли. 80 % пыли уносится с топливом при раздаче, а остальное оседает на дне резервуара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z319" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Процесс загрязнения топлива идет на всем пути от нефтеперерабатывающих заводов до фильтров системы очистки аэропорта. При подготовке топлива в аэропортах к заправке необходимо в среднем в 3 раза уменьшить содержание в нем твердых загрязнений. В организациях по авиатопливообеспечению должны соблюдаться принятые системы очистки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отстой топлива в резервуарах и емкостях по продолжительности отстаивания топлива;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) последовательное пропускание топлива через 3 фильтра (трехкратная фильтрация).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Топливо при хранении насыщается водой. Ее источник воздух. Скорость насыщения в резервуаре зависит от площади контакта топлива с атмосферным воздухом и толщины слоя. При продолжительном хранении в результате фазовых переходов молекулярной воды в топливе возникает эмульсионная и отстойная вода. Отстойную воду периодически сливают как часть донных отложений. Присутствие в топливе воды ускоряет коррозионные процессы и процессы смолообразования. Значительное влияние на осмоление топлива оказывает температура, так как в основе этого явления лежат химические процессы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z321" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Сроки хранения топлива регламентируются инструкциями по каждой марке ГСМ, условиям хранения и по климатическим поясам. При решении вопросов хранения топлива на складах ГСМ необходимо учитывать испаряемость. Реактивное топливо при хранении в вертикальных металлических резервуарах теряет наиболее легкокипящие фракции через клапаны резервуаров и в результате нагрева поверхности резервуара с солнечной стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z322" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. При хранении ПВК жидкости за счет растворения воды, парциальное давление в них практически равно нулю. Это обуславливает диффузионный перенос воды только в направлении ПВК жидкости. Для исключения обводнения ПВК жидкости их хранят в герметической таре. Даже небольшое количество воды в ПВК жидкости является достаточным для образования электролита, вызывающего электрохимические явления. ПВК жидкости запрещается хранить в оцинкованных резервуарах и в резервуарах с лакокрасочными покрытиями в связи с их высокой растворяющей способностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z323" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Масла и пластичные смазки для агрегатов, узлов трения и приборов ВС</w:t>
-[...1821 lines deleted...]
-      72. Сроки хранения топлива регламентируются инструкциями по каждой марке ГСМ, условиям хранения и по климатическим поясам. При решении вопросов хранения топлива на складах ГСМ необходимо учитывать испаряемость. Реактивное топливо при хранении в вертикальных металлических резервуарах теряет наиболее легкокипящие фракции через клапаны резервуаров и в результате нагрева поверхности резервуара с солнечной стороны.</w:t>
+        <w:t xml:space="preserve"> Таблица 1 Виды и марки авиационного топлива, допущенные к применению на основных и вспомогательных силовых установках ВС, выполняющих полеты на авиалиниях Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z322" w:id="160"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15163,68 +16783,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б-91/115, Б-92, Б-95, 100LL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z324" w:id="162"/>
+    <w:bookmarkStart w:name="z324" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 2 Нормы добавления ПВК жидкостей при заправке ВС</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -19923,68 +21543,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С в случае обнаружении по прилету в пробе отстоя мутного топлива, дозаправку производить топливом с добавлением 0,1+0,05 % (по объему) ПВК жидкости. В случае отсутствия ПВК жидкости остаток мутного топлива слить из бака и заправить его топливом без ПВК жидкости.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заправку самолетов ИЛ-62М в аэропортах Республики Казахстан следует производить в соответствии с пунктом 38 приложения 2 к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="163"/>
+    <w:bookmarkStart w:name="z325" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 3 Условия заправки самолетов ТУ-154 всех модификаций авиакеросином без добавления ПВК жидкостей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20900,70 +22520,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="164"/>
+    <w:bookmarkStart w:name="z217" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лаборатория авиаГСМ _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21822,124 +23442,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="165"/>
+    <w:bookmarkStart w:name="z218" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ "___"________ 20___ год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="166"/>
+    <w:bookmarkStart w:name="z219" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  КОНТРОЛЬНЫЙ ТАЛОН № __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на ____ в ТЗ № ___(___) паспорт качества № ___ от _____ 20___г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23903,68 +25523,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ "___"________ 20___ год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="167"/>
+    <w:bookmarkStart w:name="z220" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КОНТРОЛЬНЫЙ ТАЛОН № __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на ____ в МЗ № ___(___) паспорт качества № ___ от ____ 20 __г. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25025,68 +26645,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________ "___" ________ 20__год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование организации гражданской авиации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="168"/>
+    <w:bookmarkStart w:name="z221" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КОНТРОЛЬНЫЙ ТАЛОН № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на ____ из резервуара ЦЗС №___паспорт качества №__ от ___ 20_г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27208,88 +28828,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z222" w:id="169"/>
+    <w:bookmarkStart w:name="z222" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z223" w:id="170"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z223" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖУРНАЛ ВЫДАЧИ КОНТРОЛЬНЫХ ТАЛОНОВ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -28440,124 +30060,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z224" w:id="171"/>
+    <w:bookmarkStart w:name="z224" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z225" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лаборатория ГСМ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z226" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  АНАЛИЗ № _____</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z225" w:id="172"/>
-[...52 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       показателей качества авиаГСМ__________________________наименование</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29070,70 +30690,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="174"/>
+    <w:bookmarkStart w:name="z227" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29266,92 +30886,92 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ___________ 20__г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="175"/>
+    <w:bookmarkStart w:name="z228" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АКТ ______</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на отбор проб авиаГСМ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"__" ____________ 20___год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия в составе _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30179,51 +31799,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="176"/>
+    <w:bookmarkStart w:name="z175" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отбор проб авиаГСМ, осадков и отложений с деталей и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -30232,631 +31852,631 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>происшествиях или инцидентах</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z177" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пробы авиаГСМ, направляемые на анализ, характеризуют все этапы их прохождения в организации-потребителе. Место отбора проб авиаГСМ, а также головная организация-исполнитель исследований, определяются комиссией, назначенной для расследования данного авиационного происшествия или инцидента. В случае, если комиссия по расследованию не назначалась, эти вопросы решаются руководителем авиакомпании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z178" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В работе комиссии при определении мест отбора проб авиаГСМ и в самом отборе обязательно участие специалиста ОГСМ (инженера).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z177" w:id="177"/>
-[...15 lines deleted...]
-      1. Пробы авиаГСМ, направляемые на анализ, характеризуют все этапы их прохождения в организации-потребителе. Место отбора проб авиаГСМ, а также головная организация-исполнитель исследований, определяются комиссией, назначенной для расследования данного авиационного происшествия или инцидента. В случае, если комиссия по расследованию не назначалась, эти вопросы решаются руководителем авиакомпании.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отбор проб авиаГСМ из систем ВС производится авиационным техником в присутствии специалиста ОГСМ (инженера), а из наземных систем авиатопливообеспечения или емкости, в которых хранятся ГСМ - техником ОГСМ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z178" w:id="178"/>
-[...15 lines deleted...]
-      2. В работе комиссии при определении мест отбора проб авиаГСМ и в самом отборе обязательно участие специалиста ОГСМ (инженера).</w:t>
+    <w:bookmarkStart w:name="z180" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для сохранения и обработки информации в масштабе Гражданской Авиации Республики Казахстан и обеспечения проведения исследований в объеме, позволяющем выработать заключение о причинах авиационного происшествия (далее - АП) или инцидента, базовой лабораторией ГСМ гражданской авиации Республики Казахстан производится исследование проб авиаГСМ, осадков и отложений, отобранных из систем ВС, в связи с расследованием причин АП или инцидентов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z179" w:id="179"/>
-[...15 lines deleted...]
-      3. Отбор проб авиаГСМ из систем ВС производится авиационным техником в присутствии специалиста ОГСМ (инженера), а из наземных систем авиатопливообеспечения или емкости, в которых хранятся ГСМ - техником ОГСМ.</w:t>
+    <w:bookmarkStart w:name="z181" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Целью анализов проб и образцов, отобранных из систем ВС, является идентификация марки авиаГСМ, определение уровня чистоты и соотнесение качества авиаГСМ, находящихся в системах, с установленными для конкретных видов авиаГСМ нормативами и качеством заправляемых авиаГСМ для определения полноты выполнения регламентных работ по техническому обслуживанию систем ВС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z180" w:id="180"/>
-[...15 lines deleted...]
-      4. Для сохранения и обработки информации в масштабе Гражданской Авиации Республики Казахстан и обеспечения проведения исследований в объеме, позволяющем выработать заключение о причинах авиационного происшествия (далее - АП) или инцидента, базовой лабораторией ГСМ гражданской авиации Республики Казахстан производится исследование проб авиаГСМ, осадков и отложений, отобранных из систем ВС, в связи с расследованием причин АП или инцидентов.</w:t>
+    <w:bookmarkStart w:name="z182" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Целью анализа проб авиаГСМ, отобранных из средств заправки, является идентификация марки продукта, установление соответствия их качества требованиям наземно-технической документации на продукт и полноты выполнения технологии подготовки авиаГСМ к выдаче на заправку ВС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z181" w:id="181"/>
-[...15 lines deleted...]
-      5. Целью анализов проб и образцов, отобранных из систем ВС, является идентификация марки авиаГСМ, определение уровня чистоты и соотнесение качества авиаГСМ, находящихся в системах, с установленными для конкретных видов авиаГСМ нормативами и качеством заправляемых авиаГСМ для определения полноты выполнения регламентных работ по техническому обслуживанию систем ВС.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. При установлении причин АП или инцидентов с ВС из наземных средств заправки, использовавшихся для заправки этих ВС, также рекомендуется отбирать пробы для оценки полноты и уровня подготовки продуктов к заправке ВС:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z182" w:id="182"/>
-[...15 lines deleted...]
-      6. Целью анализа проб авиаГСМ, отобранных из средств заправки, является идентификация марки продукта, установление соответствия их качества требованиям наземно-технической документации на продукт и полноты выполнения технологии подготовки авиаГСМ к выдаче на заправку ВС.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) авиатоплива из наконечников нижней заправки или раздаточного пистолета средств заправки в установившемся потоке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) авиамасла из бойлера или раздаточного крана МЗ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рабочих жидкостей для гидросистем из раздаточной линии заправочного агрегата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ПВК жидкости из расходного бачка или резервуара хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Отбор проб авиаГСМ, осадков и отложений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z183" w:id="183"/>
-[...15 lines deleted...]
-      7. При установлении причин АП или инцидентов с ВС из наземных средств заправки, использовавшихся для заправки этих ВС, также рекомендуется отбирать пробы для оценки полноты и уровня подготовки продуктов к заправке ВС:</w:t>
+    <w:bookmarkStart w:name="z185" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В настоящем разделе Приложения изложены особенности отбора проб из систем ВС и, при необходимости из средств заправки и хранения в связи с расследованием причин АП или инцидентов с ВС:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) авиатоплива из наконечников нижней заправки или раздаточного пистолета средств заправки в установившемся потоке;</w:t>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z184" w:id="184"/>
+      1) во всех случаях пробы авиаГСМ отбираются в тару, подготовленную лабораторией ГСМ, о чем имеется запись в форме бланка акта отбора проб;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пробы отбираются после слива отстоя для удаления загрязнений (механических примесей и воды) из места отбора проб;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) объем отбираемых проб авиаГСМ должен соответствовать требованиям настоящих Правил. При технической невозможности отбора проб в этих количествах, в акте указываются причины, не позволившие их выполнить, фактические количества отобранных проб и особенность конкретной технологии отбора пробы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) если остаток авиаГСМ в агрегате составляет не более 0,5 л, то остаток сливается полностью, и ставится отметка в акте отбора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при съеме фильтроэлементов ВС, авиаГСМ из блока фильтров сливаются полностью и используются для исследования природы накопившихся в них загрязнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) для определения наличия, и природы загрязнений в авиаГСМ, находящихся в системах ВС, отбирается точечная проба без предварительного слива отстоя в количестве 0,5 дм3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) при составлении объединенной пробы для исследования качества авиаГСМ из баков систем ВС отбираются не точечные пробы, а производится слив авиаГСМ в количествах, установленных настоящими Правилами в общую тару или, при ее отсутствии, в мелкую тару (отдельные бутылки), на этикетках которых делаются отметки 1, 2, 3 порции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) в экстремальных ситуациях, до прибытия квалифицированного персонала на место происшествия при наличии течи из систем авиаГСМ, обеспечивается сбор вытекающих продуктов в тех количествах, в которых это возможно. При этом по возможности, первой порцией авиаГСМ ополаскивают тару, в которую будет отбираться продукт. Отбор проб от собранного продукта и формирование набора проб производится в установленном порядке комиссией по расследованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) фильтры из топливных, масляных и гидравлических систем, на которых обнаружены осадки и отложения, до проведения исследований не подвергаются проверке на устройстве ПКФ, промывке, а направляются на исследование. Для защиты от последующего дополнительного загрязнения, во избежание испарения легколетучих компонентов загрязнений фильтроэлементы упаковываются в герметичную опечатанную тару (полиэтиленовые мешки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) при отборе проб смазки следует избегать термического и механического воздействия во избежание изменения ее свойств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) отбор проб осадков, отложений, смазки с поверхности деталей агрегатов производится любым инструментом (желательно из пластмассы, твердых сортов древесины), который не нарушает целостность поверхности детали и не взаимодействует с компонентами отложений и авиаГСМ. Если есть возможность (т.е. деталь малогабаритная), то следует деталь с отложениями направить на исследование, защитив ее полиэтиленовой пленкой от попадания загрязнений из окружающей среды. Упаковка перевязывается и опечатывается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Отбор проб авиаГСМ, осадков и отложений</w:t>
+        <w:t xml:space="preserve"> 2. Оформление документации на пробы авиаГСМ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z185" w:id="185"/>
-[...15 lines deleted...]
-      8. В настоящем разделе Приложения изложены особенности отбора проб из систем ВС и, при необходимости из средств заправки и хранения в связи с расследованием причин АП или инцидентов с ВС:</w:t>
+    <w:bookmarkStart w:name="z187" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Отбор проб оформляется актом, который находится в делах комиссии по расследованию. Акт составляется по установленной форме. Копия акта на отбор проб направляется в организацию, проводящую исследование.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:p>
-[...211 lines deleted...]
-        <w:t xml:space="preserve"> 2. Оформление документации на пробы авиаГСМ</w:t>
+    <w:bookmarkStart w:name="z188" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. На таре (бутылках) с пробами авиаГСМ наклеиваются этикетки с указанием:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z187" w:id="187"/>
-[...15 lines deleted...]
-      9. Отбор проб оформляется актом, который находится в делах комиссии по расследованию. Акт составляется по установленной форме. Копия акта на отбор проб направляется в организацию, проводящую исследование.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименования авиаГСМ, его вида (марки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) типа и номера ВС, номера двигателя или агрегата, из которого отобрана проба авиаГСМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) даты отбора пробы, фамилии и подписи лиц, отбиравших пробы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Пробы авиаГСМ, а также фильтры и другие детали направляются на исследование с сопроводительным письмом и техническим актом комиссии по расследованию. В этих документах указываются цель и рекомендательный объем анализов (испытаний), подробная характеристика объекта, наработки агрегатов, последние регламентные работы и сроки их проведения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z188" w:id="188"/>
-[...92 lines deleted...]
-    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В сопроводительной технической документации при необходимости указываются также: аэропорты последних 5-7 заправок, марки топлива и масла, наработка авиаГСМ, марка и процентное содержание ПВК жидкости в авиакеросине, а также прикладываются копии документации на качество авиаГСМ, выдаваемых на заправку.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31023,88 +32643,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z229" w:id="190"/>
+    <w:bookmarkStart w:name="z229" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z230" w:id="191"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z230" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖУРНАЛ РЕГИСТРАЦИИ ПРОБ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -31815,224 +33435,224 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z207" w:id="192"/>
+    <w:bookmarkStart w:name="z207" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Определение уровня чистоты авиатоплив индикатором</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>качества топлива</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Определение (индикация) эмульсионной воды и механических примесей в авиационных топливах основано на изменении цвета индикатора качества топлива (далее - ИКТ) при пропускании через него с помощью приспособления ПОЗ-Т (индикатора ПЭК-Т) пробы продукта. ИКТ реагирует на присутствие эмульсионной воды в пределах 0,001-0,003 % масс, и механических примесей в пределах 0,0002 0,0003 % масс, что соответствует принятым в гражданской авиации нормам чистоты авиатоплива.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Авиационные керосины</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индикатор ИКТ вставляется белой стороной к подвижной части зажима приспособления ПОЗ-Т (индикатора ПЭК-Т). Производится засасывание авиакеросина из емкости с пробой (банки, пробоотборника) в течение 7-10 с приспособлением ПОЗ-Т или вращением рукоятки винта против часовой стрелки до упора индикатором ПТЭК-Т. Делается выдержка в течение 3-5 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во избежание подсоса воздуха зажим в процессе засасывания должен быть полностью погружен в топливо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По окончании засасывания авиакеросина и выдержки ИКТ извлекается из зажима, раскрывается и рассматривается на белом фоне карточки с контрольными отпечатками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат определения считается удовлетворительным при наличии на желтом слое индикатора не более двух голубых пятен (индикация эмульсионной воды) и на белом слое трех светло-коричневых пятен, интенсивность окраски которых светлее соответствующего (верхнего) контрольного отпечатка (индикация механических примесей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если при определении уровня чистоты авиакеросина с ПВК жидкостями на желтом слое ИКТ появилось три голубых пятна, то проверяется уровень обводненности авиакеросина без ПВК жидкости, содержание воды в ПВК жидкости и содержание ПВК жидкости в авиакеросине. При удовлетворительных результатах всех анализов авиакеросин допускается к выдаче на заправку ВС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Авиационные этилированные бензины</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:p>
-[...142 lines deleted...]
-    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Загрязненность авиабензинов определяется аналогично с авиакеросинами с той разницей, что при появлении на белом слое ИКТ отпечатка темнее верхнего контрольного (браковочный признак по механическим примесям) производится повторное засасывание пробы через ИКТ, вставленный желтой стороной к подвижной части зажима. В этом случае уровень загрязненности авиабензина механическими примесями и водой определяется по отпечаткам на желтом слое ИКТ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32199,100 +33819,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z231" w:id="195"/>
+    <w:bookmarkStart w:name="z231" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z232" w:id="196"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z232" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журналы регистрации анализов специальных жидкостей</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Журнал регистрации результатов анализа рабочих жидкостей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -32974,68 +34594,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб. Рук.лаб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="197"/>
+    <w:bookmarkStart w:name="z234" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  2. Журнал регистрации результатов анализа авиамасла</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -33737,68 +35357,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб. Рук.лаб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z235" w:id="198"/>
+    <w:bookmarkStart w:name="z235" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  3. Журнал регистрации результатов анализа авиатоплива</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -34765,68 +36385,68 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С, сСт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="199"/>
+    <w:bookmarkStart w:name="z236" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4. Журнал регистрации результатов анализа ПВК жидкости</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -35374,80 +36994,80 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб.Рук.лаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="200"/>
+    <w:bookmarkStart w:name="z237" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4. Журнал регистрации результатов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>анализа дистиллированной воды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -35995,80 +37615,80 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подписи Тех-лаб. Рук.лаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z238" w:id="201"/>
+    <w:bookmarkStart w:name="z238" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  5. Журнал регистрации результатов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>анализа ПОЖ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36763,51 +38383,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациях в гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиации Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="202"/>
+    <w:bookmarkStart w:name="z190" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Подготовка и контроль качества дистиллированной воды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -36816,813 +38436,813 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>в двигатель</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Производство и хранение дистиллированной воды</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z192" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Производство дистиллированной воды в организациях-потребителях организуется на базе электродистилляторов ЭД-90, парадистилляторов ПД-256, ПД-400, дистилляторов Д-4, Д-25 и других, выпускаемых промышленностью. Допускается для производства дистиллированной воды использовать ионообменные установки при условии соответствия качества воды требованиям, изложенным в п.68 Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z193" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Оборудование для производства дистиллированной воды, а также стационарные емкости для ее сбора и хранения размещаются и эксплуатируются в условиях, исключающих попадание в дистиллированную воду пыли и атмосферных осадков и воздействие прямых солнечных лучей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z192" w:id="203"/>
-[...15 lines deleted...]
-      1. Производство дистиллированной воды в организациях-потребителях организуется на базе электродистилляторов ЭД-90, парадистилляторов ПД-256, ПД-400, дистилляторов Д-4, Д-25 и других, выпускаемых промышленностью. Допускается для производства дистиллированной воды использовать ионообменные установки при условии соответствия качества воды требованиям, изложенным в п.68 Правил.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Помещения пунктов производства дистиллированной воды оборудуются источниками водоснабжения, электроэнергии, а также вентиляцией и канализацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для сбора и хранения дистиллированной воды разрешается применять следующие емкости:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z193" w:id="204"/>
-[...15 lines deleted...]
-      2. Оборудование для производства дистиллированной воды, а также стационарные емкости для ее сбора и хранения размещаются и эксплуатируются в условиях, исключающих попадание в дистиллированную воду пыли и атмосферных осадков и воздействие прямых солнечных лучей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) баки, цистерны и канистры из полиэтилена или с полиэтиленовым покрытием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) баки и цистерны из материала АМЦМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алюминиевые баки и цистерны, выпускаемые для пищевой промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) эмалированные баки и цистерны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) стеклянные бутылки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Емкости для хранения дистиллированной воды герметично закрывают и оборудуют дренажом и отстойником со сливным краном, а также указателем уровня воды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для перекачки воды из стационарной емкости в заправочный агрегат применяется насосная установка, состоящая из насоса типа ПНВ-2 или ЭЦН-104, фильтра 12ТФ29СН или 12ТФ15СН и раздаточного крана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Помещения пунктов производства дистиллированной воды оборудуются источниками водоснабжения, электроэнергии, а также вентиляцией и канализацией.</w:t>
-[...18 lines deleted...]
-      3. Для сбора и хранения дистиллированной воды разрешается применять следующие емкости:</w:t>
+      Трубопроводы раздаточной магистрали выполняются из материала АМЦМ или резины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При неработающей раздаточной системе вода из резиновых шлангов удаляется. Постоянное заполнение резиновых шлангов запрещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подача дистиллированной воды от работающего дистиллятора в емкость осуществляется по закрытому трубопроводу, выполненному из материала АМЦМ или нержавеющей стали.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наконечники раздаточных кранов и заливные горловины емкостей защищаются от пыли брезентовыми чехлами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хранение дистиллированной воды допускается в течение 15 суток, по истечении которых неиспользованная вода сливается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Контроль качества</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:p>
-[...235 lines deleted...]
-    <w:bookmarkStart w:name="z197" w:id="208"/>
+    <w:bookmarkStart w:name="z197" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Качество дистиллированной воды, предназначенной для выдачи в системы впрыска самолетов, контролируется по показателям, приведенным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложении 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Солесодержание в дистиллированной воде определяется с помощью лабораторного солемера марки ЛС-4, кондуктометра ЛК-563М или другой марки, обеспечивающей измерение показателей с той же точностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Концентрация водородных ионов определяется с помощью ионометров (потенциометров) со стеклянным электродом или рН-метром.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Для отбора проб дистиллированной воды применяется подготовленная ОГСМ полиэтиленовая или стеклянная посуда, герметично закрывающаяся полиэтиленовыми пробками. Разрешается использовать резиновые и корковые пробки с подкладками из полиэтиленовой пленки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед взятием пробы емкость и пробку необходимо тщательно промыть, а затем не менее 3 раз ополоснуть дистиллированной водой, отбираемой для анализа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пробы для анализа отбираются: из стационарной емкости хранения воды - работниками ОГСМ, из емкости заправочных средств - работниками ИАС после каждого заполнения или долива емкости и 1 раз в сутки при расходовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбор проб производится через пробоотборные и сливные краны на емкостях стационарного хранения воды или на выходе из раздаточных кранов заправочных агрегатов. В момент отбора пробы воды должно быть исключено ее загрязнение пылью и атмосферными осадками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Пробы регистрируются лабораторией ГСМ в специальном журнале. В этом же журнале записываются результаты анализа пробы дистиллированной воды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Солесодержание в дистиллированной воде определяется с помощью лабораторного солемера марки ЛС-4, кондуктометра ЛК-563М или другой марки, обеспечивающей измерение показателей с той же точностью.</w:t>
-[...36 lines deleted...]
-      6. Для отбора проб дистиллированной воды применяется подготовленная ОГСМ полиэтиленовая или стеклянная посуда, герметично закрывающаяся полиэтиленовыми пробками. Разрешается использовать резиновые и корковые пробки с подкладками из полиэтиленовой пленки.</w:t>
+      На основании положительного заключения по результатам исследований, записываемого в журнале выписывается Анализ на дистиллированную воду по установленной форме определенной в настоящем Приложении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анализ на дистиллированную воду является основанием для ее выдачи в заправочный агрегат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Подготовка и контроль средств хранения и заправки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:p>
-[...69 lines deleted...]
-      7. Пробы регистрируются лабораторией ГСМ в специальном журнале. В этом же журнале записываются результаты анализа пробы дистиллированной воды.</w:t>
+    <w:bookmarkStart w:name="z201" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Подготовка средств хранения, заправки заключается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      На основании положительного заключения по результатам исследований, записываемого в журнале выписывается Анализ на дистиллированную воду по установленной форме определенной в настоящем Приложении.</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z200" w:id="211"/>
+      1) в предсезонной и периодической промывке емкостей для хранения воды и емкостей заправки не реже 1 раза в квартал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в периодическом осмотре и промывке фильтров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в проведении планового (предупредительного) ремонта средств хранения и заправки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Промывка всех видов емкостей, как предсезонная, так и периодическая, осуществляется горячей, а затем дистиллированной водой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При возможности емкости пропариваются, а конденсат сливается через отстойник.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По окончании промывки емкость заполняется свежей дистиллированной водой и выдерживается в течение суток. При положительных результатах анализа воды на солесодержание и концентрацию водородных ионов (рН) емкость считается пригодной для дальнейшей эксплуатации. В противном случае весь цикл работ повторяется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z204" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Контроль за состоянием технологического оборудования ВЗА и допуск к заправке самолетов осуществляется в том же порядке, какой установлен для ТЗ и МЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лаборатория ГСМ _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование организации ГА)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "__" ___________ 20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Подготовка и контроль средств хранения и заправки</w:t>
-[...131 lines deleted...]
-      10. По окончании промывки емкость заполняется свежей дистиллированной водой и выдерживается в течение суток. При положительных результатах анализа воды на солесодержание и концентрацию водородных ионов (рН) емкость считается пригодной для дальнейшей эксплуатации. В противном случае весь цикл работ повторяется.</w:t>
+        <w:t xml:space="preserve"> АНАЛИЗ № ______</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z204" w:id="215"/>
-[...90 lines deleted...]
-    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на дистиллированную воду в ________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>