--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="32f296f" w14:textId="32f296f">
+    <w:p w14:paraId="0ff6f9f" w14:textId="0ff6f9f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1069,100 +1069,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных (далее – государственная услуга).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Государственная услуга оказывается территориальными подразделениями Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Бассейновыми инспекциями рыбного хозяйства Комитета рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатель) физическим и (или) юридическим лицам (далее – услугополучатель) в соответствии с настоящими Правилами.</w:t>
+      2. Государственная услуга оказывается территориальными подразделениями Комитета лесного хозяйства и животного мира Министерства экологии и природных ресурсов Республики Казахстан (далее – услугодатель) физическим и (или) юридическим лицам (далее – услугополучатель) в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 24.03.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1215,390 +1215,486 @@
         <w:t>
       2) реинтродукция животных – преднамеренное переселение особей видов животных в прежние места обитания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) гибридизация животных – скрещивание особей разных видов или пород животных с целью получения особей с лучшими хозяйственно полезными признаками или свойствами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен приказом Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок выдачи разрешений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Заявка на выдачу разрешения на производство интродукции, реинтродукции и гибридизации животных (далее – заявка) направляется посредством веб-портала "электронного правительства" www.egov.kz (далее - Портал) в электронном виде по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам к услугодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z47" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z47" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень документов необходимых для оказания государственной услуги:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z48" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z48" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявка в форме электронного документа, удостоверенная электронной цифровой подписью (далее – ЭЦП) услугополучателя по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам к услугодателю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z49" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z49" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электронная копия биологического обоснования на производство интродукции, реинтродукции и гибридизации животных.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z50" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги "Выдача разрешения на производство интродукции, реинтродукции и гибридизации животных" изложены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z50" w:id="19"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="20"/>
+    <w:bookmarkStart w:name="z51" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации в качестве индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя услугодатель получает из соответствующих информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z52" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z52" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче заявки услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z53" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z53" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При сдаче услугополучателем всех необходимых документов через Портал услугополучателю в "личный кабинет" направляется статус о принятии запроса для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 24.03.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Канцелярия услугодателя в день поступления документов осуществляет их прием, регистрацию и направляет на рассмотрение услугодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1691,90 +1787,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. При установлении факта полноты представленных документов, работник ответственного подразделения в течение 2 (двух) рабочих дней рассматривает их на предмет соответствия требованиям настоящих Правил и формирует разрешение на производство интродукции, реинтродукции и гибридизации животных по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1782,136 +1878,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия разрешения не превышает одного календарного года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При отрицательном ответе услугодателя в случае наличия оснований для отказа в оказании государственной услуги, установленных законодательством Республики Казахстан, изложенных в стандарте государственной услуги "Выдача разрешения на производство интродукции, реинтродукции и гибридизации животных" согласно </w:t>
+      При отрицательном ответе услугодателя в случае наличия оснований для отказа в оказании государственной услуги, установленных законодательством Республики Казахстан, изложенных в перечне основных требований к оказанию государственной услуги, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам услугодатель готовит и направляет мотивированный отказ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 06.10.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 397</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. В соответствии с подпунктом 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1926,99 +2022,99 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги, утвержденными приказом исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 8555).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2573,92 +2669,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявка на выдачу разрешения на производство интродукции, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         реинтродукции и гибридизации животных                    Прошу выдать разрешение на производство интродукции, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             реинтродукции и гибридизации животных (нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Цель проведения интродукции, реинтродукции и гибридизации </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3014,51 +3110,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3074,51 +3190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стандарт государственной услуги "Выдача разрешения на производство интродукции, реинтродукции и гибридизации животных"</w:t>
+Перечень основных требований к оказанию государственной услуги "Выдача разрешения на производство интродукции, реинтродукции и гибридизации животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3186,52 +3302,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-территориальные подразделения Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Бассейновые инспекции рыбного хозяйства Комитета рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан</w:t>
+              <w:t xml:space="preserve">
+территориальные подразделения Комитета лесного хозяйства и животного мира Министерства экологии и природных ресурсов Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3977,52 +4093,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Перечень документов необходимых для оказания государственной услуги </w:t>
+              <w:t>
+перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4033,50 +4149,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) заявка в форме электронного документа, удостоверенная электронной цифровой подписью (далее - ЭЦП) услугополучателя по форме согласно приложению 1 к настоящим Правилам к услугодателю;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) электронная копия биологического обоснования на производство интродукции, реинтродукции и гибридизации животных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации в качестве индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя услугодатель получает из соответствующих информационных систем через шлюз "электронного правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4109,51 +4243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании Государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4163,51 +4297,89 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленным настоящими Правилами.</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4487,68 +4659,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Разрешение на производство интродукции, реинтродукции и гибридизации животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -4725,55 +4897,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5099,31 +5271,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>