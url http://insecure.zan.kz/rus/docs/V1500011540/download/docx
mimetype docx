--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2078bc7" w14:textId="2078bc7">
+    <w:p w14:paraId="cc38e27" w14:textId="cc38e27">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,10953 +100,9293 @@
         </w:rPr>
         <w:t>Об утверждении Правил долгосрочного субсидирования расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра по инвестициям и развитию Республики Казахстан от 24 февраля 2015 года № 166. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 июля 2015 года № 11540.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Заголовок приказа в редакции приказа Министра по инвестициям и развитию РК от 22.08.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 622</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 34-19) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан "О железнодорожном транспорте" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Заголовок приказа в редакции приказа Министра по инвестициям и развитию РК от 22.08.2016 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 622</w:t>
+        <w:t>Сноска</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
-[...106 lines deleted...]
-      </w:pPr>
+        <w:t>. П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реамбула - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Министра транспорта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РК от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> долгосрочного субсидирования расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Пункт 1 в редакции приказа Министра по инвестициям и развитию РК от 22.08.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 622</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитету транспорта Министерства по инвестициям и развитию Республики Казахстан (Асавбаев А.А.) обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в установленном законодательством порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление его копии на официальное опубликование в периодических печатных изданиях и информационно-правовой системе "Әділет" республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан";</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на интернет-ресурсе Министерства по инвестициям и развитию Республики Казахстан и на интранет-портале государственных органов;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства по инвестициям и развитию Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) пункта 2 настоящего приказа.</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на Первого вице-министра по инвестициям и развитию Республики Казахстан Касымбек Ж.М.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="12000"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="12000" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="left"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
 </w:t>
-            </w:r>
-[...9 lines deleted...]
-            </w:r>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Исполняющий обязанности</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="12000"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="12000" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="left"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="12000"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="12000" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="left"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
 </w:t>
-            </w:r>
-[...9 lines deleted...]
-            </w:r>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Министра по инвестициям и развитию</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="12000"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="12000" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="left"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="12000"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="12000" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="left"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
 </w:t>
-            </w:r>
-[...9 lines deleted...]
-            </w:r>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Республики Казахстан</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="12000"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="12000" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="left"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
 </w:t>
-            </w:r>
-[...19 lines deleted...]
-            </w:r>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ж. Касымбек</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "СОГЛАСОВАН":   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Министр финансов   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республики Казахстан   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________ Б. Султанов   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28 апреля 2015 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "СОГЛАСОВАН":   </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Министр национальной экономики   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республики Казахстан   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________ Е. Досаев   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29 мая 2015 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом исполняющего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обязанности Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по инвестициям и развитию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 24 февраля 2015 года № 166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Министр финансов   </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРАВИЛА долгосрочного субсидирования расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...26 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Министра транспорта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РК от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28 апреля 2015 года</w:t>
-[...89 lines deleted...]
-      29 мая 2015 года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...33 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...952 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила долгосрочного субсидирования расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям (далее – Правила), разработаны в соответствии с подпунктом 34-19) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан "О железнодорожном транспорте" и определяют порядок долгосрочного субсидирования расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям (далее – расходы).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок субсидирования расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям, проходящих по участкам железных дорог Республики Казахстан, расположенным на территории Российской Федерации, и участкам железных дорог Российской Федерации, расположенным на территории Республики Казахстан определяется в соответствии с правилами субсидирования расходов перевозчиков, связанных с осуществлением железнодорожных пассажирских перевозок, утверждаемые в соответствии с Протоколом о внесении изменений в Соглашение между Правительством Республики Казахстан и Правительством Российской Федерации об особенностях правового регулирования деятельности предприятий, учреждений и организаций железнодорожного транспорта от 18 октября 1996 года, ратифицированным Законом Республики Казахстан от 13 июня 2017 года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. В настоящих Правилах используются следующие определения:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) центральный уполномоченный орган по исполнению бюджета – центральный исполнительный орган, осуществляющий руководство, а также в пределах, предусмотренных законодательством Республики Казахстан, межотраслевую координацию в области исполнения бюджета, ведения бухгалтерского учета, бюджетного учета и бюджетной отчетности по исполнению республиканского бюджета и в пределах своей компетенции – местных бюджетов, внебюджетных фондов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) государственный орган – центральный государственный орган, осуществляющий руководство в сферах естественных монополий и на регулируемых рынках;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) регистратор – юридическое лицо со стопроцентным участием государства в уставном капитале, определенное центральным уполномоченным органом по исполнению бюджета, обеспечивающее техническое сопровождение мониторинга использования мер государственной поддержки частного предпринимательства и их получателей с использованием системы первого уровня;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) регистраторская информационная система (далее – система первого уровня) – система мониторинга мер государственной поддержки частного предпринимательства и их получателей, интегрированная с ИС, содержащая эталонный электронный реестр заявок заявителей, где посредством окончательного постформатно-логического контроля принимается решение о соответствии заявителя базовым критериям и оплате ему денег из бюджета;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) регистраторская информационная система (далее – система второго уровня) – отраслевая информационная система второго уровня, организационно-упорядоченная совокупность информационно-коммуникационных технологий, обслуживающего персонала и технической документации, предназначенная для субсидирования расходов перевозчиков пассажиров по социально значимым сообщениям, посредством которой осуществляется прием отчетности от перевозчиков, их обработка с применением форматно-логического контроля и передача обработанных заявок на первый уровень;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) уполномоченный орган – центральный исполнительный орган, осуществляющий руководство в сфере железнодорожного транспорта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) Национальный оператор инфраструктуры – юридическое лицо, контрольный пакет акций которого принадлежит национальному управляющему холдингу или Национальной железнодорожной компании, осуществляющее эксплуатацию, содержание, модернизацию, строительство магистральной железнодорожной сети и оказывающее услуги магистральной железнодорожной сети, а также осуществляющее первоочередное обеспечение воинских перевозок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) договор – договор на долгосрочное субсидирование расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям, заключенный между уполномоченным, местными исполнительными органами и перевозчиком;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) ограничительные критерии – требования, которым должен соответствовать заявитель в системе первого уровня для принятия решения об оказании меры государственной поддержки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      13-1. При организации перевозок местными исполнительными органами областей, городов республиканского значения, столицы по межрайонным (междугородным, внутриобластным) и пригородным сообщениям долгосрочному субсидированию также подлежат расходы на услуги локомотивной тяги, в том числе расходы, связанные с эксплуатацией тягового подвижного состава, включая топливо и электроэнергию на тягу поездов, фонд оплаты труда проводников, начальников поездов, локомотивных бригад, социальные отчисления, экипировка вагонов водой и твердым топливом, дезинфекция, дезинсекция, дератизация в вагонах, услуги по аренде перронов, справочно-информационные услуги на железнодорожных вокзалах, стирка и химическая чистка мягкого съемного инвентаря, приобретение и содержание инвентаря и оборудования для пассажирских вагонов, медицинские услуги, (проводников, поездных и локомотивных бригад), услуги по доступу к помещениям вокзала общего пользования.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок долгосрочного субсидирования расходов перевозчика, связанных с осуществлением пассажирских перевозок по социально значимым сообщениям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z34" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.12.2020).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Определение размера субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="32"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Долгосрочному субсидированию подлежит расходы перевозчика, определенного по результатам конкурса на основе открытого тендера по определению перевозчиков. Порядок проведения конкурса регулируется Правилами проведения конкурса на основе открытого тендера по определению перевозчиков, осуществляющих перевозки пассажиров по социально значимым сообщениям, расходы которых подлежат долгосрочному субсидированию за счет бюджетных средств, утвержденными приказом исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 30 октября 2014 года № 113 (зарегистрированными в Реестре государственной регистрации нормативных правовых актов № 9860). Субсидирование осуществляется в пределах утвержденного бюджета соответствующего уровня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Межобластные сообщения определяются уполномоченным органом, межрайонные (междугородные внутриобластные) и пригородные сообщения – местными представительными и исполнительными органами областей, городов республиканского значения и столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Расходы в межобластных сообщениях, с учетом прицепных и беспересадочных вагонов субсидируются в пределах суммы, предусмотренной республиканским бюджетом на соответствующий год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Расходы в межрайонных (междугородных внутриобластных) и пригородных сообщениях, субсидируются в пределах сумм, предусмотренных соответствующими местными бюджетами на соответствующий год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Общая сумма ежегодного субсидирования расходов по каждому поезду и прицепному и беспересадочному вагонам предусматривается соответствующим бюджетом, рассчитанным в соответствии с Методикой определения объемов долгосрочного субсидирования расходов перевозчиков, осуществляющих перевозки пассажиров по социально значимым сообщениям (далее – Методика), утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 24 февраля 2015 года № 167 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 11541).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Государственный орган ежегодно устанавливает временный понижающий коэффициент к тарифам (ценам, ставкам, сборам) на услуги магистральной железнодорожной сети для пассажирских перевозчиков, расходы которых субсидируются из государственного бюджета в соответствии с Правилами формирования тарифов, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 19 ноября 2019 года № 90 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 19617) с учетом выделенных объемов субсидирования на соответствующий год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Перечень поездов, количество прицепных и беспересадочных вагонов, периодичность их курсирования по социально значимым сообщениям, объем субсидируемой части этих поездов, прицепных и беспересадочных вагонов определяется уполномоченным органом или местными исполнительными органами на основании показателей пассажиропотока, социальной значимости сообщений в пределах выделенных средств из бюджета соответствующего уровня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Перевозчикам, обеспечивающим курсирование в составе пассажирских поездов вагонов-ресторанов и багажных вагонов, а также вагонов, технологически необходимых для обеспечения курсирования (эксплуатации) пассажирского поезда по социально-значимым сообщениям, государственный орган, ежегодно, в соответствии с пунктом 9 настоящих Правил, устанавливает временный понижающий коэффициент к тарифам (ценам, ставкам, сборам) на услуги магистральной железнодорожной сети в размере, предусмотренном в заявках уполномоченного органа и/или местных исполнительных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Расчет размеров субсидий для включения в расходную часть соответствующего бюджета администратором бюджетной программы производится по каждому пассажирскому поезду, с учетом прицепных и беспересадочных вагонов в соответствии с Методикой.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Долгосрочному субсидированию подлежат фактические расходы перевозчика, связанные с осуществлением перевозок пассажиров по социально значимым сообщениям в категориях вагонов, общих, плацкартных, купейных, вагонах дизель-, и электропоездов, прицепных и беспересадочных вагонов в соответствии с Правилами перевозок пассажиров, багажа, грузобагажа и почтовых отправлений железнодорожным транспортом, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 30 апреля 2015 года № 545 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 13714), а также вагонов, технологически необходимых для обеспечения курсирования (эксплуатации) пассажирского поезда в рамках утвержденного бюджета соответствующего уровня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Субсидирование осуществляется в рамках двухуровневой системы государственной поддержки, включающей: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) первый уровень – регистраторская информационная система, интегрированная с системами второго уровня, содержащая эталонный электронный реестр заявок получателей мер государственной поддержки, где посредством окончательного постформатно-логического контроля определяется соответствие получателя мер государственной поддержки ограничительным критериям; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) второй уровень – отраслевые государственные или негосударственные информационные системы, посредством которых осуществляется прием заявок от получателей мер государственной поддержки, их обработка с применением форматно-логического контроля и передача обработанных заявок на первый уровень.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Долгосрочному субсидированию подлежат все виды расходов перевозчика в пределах утвержденного бюджета соответствующего уровня, связанных с организацией перевозок пассажиров по социально значимым сообщениям, кроме следующих:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) платежи за сверхнормативные выбросы (сбросы) загрязняющих веществ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) безнадежные долги;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) штрафы, пени, неустойка и другие виды санкций за нарушение условий хозяйственных договоров, судебные издержки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) штрафы и пени за сокрытие (занижение) дохода;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) административные штрафы, пени, неустойка и другие виды санкций, наложенные государственными органами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) убытки от хищений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) расходы на содержание объектов здравоохранения, детских дошкольных организаций, учебных заведений, за исключением профессионально-технических училищ, колледжей и высших колледжей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) расходы на содержание оздоровительных лагерей, объектов культуры и спорта, жилого фонда;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) расходы на погашение ссуд, включая беспроцентные, полученных работниками организации на улучшение жилищных условий, приобретение садовых домиков и обзаведение домашним хозяйством;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) расходы на проведение культурно-просветительных, оздоровительных и спортивных мероприятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) расходы на благоустройство садовых товариществ (строительство дорог, энерго и водоснабжение, осуществление других расходов общего характера);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) расходы на оказание спонсорской помощи и иные виды благотворительности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) расходы на потери от брака;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) расходы на приобретение, аренду и содержание квартир, жилых зданий и сооружений, мест в общежитиях и гостиницах для персонала субъектов товарного рынка, за исключением вахтовой организации производства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) расходы на сверхнормативные технические и коммерческие потери, порчу и недостачу товарно-материальных ценностей, запасы на складах и другие непроизводительные расходы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) расходы на проведение и организацию обучающих курсов, семинаров, тренингов, лекций, выставок, дискуссий, встреч с деятелями науки и искусства, научно-технических конференций, за исключением мероприятий, связанных с производственной необходимостью;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) страховые платежи (взносы, уплачиваемые перевозчиком по договорам личного и имущественного страхования, заключенных перевозчиком в пользу своих работников), за исключением социальных отчислений установленных Социальным кодексом Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) расходы на оплату дополнительно предоставленных (сверх предусмотренного законодательством) отпусков работникам, в том числе женщинам, воспитывающим детей, оплата проезда членов семьи работника к месту использования отпуска и обратно;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) расходы по льготам работникам перевозчика, кроме льгот предусмотренных в соответствии с Трудовым кодексом Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) расходы на компенсацию стоимости питания детям, находящимся в дошкольных учреждениях, санаториях и оздоровительных лагерях;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) расходы на отчисление профессиональным союзам на цели, определенные коллективным договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. В период действия режима чрезвычайного положения и (или) форс-мажорных обстоятельств при вынужденном приостановлении перевозок по социально значимым сообщениям субсидированию подлежат фактически понесенные перевозчиком расходы связанных с простоем деятельности по перевозке пассажиров, кроме расходов определенных в пункте 15 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. В соответствии с условиями договора допускается пересмотр объемов субсидий в отчетном периоде пропорционально объему пробега субсидируемых вагонов, путем составления дополнительного соглашения к договору, в пределах средств, предусмотренных соответствующим бюджетом на текущий финансовый год, в том числе изменение пункта формирования/оборота, наименования социально значимого сообщения, расстояния и периодичности курсирования маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. При изменении пробега вагонов, прицепных и беспересадочных вагонов по которому определен объем субсидирования по социально значимому сообщению на текущий период, соответствующий уточненному пробегу вагонов объем субсидирования определяется пропорционально действующему пробегу в соответствии с договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      13-2. В период действия режима чрезвычайного положения и (или) форс-мажорных обстоятельств при вынужденном приостановлении пассажирских и пригородных поездов субсидированию подлежат фактические статьи расходов, указанных в пункте 13 настоящих Правил, а также расходы по заработной плате и социальным отчислениям.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z73" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие c 01.07.2020).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Условия выплаты субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="33"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Выплата субсидий из соответствующего уровня бюджета производится в соответствии с планом финансирования (далее – план финансирования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. План финансирования после подписания договора утверждается администратором бюджетной программы по согласованию с перевозчиком в течение 5 рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Выплата общей суммы субсидий осуществляется по каждому поезду с учетом прицепных и беспересадочных вагонов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Выплата субсидий производится ежемесячно по перевозкам, фактически осуществленным и подтвержденным отчетной документацией, указанных в пункте 28 настоящих Правил, в соответствии с заключенным договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Подтверждением фактически осуществленных перевозок является выполнение периодичности курсирования поезда и ежемесячного неснижаемого пробега вагонов по типам вагонов в соответствии с условиями договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. В договоре предусматривается предоплата в размере 25 % от годовой суммы субсидий в соответствии с заключенным договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25. Последующая выплата субсидий осуществляется ежемесячно в соответствии и подтвержденным перевозкам. Удержание выплаченного авансового платежа производится в течение года в соответствии с заключенным договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26. Выплата субсидии осуществляется на целевой счет перевозчика, реквизиты которого указывается в договоре (далее – Единый счет).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27. Оплата расходов с Единого счета осуществляется с указанием назначения платежа, периода и основания оплаты (при наличии договора). Допускается направление средств субсидий текущего финансового года на погашение кредиторской задолженности за предыдущие финансовые годы, а также на оплату авансовых платежей и предоставление гарантийных обеспечений на предстоящий финансовый год в части расходов, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28. Перевозчик ежемесячно, в срок до 25 числа месяца, следующего за отчетным, представляет в уполномоченный или местный исполнительный орган, заверенные руководителем, главным бухгалтером и печатью организации, следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) ежемесячный отчет о выполнении перевозок пассажиров по социально значимым сообщениям по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, а также отчет о выполнении перевозок пассажиров по социально значимым сообщениям с начала отчетного периода по нарастанию по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) акт выполненных работ по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) документ Национального оператора инфраструктуры, подтверждающий выполнение количества вагонов по типам и вагонооборота по поездам, прицепным и беспересадочным вагонам, курсирующим по социально значимым сообщениям;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) реестр субсидируемых маршрутов по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в случае продаж проездных документов (билетов) вне автоматизированной системы управления пассажирскими перевозками, документ организации, предоставляющий услугу по продаже проездных документов (билетов) перевозчику, подтверждающий выполненные объемы перевозок по сообщениям и содержащий сведения о количестве перевезенных пассажиров, пассажирообороте, населенности вагонов в поездах, в прицепных и беспересадочных вагонах курсирующих по социально значимым сообщениям.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29. Перевозчик с предоставлением документов, указанных в пункте 28 настоящих Правил предоставляет банковскую выписку за отчетный период с Единого счета перевозчика, на который осуществляется выплата субсидии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30. Оплата за декабрь месяц осуществляется на основании отчета перевозчика, составленного на основе планируемых перевозок пассажиров по социально значимым сообщениям. Фактический отчет за декабрь перевозчик представляет в срок, установленный по согласованию сторон в соответствии с Договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31. В случае выявления уполномоченным органом или местными исполнительными органами фактов использования бюджетных средств на Едином счету перевозчика для покрытия расходов не связанных с организацией перевозок пассажиров по социально значимым сообщениям, указанных в пункте 15 настоящих Правил, в течение 30 календарных дней перевозчик обеспечивает возврат субсидий равному сумме нарушения со дня выявления нарушения. При этом, не допускается использование Единого счета для взаиморасчетов по другим обязательствам перевозчика, кроме перечислений субсидий и оплаты расходов, указанных в пунктах 26 и 27 настоящих Правил. Порядок урегулирования споров регламентируется договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Уполномоченным или местными исполнительными органами в течение 15 календарных дней со дня представления перевозчиками документов, указанных в пункте 28 настоящих Правил, подписываются акты выполненных работ и представляются в территориальный орган Комитет казначейства Министерства финансов Республики Казахстан реестр субсидируемых маршрутов за отчетный период, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и счета к оплате.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      14. В соответствии с условиями договора допускается пересмотр объемов субсидий пропорционально объему пробега субсидируемых вагонов, путем составления дополнительного соглашения к договору, в пределах средств, предусмотренных соответствующим бюджетом на текущий финансовый год, в том числе изменение пункта формирования/оборота, наименования социально значимого сообщения, расстояния и периодичности курсирования маршрута.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам долгосрочного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субсидирования расходов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перевозчика, связанных с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществлением перевозок</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пассажиров по социально</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значимым сообщениям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z94" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Объем расходов, подлежащих ежегодному субсидированию, рассчитывается путем пропорционального определения объема субсидирования на один вагоно-километр по заключенному договору и умножением его на объем вагоно-километра с учетом изменения пробега вагонов, прицепных и беспересадочных вагонов в соответствии с договором на долгосрочное субсидирование расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям (далее - договор).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ежемесячный отчет о выполнении перевозок пассажиров по социально значимым сообщениям за _______________ 20 __ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...983 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...35 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Период (месяц)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
-[...38 lines deleted...]
-                <w:b/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ поезда</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...37 lines deleted...]
-                <w:b/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сообщение</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...37 lines deleted...]
-                <w:b/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Расстояние, км</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...93 lines deleted...]
-                <w:b/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Периодичность курсирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тип вагона</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...37 lines deleted...]
-                <w:b/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Неснижаемый пробег вагонов, тыс. ваг/км</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...37 lines deleted...]
-                <w:b/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Пробег вагонов, тыс. ваг/км</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...99 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пассажирооборот, тыс. пасс/км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перевезено пассажиров тыс.чел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Населенность, чел/ваг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...356 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z294" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на сбор, обработку, хранение, выгрузку и использование персональных данных регистратором, определенным центральным уполномоченным органом по исполнению бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Продолжение таблицы</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам долгосрочного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субсидирования расходов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перевозчика, связанных с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществлением перевозок</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пассажиров по социально</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значимым сообщениям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z99" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отчет о выполнении перевозок пассажиров по социально значимым сообщениям с начала года по нарастанию за _______________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z298" w:id="64"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Период (месяц)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ поезда</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сообщение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Расстояние, км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Периодичность курсирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тип вагона</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Неснижаемый пробег вагонов, тыс. ваг/км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пробег вагонов, тыс. ваг/км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пассажирооборот, тыс. пасс/км</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перевезено пассажиров, тыс.чел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...96 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объемы долгосрочного субсидирования расходов, тыс.тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...289 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выплачено субсидий с начала года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подлежит субсидированию</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...105 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z312" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...50 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на сбор, обработку, хранение, выгрузку и использование персональных данных регистратором, определенным центральным уполномоченным органом по исполнению бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Ежемесячный отчет о выполнении перевозок пассажиров по социально значимым сообщениям за _______________ 20 __ года (для межобластных сообщений)</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главный бухгалтер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...475 lines deleted...]
-              <w:t>тыс.чел</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам долгосрочного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субсидирования расходов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перевозчика, связанных с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществлением перевозок</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пассажиров по социально</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значимым сообщениям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...355 lines deleted...]
-10</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z338" w:id="72"/>
+    <w:bookmarkStart w:name="z106" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Продолжение таблицы</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акт выполненных работ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...578 lines deleted...]
-    <w:bookmarkStart w:name="z355" w:id="75"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...172 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__"_______ 20___года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мы, нижеподписавшиеся</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...1729 lines deleted...]
-      </w:pPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...1760 lines deleted...]
-      </w:pPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись, фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя, ответственного за прием актов) с одной стороны и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись, фамилия, имя, отчество (при его наличии) руководителя, главного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бухгалтера)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с другой стороны, составили настоящий акт выполненных работ за _____ 20___ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "__"_______ 20___года</w:t>
-[...161 lines deleted...]
-      ________________ 20___ года.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-№ поезда</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ поезда</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Кол-во дней курсирования</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во дней курсирования</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Тип вагона</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тип вагона</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Вагонооборот, тыс. ваг-км</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вагонооборот, тыс. ваг-км</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Не снижаемый вагонооборот, тыс. ваг-км</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не снижаемый вагонооборот, тыс. ваг-км</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Сумма субсидирования (тыс. тенге)</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сумма субсидирования, тыс. тенге</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-3</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-4</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-7.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-8</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Купе</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Купе</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -11068,130 +9408,163 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Плацкарт</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Плацкарт</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11226,130 +9599,163 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Общий</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11384,130 +9790,163 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Служебно-технический</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служебно-технический</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11542,130 +9981,163 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-электропоезд</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электропоезд</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11700,130 +10172,163 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-дизельпоезд</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дизельпоезд</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11845,4642 +10350,3172 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-ИТОГО</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сумма субсидирования за _______________ 20 ___ года составляет</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сумма цифрами и прописью в тенге)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на сбор, обработку, хранение, выгрузку и использование персональных данных регистратором, определенным центральным уполномоченным органом по исполнению бюджета.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...52 lines deleted...]
-      (сумма цифрами и прописью в тенге)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Юридические адреса сторон:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Юридические адреса сторон:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уполномоченный орган:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уполномоченный орган:</w:t>
-[...17 lines deleted...]
-Бизнес идентификационный номер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес идентификационный номер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банковские реквизиты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перевозчик:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перевозчик:</w:t>
-[...17 lines deleted...]
-Бизнес идентификационный номер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес идентификационный номер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банковские реквизиты</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) руководителя)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) руководителя)</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) руководителя, ответственного за прием актов)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) гл. бухгалтера)</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Место печати (при его наличии)</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место печати (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Место печати (при его наличии)</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место печати (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...168 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...344 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам долгосрочного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субсидирования расходов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перевозчика, связанных с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществлением перевозок</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пассажиров по социально</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значимым сообщениям</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...1134 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z131" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...10 lines deleted...]
-</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Реестр субсидируемых маршрутов</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...264 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z62" w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ______________20___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Приложение 5</w:t>
-[...134 lines deleted...]
-      "___" ______________20___ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-№ п/п</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-№ поезда</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ поезда</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Станция отправления</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Станция отправления</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Станция назначения</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Станция назначения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Сумма субсидирования (тыс. тенге)</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сумма субсидирования (тыс. тенге)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-3</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-4</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-5</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Итого сумма субсидирования:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сумма цифрами и прописью в тенге)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К настоящему реестру прилагаются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3._______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на сбор, обработку, хранение, выгрузку и использование персональных данных регистратором, определенным центральным уполномоченным органом по исполнению бюджета.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...124 lines deleted...]
-      3. _______________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Юридические адреса сторон:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Юридические адреса сторон:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уполномоченный орган:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уполномоченный орган:</w:t>
-[...17 lines deleted...]
-Бизнес идентификационный номер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес идентификационный номер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банковские реквизиты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перевозчик:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перевозчик:</w:t>
-[...17 lines deleted...]
-Бизнес идентификационный номер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес идентификационный номер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банковские реквизиты</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) руководителя)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) руководителя)</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) руководителя, ответственного за прием актов)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (подпись, фамилия, имя, отчество (при его наличии) гл. бухгалтера)</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Место печати (при его наличии)</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место печати (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Место печати (при его наличии)</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место печати (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -16501,55 +13536,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>