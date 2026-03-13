--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="caca4fd" w14:textId="caca4fd">
+    <w:p w14:paraId="79f2df1" w14:textId="79f2df1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -331,163 +331,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7546"/>
-        <w:gridCol w:w="4754"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7546" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр по инвестициям и развитию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4754" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7546" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4754" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А. Исекешев</w:t>
@@ -1274,71 +1268,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Суда, которые в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящих Правил, плавают на озерах и водохранилищах, включенным в Перечень судоходных водных путей, используемых для судоходства, взлета (посадки) воздушных судов, утверждаемого в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 105 Водного кодекса Республики Казахстан (далее – озера и водохранилища) за пределами судового хода, руководствуются соответствующими правилами для участков с кардинальной системой навигационного оборудования, установленным </w:t>
+        <w:t xml:space="preserve"> настоящих Правил, плавают на озерах и водохранилищах, включенным в Перечень судоходных водных путей, используемых для судоходства, взлета (посадки) воздушных судов, утверждаемого в соответствии с пунктом 3 статьи 105 Водного кодекса Республики Казахстан (далее – озера и водохранилища) за пределами судового хода, руководствуются соответствующими правилами для участков с кардинальной системой навигационного оборудования, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
@@ -10758,65 +10732,66 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1289"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="252"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10903,2274 +10878,2462 @@
               <w:t>
 На несамоходных судах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Длиной 20 метров и более</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Длиной менее 20 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Длиной 50 метров и более</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Длиной менее 50 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="253"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Топовый белый</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="253"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="254"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бортовой:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="254"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Красный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зеленый</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="254"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z51" w:id="255"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кормовой белый</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="255"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z52" w:id="256"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буксировочный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="256"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 желтый</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="256"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z53" w:id="257"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Круговой:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="257"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Белый</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Красный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Желтый</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Зеленый</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 синий</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="257"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="258"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="258"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="258"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z63" w:id="259"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="259"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="259"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="260"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="260"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="260"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="261"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="261"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1,85</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="261"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z74" w:id="262"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отмашка светоимпульсная:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="262"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Днем</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ночью</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="262"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z80" w:id="263"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отмашка световая</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="263"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (ночью)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="263"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20571,334 +20734,332 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Огни самоходных судов</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="361"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип судна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10334" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На ходу (справа – вид с кормы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На стоянке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Одиночное судно длиной менее 50 метров (ширина судна В &gt; 5 метров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="5372100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId49"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="5372100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пассажирское водоизмещающее судно, работающее на переправе или в границах акватории порта (В = 5 метров и менее)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно с нефтегрузами и их остатками, взрывчатыми или ядовитыми веществами длиной 50 метров и более</w:t>
@@ -20929,334 +21090,332 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="245"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип судна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10334" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На ходу (справа – вид с кормы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На стоянке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно судоходного надзора шириной 5 метров и менее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="5219700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId50"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="5219700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, занятое толканием и толкаемое судно (В &gt; 5 метров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, буксирующее состав с нефтегрузами, их остатками, взрывчатыми или ядовитыми веществами. При встрече и обгоне показывает красный круговой огонь</w:t>
@@ -21287,334 +21446,332 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="245"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип судна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10334" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На ходу (справа – вид с кормы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На стоянке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, занятое буксировкой на тросе (В &gt; 5 м)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="5283200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId51"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="5283200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, буксирующее плот или смешанный состав (В &gt; 5 м)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно у плота, помогающее его проводке (В = 5 метров и более)</w:t>
@@ -21645,334 +21802,332 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="245"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип судна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10334" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На ходу (справа – вид с кормы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На стоянке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суда, соединенные в кильватер, буксирующие состав (В &gt; 5 метров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="5270500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId52"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="5270500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, отшвартованные бортами и буксирующие состав (В &gt; 5 метров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="245" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, буксирующее под бортом самоходное судно (В &gt; 5 метров)</w:t>
@@ -22003,334 +22158,332 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="161"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="161" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип судна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10334" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На ходу (справа – вид с кормы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2060" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На стоянке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="161" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, буксирующее состав с толкачом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="5295900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId53"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="5295900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="161" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, оказывающее помощь другому судну буксировкой на тросе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="161" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судно, отшвартованное к борту другого судна или состава</w:t>
@@ -22358,144 +22511,142 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">    Огни несамоходных судов и стоечных плавучих средств</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12394"/>
+        <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12394" w:type="dxa"/>
+            <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="4191000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId54"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7810500" cy="4191000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4292600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -24099,57 +24250,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Шкала степени волнения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2714"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1139"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -24188,129 +24340,129 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балл степени волнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Словесная характеристика волнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24334,87 +24486,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24443,51 +24595,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24558,128 +24710,128 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24708,408 +24860,405 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеренное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="342900" cy="2374900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId65"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="342900" cy="2374900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25132,286 +25281,286 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сильное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25434,286 +25583,286 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Очень сильное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25736,87 +25885,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25845,51 +25994,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25912,253 +26061,254 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Шкала для визуальной оценки силы ветра</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="474"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сила ветра, баллы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Словесная характеристика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скорость ветра, метров в секунду (в скобках средняя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Округленная скорость ветра, километров в час (в скобках средняя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скорость узлов (в скобках округленная средняя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -26271,493 +26421,493 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Действие на судно и его оснастку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Состояние поверхности моря, озера и крупного водохранилища в результате влияния ветра</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штиль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26767,51 +26917,51 @@
               <w:t xml:space="preserve">
 0 – 0,5 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26821,51 +26971,51 @@
               <w:t xml:space="preserve">
 0 – 1 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26875,272 +27025,272 @@
               <w:t xml:space="preserve">
 0 – 1 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Движение воздуха совершенно не ощущается. Дым поднимается отвесно или почти отвесно; вымпел неподвижен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зеркально гладка поверхность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тихий ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6 – 1,7 (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27150,51 +27300,51 @@
               <w:t xml:space="preserve">
 2 – 6 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27204,822 +27354,822 @@
               <w:t xml:space="preserve">
 1 – 3 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (2,0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветер едва ощущается как легкое дуновение, и то лишь временами. Дым поднимается наклонно, указывая направление ветра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рябь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Легкий ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8 – 3,3 (2,5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 – 12 (9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5 – 6,4 (5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветер ощущается как непрерывный легкий поток воздуха. Слегка колеблятся флаги и вымпелы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Появляются небольшие гребни волн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабый ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,4 – 5,2 (4,5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 18 (16)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6 – 10,1 (9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветер развивает влаги и вымпелы. Дым вытягивает по ветру почти горизонтально</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Небольшие гребни волн начинают опрокидываться, но пена не белая, а стекловидная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Умеренный ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28029,51 +28179,51 @@
               <w:t xml:space="preserve">
 5,3 – 7,4 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (6,5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28083,51 +28233,51 @@
               <w:t>
 19 – 26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (23)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28137,529 +28287,529 @@
               <w:t xml:space="preserve">
 10,3 – 14,4 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (13)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вытягивается вымпел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хорошо заметны небольшие волны, гребни некоторых из них опрокидываются, образуя местами белую клубящуюся пену – "барашки"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свежий ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,5 – 9,8 (8,5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27 – 35 (31)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14,6 – 19,0 (17)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вытягиваются и полощутся большие флаги. Ветер переносит легкие предметы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Волны принимают хорошо выраженную форму, повсюду образуются "барашки"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сильный ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28669,51 +28819,51 @@
               <w:t>
 9,9 – 12,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (11)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28723,51 +28873,51 @@
               <w:t>
 36 – 44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (40)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28777,236 +28927,236 @@
               <w:t xml:space="preserve">
 19,2 – 24,1 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (22)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Начинают гудеть провода и снасти</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Появляются гребни большой высоты; их пенящиеся вершины занимают большие площади, ветер начинает срывать пену с гребней волн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крепкий ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29016,51 +29166,51 @@
               <w:t>
 12,5 – 15,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29070,51 +29220,51 @@
               <w:t>
 45 – 54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (50)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29124,565 +29274,565 @@
               <w:t>
 24,3 – 29,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (27)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слышится свист ветра около всех снастей, палубных надстроек и сооружений. Возникают затруднения в ходьбе против ветра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гребни очерчивают длинные валы ветровых волн; пена срывается с гребней волн, начинает вытягиваться полосами по склонам волн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Очень крепкий ветер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15,3 – 18,2 (17)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55 -65 (60)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29,7 – 35,4 (33)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всякое движение против ветра заметно затрудняется</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Длинные полосы пены, срываемой ветром, покрывают склоны волн и, местами сливаясь, достигают их подошв</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шторм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,3 – 21,5 (20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29692,601 +29842,601 @@
               <w:t>
 66 – 77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (72)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35,6 – 41,8 (39)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возможны небольшие повреждения в палубных надстройках и сооружениях, сдвигаются с места неукрепленные предметы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пена широкими плотными полосами покрывает склоны волн, от чего поверхность становится белой, местами во впадинах волн видны свободные от пены участки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сильный шторм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21,6 – 25,1 (23)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78 – 90 (84)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42,0 – 48,8 (45)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возможны более значительные повреждения в оснастке и надстройках судна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поверхность моря покрыта слоем пены, воздух наполнен водяной пылью и брызгами, видимость значительно уменьшена</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жестокий шторм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,2 – 29,0 (27)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30296,452 +30446,452 @@
               <w:t xml:space="preserve">
 91 – 104 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (97)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49,0 – 56,3 (53)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поверхность моря покрыта плотным слоем пены. Горизонтальная видимость ничтожна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="474" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ураган </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 29,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветер производит опустошительные разрушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30803,55 +30953,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>