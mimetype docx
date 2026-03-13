--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="204e805" w14:textId="204e805">
+    <w:p w14:paraId="e604938" w14:textId="e604938">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,169 +85,161 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении правил установления пороговых значений розничных цен на социально значимые продовольственные товары и размера предельно допустимых розничных цен на них</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve">      Приказ утрачивает силу приказом и.о. Министра торговли и интеграции РК от 30.10.2025 </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра национальной экономики Республики Казахстан от 30 марта 2015 года № 282. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 июня 2015 года № 11245. Утратил силу приказом и.о. Министра торговли и интеграции Республики Казахстан от 30 октября 2025 года № 306-НҚ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом и.о. Министра торговли и интеграции РК от 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 306-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31.12.2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 15) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -312,110 +306,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> установления пороговых значений розничных цен на социально значимые продовольственные товары и размера предельно допустимых розничных цен на них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту регулирования торговой деятельности Министерства национальной экономики Республики Казахстан обеспечить в установленном законодательством Республики Казахстан порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -506,90 +500,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа оставляю за собой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1066,164 +1060,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 марта 2015 года № 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила установления пороговых значений розничных цен на социально значимые продовольственные товары и размера предельно допустимых розничных цен на них</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции приказа и.о. Министра национальной экономики РК от 01.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила разработаны в соответствии с подпунктом 15) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О регулировании торговой деятельности" (далее – Закон) и определяют порядок установления пороговых значений розничных цен на социально значимые продовольственные товары и размера предельно допустимых розничных цен на них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1242,90 +1236,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. На территории области, города республиканского значения, столицы устанавливается пороговое значение розничных цен на социально значимые продовольственные товары по перечню, утвержденному </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра торговли и интеграции Республики Казахстан от 11 мая 2023 года № 166-НҚ "Об утверждении Перечня социально значимых продовольственных товаров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32474).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1344,108 +1338,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пороговое значение розничных цен на социально значимые продовольственные товары определяется по каждому отдельному социально значимому продовольственному товару, на территории города областного и республиканского значения, столицы для каждого квартала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок установления пороговых значений розничных цен на социально значимые продовольственные товары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Расчет пороговых значений розничных цен на социально значимые продовольственные товары осуществляется по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Pi = Sp + L + M1 + M2 + St</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1662,70 +1656,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="11"/>
+    <w:bookmarkStart w:name="z31" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Местные исполнительные органы областей, городов республиканского значения и столицы (далее – местные исполнительные органы), проводят на основании данных органов государственной статистики сравнительный анализ текущих розничных цен с пороговыми значениями на социально значимые продовольственные товары и ежеквартально к 5 числу месяца, следующего за отчетным периодом, представляют в уполномоченный орган в области регулирования торговой деятельности (далее – уполномоченный орган).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1744,70 +1738,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="12"/>
+    <w:bookmarkStart w:name="z32" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Местные исполнительные органы вносят в уполномоченный орган ежеквартально до 5 числа месяца, следующего за отчетным, предложения по пороговым значениям розничных цен на социально значимые продовольственные товары на предстоящий квартал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях определения пороговых значений розничных цен на социально значимые продовольственные товары уполномоченный орган в течение десяти рабочих дней проводит макроэкономический анализ со дня предоставления предложений местных исполнительных органов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1844,70 +1838,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="13"/>
+    <w:bookmarkStart w:name="z36" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. После получения соответствующего решения уполномоченного органа по итогам макроэкономического анализа устанавливаются пороговые значения розничных цен на социально значимые продовольственные товары на предстоящий квартал, предшествующему установлению пороговых значений розничных цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1926,128 +1920,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="14"/>
+    <w:bookmarkStart w:name="z37" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок определения размера предельно допустимых розничных цен на социально значимые продовольственные товары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z38" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z38" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местные исполнительные органы устанавливают размер предельно допустимых розничных цен на социально значимые продовольственные товары на территории области, города республиканского значения, столицы на срок не более чем девяносто календарных дней с возможностью его пересмотра не ранее чем через 15 календарных дней:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z39" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случае превышения пороговых значений розничных цен на социально значимые продовольственные товары на 15%;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z40" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) при одновременном росте розничных цен на 30% в течение 30 дней с превышением пороговых значений розничных цен на социально значимые продовольственные товары. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2076,70 +2070,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="18"/>
+    <w:bookmarkStart w:name="z42" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Размер предельно допустимых розничных цен на социально значимые продовольственные товары утверждаются на уровне установленных пороговых значений розничных цен на социально значимые продовольственные товары с допущением их увеличения не более чем на 15% предельной торговой надбавки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях обеспечения продовольственной безопасности, в чрезвычайных ситуациях природного и техногенного характера (наводнение, засуха, падеж скота и птицы, нашествие вредных насекомых, землетрясение и стихийные бедствия), производственные сбои (поломки), в том числе рост мировых цен на соответствующую продукцию, введение ограничительных мер на ввоз в Казахстан импортной продукции и непредвиденных сбоев в поставках, повлекшие за собой объективный рост цен в производстве и реализации товаров) местными исполнительными органами допускается установление размера предельно допустимых розничных цен на социально значимые продовольственные товары без учета пороговых значений розничных цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2176,70 +2170,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="19"/>
+    <w:bookmarkStart w:name="z48" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Решение об установлении предельно допустимых розничных цен на социально значимые продовольственные товары утверждается постановлением акимата области, города республиканского значения, столицы на основе рекомендации Комиссии по утверждению размера предельно допустимых розничных цен на социально значимые продовольственные товары (далее – Комиссия), реализуемые на территории соответствующего региона Республики Казахстан, с указанием наименований продовольственных товаров, размеров предельно допустимых розничных цен на такие товары и сроков, на которые вводятся предельно допустимые розничные цены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2258,70 +2252,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="20"/>
+    <w:bookmarkStart w:name="z49" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Состав Комиссии утверждается распоряжением акима области, города республиканского значения, столицы. Рабочим органом Комиссии является местный исполнительный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председателем Комиссии является заместитель акима области, города республиканского значения, столицы. Секретарь Комиссии не является ее членом и не имеет права голоса при принятии Комиссией рекомендаций. В состав Комиссии входят представители местных представительных и исполнительных органов, представители субъектов внутренней торговли и отраслевых ассоциаций и союзов. Число членов Комиссии является нечетным и составляет не менее 7 человек, включая председателя. Представители субъектов внутренней торговли составляют не менее 40 % от общего числа членов Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2376,190 +2370,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="21"/>
+    <w:bookmarkStart w:name="z52" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При принятии рекомендаций Комиссией учитываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z53" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z53" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) территориальная отдаленность региона от мест производства социально значимых продовольственных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z54" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z54" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) покупательская способность и плотность населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z55" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z55" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) условия и возможности хранения социально значимых продовольственных товаров в регионе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z56" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z56" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) экономическая целесообразность установления размера предельно допустимых розничных цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z57" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z57" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. В случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, Комиссия вносит рекомендацию акимату области, города республиканского значения, столицы в течение пяти рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2632,110 +2626,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="27"/>
+    <w:bookmarkStart w:name="z59" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Рабочий орган Комиссии после принятия решения в однодневный срок уведомляет уполномоченный орган и уполномоченный орган в области развития агропромышленного комплекса, а также в средствах массовой информации распространяет информацию об утверждении размера предельно допустимых розничных цен на социально значимые продовольственные товары в регионе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z60" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z60" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. При утверждении размера предельно допустимых розничных цен на социально значимые продовольственные товары, местные исполнительные органы проводят мониторинг и анализ воздействия решения принятого в соответствии с подпунктом 2) части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, на ценообразование данных товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2754,70 +2748,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="29"/>
+    <w:bookmarkStart w:name="z61" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При наличие социально значимого продовольственного товара от нескольких производителей или оптовых поставщиков, субъекту внутренней торговли необходимо соблюдать размер установленных предельно допустимых розничных цен не менее чем на две позиции (ассортимент) данного социально значимого продовольственного товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2877,63 +2871,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3255,35 +3271,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>