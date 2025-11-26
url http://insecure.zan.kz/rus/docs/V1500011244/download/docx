--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="70aa042" w14:textId="70aa042">
+    <w:p w14:paraId="626b4a7" w14:textId="626b4a7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -362,93 +362,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3590"/>
-        <w:gridCol w:w="8710"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8710" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б. Султанов</w:t>
@@ -637,78 +638,193 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Заголовок главы 1 - в редакции приказа Министра финансов РК от 06.05.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 1 - в редакции приказа Министра финансов РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра финансов РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила проведения аудита по налогам и предоставления аудиторского заключения по налогам (далее – Правила) разработаны в соответствии с подпунктом 18-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -743,51 +859,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 140 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -806,286 +921,514 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, термины, применяемые в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудируемый субъект – юридическое лицо, филиалы и (или) представительства юридического лица, выступающие от его имени, индивидуальный предприниматель, в отношении которого проводится аудит по налогам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аудиторское заключение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – заключение, составленное по результатам аудита по налогам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается в редакции приказа Министра финансов РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудит по налогам – аудит по вопросу правильности исчисления и уплаты по всем видам налогов и других обязательных платежей в бюджет, полноты и своевременности исчисления, удержания и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, полноты и своевременности исчисления и уплаты социальных отчислений, проводимый аудиторской организацией с соблюдением условий, установленных настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Условия проведения аудита по налогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра финансов РК от 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аудит по налогам осуществляется по инициативе аудируемого субъекта на основе договора о проведении аудита по налогам, заключенного между аудиторской организацией и аудируемым субъектом, который соответствует требованиям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции приказа Министра финансов РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Аудит по налогам осуществляется за период, в течение которого не проводилась комплексная налоговая проверка в отношении аудируемого субъекта, в пределах срока исковой давности, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1104,266 +1447,266 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В договоре на проведение аудита по налогам предусматриваются: предмет договора, сроки, размер и условия оплаты, права, обязанности и ответственность сторон, конфиденциальность полученной информации, а также членство в профессиональной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Сведения, полученные аудиторской организацией при исполнении договора на проведение аудита по налогам, составляют </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>коммерческую тайну</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, за исключением сведений, представляемых органам государственных доходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Ограничение права на проведение аудита по налогам аудиторской организацией определены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок оформления результатов аудита по налогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции приказа Министра финансов РК от 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. По результатам аудита по налогам составляется аудиторское заключение по налогам по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аудиторское заключение подписывается аудитором - исполнителем с указанием номера и даты выдачи квалификационного свидетельства, утверждается подписью руководителя аудиторской организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1382,90 +1725,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. К аудиторскому заключению прилагаются необходимые копии документов, расчеты, произведенные аудитором, и другие материалы, по которым выявлены расхождения в ходе аудита по налогам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Аудиторское заключение составляется в трех экземплярах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Один экземпляр аудиторского заключения в течение 3 (трех) рабочих дней со дня его составления аудиторская организация вручает аудируемому субъекту. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1538,126 +1881,240 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок предоставления аудиторского заключения по налогам органу государственных доходов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Заголовок главы 4 - в редакции приказа Министра финансов РК от 06.05.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 4 - в редакции приказа Министра финансов РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 12 предусматривается в редакции приказа Министра финансов РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Аудиторское заключение предоставляется аудиторской организацией в орган государственных доходов по месту нахождения аудируемого субъекта в течение 5 (пяти) рабочих дней со дня вручения аудируемому субъекту такого заключения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Данное положение распространяется на проведение аудита по налогам в целях применения аудируемым субъектом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1714,70 +2171,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аудиторское заключение предоставляется в органы государственных доходов сопроводительным письмом в явочном порядке или по почте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2077,37320 +2534,35062 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра финансов РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Аудиторское заключение по налогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции приказа Министра финансов РК от 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z31" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________                   _____________ </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (место составления)                               (дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z32" w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудиторской организацией,____________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование аудиторской организации, БИН)  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">на основании договора на проведение аудита по налогам от  "__" ________ 20__ года </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">проведен аудит по налогам в отношении  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________________________________________, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ф.И.О. (при его наличии)  индивидуального предпринимателя, наименование </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">юридического лица-резидента, индивидуальный идентификационный номер или бизнес-идентификационный номер) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">платежах в бюджет" (Налоговый  кодекс), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об аудиторской </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">деятельности" и иными нормативными правовыми актами Республики Казахстан и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>составлено аудиторское заключение по налогам за период с "__" _______ 20__ года по "__"  _______20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z33" w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудит по налогам начат __________ Аудит по налогам окончен __________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (дата)                                     (дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z34" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Виды налогов и других обязательных платежей в бюджет, проверяемый период, код </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бюджетной классификации (далее – КБК), охваченные аудитом по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контактные телефоны аудируемого субъекта: телефоны, факс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень документов, предоставленные в ходе аудита по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень документов, не предоставленные в ходе аудита по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    1. Общие сведения об аудируемом субъекте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z47" w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Свидетельство о государственной регистрации в качестве индивидуального </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предпринимателя: серия _____; номер _____ дата выдачи "__" _______ ____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z48" w:id="38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Свидетельство о государственной регистрации/перерегистрации юридического </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лица: серия _____; номер _____ дата выдачи "__" _____ __ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Режим налогообложения: __________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Организационно-правовая форма: ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z51" w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Состоит на учете:________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование и код органа государственных доходов, дата постановки на учет)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Свидетельство налогоплательщика: серия _____; номер _____ дата выдачи "__" ____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Состоит на учете по НДС:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z54" w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выдано______________________________________серия _____; номер ____ дата </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">выдачи "__" _______ ____ года, дата постановки на учет "__" _______ ____ года,  дата </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>снятия с учета "__" _______ ____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z55" w:id="45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Учредители (участники):_________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ф.И.О. (при его наличии) учредителей (участников) ИИН, наименование юридического </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лица учредителя БИН, сумма уставного капитала, доля участия в %)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Адрес аудируемого субъекта (юридический):______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Почтовый индекс:_______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Область/район:_________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Город/Район:___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поселок/Село:__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Улица/Микрорайон:______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер дома:____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Квартира/комната:_______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес аудируемого субъекта (фактический):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Почтовый индекс:________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Область/район:__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Город/Район:____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поселок/Село:___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Улица/Микрорайон:______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер дома:____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Квартира/комната:_______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z72" w:id="62"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Должностными лицами в периоде охваченной аудитом по налогам </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">являлись:____________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Руководитель Ф.И.О. (при его наличии), ИИН, период, бухгалтер ИИН,  период)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z73" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сведения о банковских счетах:__________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наименование банка, БИН, БИК, № счета, вид счета валюты, дата открытия и закрытия)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z74" w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Коэффициент налоговой нагрузки (КНН): период с __________ по __________, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>КНН = ____%, при этом исчислено налога _____ тенге на СГД в размере __________ тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z75" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сведения о предыдущей налоговой проверке и (или) аудита по налогам:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z76" w:id="66"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (№, дата акта, Ф.И.О. (при его наличии) исполнителя, место проведения, период и вид </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">проверки (аудита по налогам), сумма доначисленных (исчисленных) налогов, платежей, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>штрафов и пени, принятые меры для устранения нарушений)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Сведения о наличии лицензируемых и разрешенных видов деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z80" w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (№, дата выдачи, приостановления, отзыва, прекращения лицензии, орган выдачи, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лицензируемый и разрешенный вид деятельности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сведения о фактических видах деятельности:__________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Сведения о реорганизации:_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z84" w:id="74"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сведения о регистрационном учете в качестве электронного налогоплательщика:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z85" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Сведения о регистрационном учете аудируемого субъекта по отдельным видам деятельности:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Сведения о структурных подразделениях (филиалы и представительства):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z88" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Сведения о регистрационных данных контрольно-кассовая машина с ФП:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Сведения о регистрационных данных терминалов оплаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z91" w:id="81"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Сведения о ранее установленных нарушениях по регистрационным данным </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аудируемого субъекта по объектам налогообложения и объектам связанным с налогообложением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z94" w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Сведения о юридических лицах в которых аудируемый субъект является собственником (участником):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          2. Сведения аудита по налогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим аудитом по налогам установлено следующее:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Приостановление (продление, возобновление) деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z100" w:id="90"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Совокупный годовой доход и общий оборот по реализации товаров, работ и услуг </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">аудируемого субъекта согласно формам налоговых отчетности по корпоративному </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(индивидуальному) подоходному налогу и налогу на добавленную стоимость за </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>соответствующие налоговые периоды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z103" w:id="93"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Приобретенные товары, работы и услуги аудируемого субъекта согласно формам </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">налоговых отчетностей по корпоративному (индивидуальному) подоходному налогу и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>налогу на добавленную стоимость за соответствующие налоговые периоды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z106" w:id="96"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сведения о реестре полученных и выданных счетов-фактур и перечень актов </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">выполненных работ аудируемого субъекта за проверяемый период аудита по налогам, с </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подтверждением аудируемого субъекта за соответствующие налоговые периоды :</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z109" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Количество работников и начисленные суммы их доходов согласно формам </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>налоговых отчетностей аудируемого субъекта за соответствующие налоговые периоды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z112" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Результаты сверки инвентаризации налоговых отчетностей и лицевых счетов </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аудируемого субъекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z114" w:id="104"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (№ и дата приема налоговой отчетности)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Результаты аналитического отчета "Пирамида":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сведения об участии аудируемого субъекта в государственных закупках:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z121" w:id="111"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Ранее не устраненные нарушения, выявленные органами государственных доходов </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в отношении аудируемого субъекта по результатам камерального контроля и принятые меры </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по их устранению в ходе аудита по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z124" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Движение денежных средств по кассе, банковским счетам и контрольно-кассовым </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>машинам с фискальной памятью аудируемого субъекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z126" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (№ счета, валюта счета, обороты, сальдо на начало и на конец календарного года)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Результаты направленных запросов по контрагентам аудируемого субъекта в ходе аудита по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z130" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Результаты направленных запросов уполномоченным органам и организациям о </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">наличии объектов налогообложения и объектов связанных с налогообложением аудируемого </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>субъекта в ходе аудита по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Информация по экспортно-импортным операциям аудируемого субъекта в ходе аудита по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z135" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Ф.И.О. (при его наличии), наименование участника внешнеэкономической деятельности, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>общая сумма таможенной стоимости (количество объектов) за соответствующие налоговые периоды)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z136" w:id="126"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Информация о наличии операции аудируемого субъекта со лжепредприятиями, о </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">сделках признанных судом совершенным субъектом без намерения осуществления </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">предпринимательской деятельности, расходов по сделке, признанной судом </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">недействительной, об операциях с контрагентами, регистрация которых признана судом </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>недействительной, сведения об операциях с контрагентами, признанные бездействующими:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:bookmarkStart w:name="z137" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z138" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z139" w:id="129"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Ф.И.О. (при его наличии) индивидуального предпринимателя, наименование </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">юридического лица, ИИН/БИН, №, даты судебных актов, признания бездействующих </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>налогоплательщиков и суммы операции по контрагентам)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Информация о дебиторской и кредиторской задолженности аудируемого субъекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z143" w:id="133"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Ф.И.О. (при его наличии), физического лица, индивидуального предпринимателя, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">наименование юридического лица, ИИН/БИН, обороты, сальдо на начало и на конец </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>соответствующих периодов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z144" w:id="134"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Сведения о перемене лиц и прекращении обязательств в договорах и сделках </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(цессии, уступках требований, взаимозачете, зачет встречных требований, прощение долга, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">отступное, новация, прекращение обязательства невозможностью исполнения, и так далее) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аудируемого субъекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z146" w:id="140"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z146" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z147" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сведения по операциям с нерезидентами аудируемого субъекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z148" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z149" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z150" w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Ф.И.О. (при его наличии), наименование нерезидентов, налоговые периоды, код вида </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>доходов, номер и дата договора (контракта), сумма начисленных и выплаченных доходов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z151" w:id="145"/>
+    <w:bookmarkStart w:name="z151" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Сведения о взаимосвязанных сторонах аудируемого субъекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z152" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z153" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z154" w:id="144"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Ф.И.О. (при его наличии) физического лица, индивидуального предпринимателя, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наименование юридического лица, ИИН/БИН)  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z155" w:id="145"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Сведения о представлении аудируемым субъектом дополнительной налоговой </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">отчетности с изменениями и дополнениями за период, по которому срок исковой давности </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">истекает менее чем через один календарный год, в части начисления и (или) пересмотра </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>исчисленной суммы налогов и других обязательных платежей в бюджет, а также в части переноса убытков:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:bookmarkStart w:name="z156" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z157" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________    </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z158" w:id="148"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Сведения, переданные аудиторской организацией в соответствии с Законом </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преступным путем, и финансированию терроризма" аудируемого субъекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:bookmarkStart w:name="z159" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z160" w:id="150"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _____________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (№, дата направленного документа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:bookmarkStart w:name="z161" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Дополнительные сведения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z162" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z164" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z165" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          3. Результаты аудита по налогам  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z166" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Приложение № 1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z167" w:id="157"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Корпоративный подоходный налог с юридических лиц-резидентов, за исключением </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>поступлений от организаций нефтяного сектора (КБК______) ____ год (период с __________ по __________).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:bookmarkStart w:name="z168" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Режим налогообложения: __________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z169" w:id="159"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орган государственных доходов, в котором должны быть произведены </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>исчисления:_____________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:bookmarkStart w:name="z170" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доходы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z171" w:id="161"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="161"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование доходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отклонение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z183" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы (вычеты):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z184" w:id="163"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="163"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отклонение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z196" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перенесенные убытки и корректировки:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z171" w:id="165"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z197" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="165"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование доходов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3537" w:type="dxa"/>
+Наименование убытков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудита по налогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z183" w:id="166"/>
+    <w:bookmarkStart w:name="z209" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расходы (вычеты):</w:t>
+      Расчет налогооблагаемого дохода:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z184" w:id="167"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z210" w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="167"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование расходов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3537" w:type="dxa"/>
+Наименование статьи расчета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудита по налогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z216" w:id="168"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="168"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Совокупный годовой доход после корректировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z222" w:id="169"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="169"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего вычетов (по расходам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z228" w:id="170"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="170"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего перенесенные убытки и корректировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z234" w:id="171"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="171"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налогооблагаемый доход (с учетом корректировки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z240" w:id="172"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="172"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Убыток (с учетом корректировки и перенесенных убытков)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z246" w:id="173"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="173"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка налога, в %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z252" w:id="174"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="174"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего исчислено налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z258" w:id="175"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="175"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Льгота по налогу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z264" w:id="176"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="176"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего исчислено налога по льготе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z270" w:id="177"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="177"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переплата по лицевому счету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z276" w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расхождения:______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (сумма расхождений в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z277" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Перенесенные убытки и корректировки:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="168"/>
+      Исчисленные (уменьшенные) суммы налогов и убытков:_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z278" w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Всего исчислено налога по статье:____________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (сумма исчисленных (уменьшенных) налогов и убытков в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Причины расхождения и основание для исчисления налогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z280" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z281" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z282" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доказательства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z283" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z284" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z285" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Приложение № 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z286" w:id="188"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Индивидуальный подоходный налог с доходов, не облагаемых у источника выплаты </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(КБК ________) _______ год (период с ________ по __________).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z287" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Режим налогообложения _____________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z288" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган государственных доходов в котором должны быть исчисления______.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z289" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доходы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z197" w:id="169"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z290" w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="169"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1998" w:type="dxa"/>
+          <w:bookmarkEnd w:id="192"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование убытков</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3537" w:type="dxa"/>
+Наименование доходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+По данным аудиторского заключения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z209" w:id="170"/>
+    <w:bookmarkStart w:name="z302" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расчет налогооблагаемого дохода:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="170"/>
+      Расходы (вычеты):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2485"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="712"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z210" w:id="171"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z303" w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="171"/>
-[...3 lines deleted...]
-            <w:tcW w:w="4565" w:type="dxa"/>
+          <w:bookmarkEnd w:id="194"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование статьи расчета</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2046" w:type="dxa"/>
+Наименование расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2492" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="712" w:type="dxa"/>
+По данным аудиторского заключения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="dxa"/>
-[...2049 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z276" w:id="182"/>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z277" w:id="183"/>
+    <w:bookmarkStart w:name="z315" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исчисленные (уменьшенные) суммы налогов и убытков:_________________</w:t>
-[...263 lines deleted...]
-      Доходы:</w:t>
+      Перенесенные убытки и корректировки:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1310"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1312"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z290" w:id="196"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z316" w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="196"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование доходов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3773" w:type="dxa"/>
+Наименование убытков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудиторского заключения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z302" w:id="197"/>
+    <w:bookmarkStart w:name="z328" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расходы (вычеты):</w:t>
+      Необлагаемые обороты:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1310"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1312"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z303" w:id="198"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z329" w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="198"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование расходов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3773" w:type="dxa"/>
+Наименование оборотов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудиторского заключения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z315" w:id="199"/>
+    <w:bookmarkStart w:name="z341" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Перенесенные убытки и корректировки:</w:t>
+      Расчет налогооблагаемого дохода:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1310"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1312"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z316" w:id="200"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z342" w:id="200"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="200"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование убытков</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3773" w:type="dxa"/>
+Наименование статьи расчета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По данным аудиторского заключения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z348" w:id="201"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="201"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Совокупный годовой доход после корректировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z354" w:id="202"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="202"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего вычетов (по расходам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z360" w:id="203"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="203"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего перенесенные убытки корректировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z366" w:id="204"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="204"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необлагаемые обороты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z372" w:id="205"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="205"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налогоблагаемый доход (с учетом корректировки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z378" w:id="206"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="206"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Убыток (с учетом корректировки и перенесенных убытков)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z384" w:id="207"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="207"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка налога, в %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z390" w:id="208"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="208"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего исчислено налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z396" w:id="209"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="209"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Льгота по налогу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z402" w:id="210"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="210"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего исчислено налога по льготе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z408" w:id="211"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="211"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переплата по лицевому счету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z328" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z414" w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расхождения:______________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (сумма расхождений в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z415" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Необлагаемые обороты:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="201"/>
+      Исчисленные (уменьшенные) суммы налогов и убытков:_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z416" w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Всего исчислено налога по статье:____________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (сумма исчисленных (уменьшенных) налогов и убытков в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z417" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Причины расхождения и основание для исчисления налогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z418" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z419" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z420" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доказательства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z421" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z422" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z423" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Приложение № 3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z424" w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Налог на добавленную стоимость на произведенные товары, выполненные работы и </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказанные услуги на территории Республики Казахстан (КБК______) ____ год __ квартал </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(период с __________ по __________).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z425" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Режим налогообложения:__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z426" w:id="224"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орган государственных доходов, в котором должны быть произведены </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исчисления___________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z427" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начисления по НДС:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1310"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1312"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z329" w:id="202"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z428" w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="202"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2131" w:type="dxa"/>
+          <w:bookmarkEnd w:id="226"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование оборотов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3773" w:type="dxa"/>
+Наименование начислений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3774" w:type="dxa"/>
+Оборот по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудиторского заключения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1312" w:type="dxa"/>
+НДС по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отклонение</w:t>
+Оборот по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+НДС по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отклонение по НДС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z341" w:id="203"/>
+    <w:bookmarkStart w:name="z444" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расчет налогооблагаемого дохода:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="203"/>
+      НДС относимый в зачет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2578"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z342" w:id="204"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z445" w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="204"/>
-[...3 lines deleted...]
-            <w:tcW w:w="4736" w:type="dxa"/>
+          <w:bookmarkEnd w:id="228"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование статьи расчета</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+Наименование НДС, относимого в зачет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+Оборот по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудиторского заключения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="738" w:type="dxa"/>
+НДС по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отклонение</w:t>
+Оборот по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+НДС по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отклонение по НДС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
-[...2255 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z414" w:id="216"/>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z415" w:id="217"/>
+    <w:bookmarkStart w:name="z461" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исчисленные (уменьшенные) суммы налогов и убытков:_________________</w:t>
-[...289 lines deleted...]
-      Начисления по НДС:</w:t>
+      Расчет НДС:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="610"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1376"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z428" w:id="230"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z462" w:id="230"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="230"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование начислений</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2139" w:type="dxa"/>
+Наименование расчета по НДС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оборот по данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 НДС по данным аудируемого субъекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2522" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оборот по данным аудита по налогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2522" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 НДС по данным аудита по налогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение по НДС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z470" w:id="231"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="231"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего начислено НДС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z478" w:id="232"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="232"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма НДС относимого в зачет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z486" w:id="233"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="233"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+а) раздельный метод</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z494" w:id="234"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="234"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+б) пропорциональный метод</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z502" w:id="235"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="235"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+НДС, подлежащий уплате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z510" w:id="236"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="236"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Льгота по налогу (для с/х товаропроизводителей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z518" w:id="237"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="237"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+НДС, подлежащий к уплате (для с/х товаропроизводителей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z526" w:id="238"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="238"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Превышение НДС, относимого в зачет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z534" w:id="239"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="239"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Льгота по налогу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z542" w:id="240"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="240"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Превышение НДС, относимого в зачет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z444" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z550" w:id="241"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расхождения:_________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (сумма расхождений в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z551" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НДС относимый в зачет:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="231"/>
+      Исчисленные (уменьшенные) суммы налогов и платежей:___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z552" w:id="243"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Всего исчислено налога по статье:_______________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (сумма исчисленных (уменьшенных) налогов в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z553" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Причины расхождения и основание для исчисления налогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z554" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z555" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z556" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доказательства:____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z557" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z558" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Приложение № 4</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z559" w:id="250"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Индивидуальный подоходный налог с доходов, облагаемых у источника выплаты </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(КБК ______) _______ год квартал (период с ________ по __________).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z560" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Режим налогообложения ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z561" w:id="252"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орган государственных доходов, в котором должны быть произведены </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исчисления_____________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z562" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По данным аудируемого субъекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z563" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество работников: __; Фонд оплаты труда: __</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z564" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По данным аудита по налогам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z565" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество работников: __; Фонд оплаты труда: __</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z566" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет индивидуального подоходного налога:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="542"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1223"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z445" w:id="232"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z567" w:id="258"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2243" w:type="dxa"/>
+          <w:bookmarkEnd w:id="258"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование НДС, относимого в зачет</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1903" w:type="dxa"/>
+Доход (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оборот по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1903" w:type="dxa"/>
+Доходы, не подлежащие налогообложению (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НДС по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2243" w:type="dxa"/>
+Сумма ОПВ (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оборот по данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2243" w:type="dxa"/>
+Сумма ИПН (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НДС по данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1223" w:type="dxa"/>
+Выплачено дохода (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отклонение по НДС</w:t>
+Доход (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы, не подлежащие налогообложению (данные аудита по налогам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...234 lines deleted...]
-            </w:r>
+Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z461" w:id="233"/>
+    <w:bookmarkStart w:name="z594" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расчет НДС:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="233"/>
+      Расчет индивидуального подоходного налога (продолжение):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1494"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="964"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1494" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z462" w:id="234"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z595" w:id="260"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3312" w:type="dxa"/>
+          <w:bookmarkEnd w:id="260"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование расчета по НДС</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1498" w:type="dxa"/>
+Сумма ОПВ (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оборот по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1499" w:type="dxa"/>
+Сумма ИПН (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НДС по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1766" w:type="dxa"/>
+Выплачено дохода (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оборот по данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1767" w:type="dxa"/>
+Расхождения по доходам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НДС по данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+Расхождения по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отклонение по НДС</w:t>
+Недобор (по данным аудируемого субъекта/ и данные аудита по налогам соответственно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перебор (по данным аудируемого субъекта/ и данные аудита по налогам соответственно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1494" w:type="dxa"/>
-[...273 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1494" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z478" w:id="236"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...2514 lines deleted...]
-            </w:r>
+Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z550" w:id="245"/>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z551" w:id="246"/>
+    <w:bookmarkStart w:name="z625" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исчисленные (уменьшенные) суммы налогов и платежей:___________________</w:t>
-[...336 lines deleted...]
-      Расчет индивидуального подоходного налога:</w:t>
+      Ежемесячный расчет индивидуального подоходного налога:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="300"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2307"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="300" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z567" w:id="262"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z626" w:id="262"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="262"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доход (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2117" w:type="dxa"/>
+Месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы, не подлежащие налогообложению (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1553" w:type="dxa"/>
+Долг по доходам на начало периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма ОПВ (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1553" w:type="dxa"/>
+Долг по налогу на начало периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма ИПН (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1553" w:type="dxa"/>
+Исчислен доход за период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выплачено дохода (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1553" w:type="dxa"/>
+Исчислен налог за период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доход (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2307" w:type="dxa"/>
+Выплачен доход за период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы, не подлежащие налогообложению (данные аудита по налогам)</w:t>
+Перечислен налог за период</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="300" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="300" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z594" w:id="263"/>
+    <w:bookmarkStart w:name="z653" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расчет индивидуального подоходного налога (продолжение):</w:t>
+            Ежемесячный расчет индивидуального подоходного налога (продолжение):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="285"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="286"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z595" w:id="264"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z654" w:id="264"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="264"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма ОПВ (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1652" w:type="dxa"/>
+Удельный вес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма ИПН (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1652" w:type="dxa"/>
+Исчислен налог по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выплачено дохода (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="642" w:type="dxa"/>
+Исчислен налог по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Расхождения по доходам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="642" w:type="dxa"/>
+Отклонение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Расхождения по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2744" w:type="dxa"/>
+Переплата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Недобор (по данным аудируемого субъекта/ и данные аудита по налогам соответственно)</w:t>
-[...71 lines deleted...]
-Примечание</w:t>
+ИТОГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1652" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1652" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z625" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z678" w:id="265"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расхождения:______________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (сумма расхождений в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z679" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ежемесячный расчет индивидуального подоходного налога:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="265"/>
+      Исчисленные (уменьшенные) суммы налогов: __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z680" w:id="267"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Всего исчислено налога по статье:_____________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (сумма исчисленных (уменьшенных) налогов в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z681" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Причины расхождения и основание для исчисления налогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z682" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z683" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доказательства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z684" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z685" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Приложение № 5</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z686" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прочие виды налогов и платежей (КБК ______) ____ год__ квартал (с __________ по __________).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z687" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Режим налогообложения _________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z688" w:id="275"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орган государственных доходов, в котором должны быть произведены исчисления </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z689" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Единицы измерения объекта налогообложения:______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z690" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет прочих налогов и платежей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="547"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1576"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z626" w:id="266"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z691" w:id="278"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="266"/>
-[...3 lines deleted...]
-            <w:tcW w:w="930" w:type="dxa"/>
+          <w:bookmarkEnd w:id="278"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Месяц</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2260" w:type="dxa"/>
+Наименование объекта налогообложения (единица измерения объекта, ставка объекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Долг по доходам на начало периода</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2260" w:type="dxa"/>
+Объект по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Долг по налогу на начало периода</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1575" w:type="dxa"/>
+Налог/платеж по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исчислен доход за период</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+Объект по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исчислен налог за период</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+Налог/платеж по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выплачен доход за период</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+Отклонение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечислен налог за период</w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
-[...620 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z653" w:id="267"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            Ежемесячный расчет индивидуального подоходного налога (продолжение):</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="267"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="843"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="844"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z654" w:id="268"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z709" w:id="279"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="268"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+          <w:bookmarkEnd w:id="279"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Удельный вес</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+Наименование статьи расчета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исчислен налог по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4011" w:type="dxa"/>
+Объект по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исчислен налог по данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="843" w:type="dxa"/>
+Налог/платеж по данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объект по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог/платеж по данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение</w:t>
-            </w:r>
-[...70 lines deleted...]
-ИТОГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z717" w:id="280"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="280"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...195 lines deleted...]
-            </w:r>
+Исчислено налога/платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z725" w:id="281"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="281"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого:</w:t>
-[...28 lines deleted...]
-            </w:r>
+Льгота по налогу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z733" w:id="282"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="282"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исчислено налога по льготе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z741" w:id="283"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="283"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...78 lines deleted...]
-            </w:r>
+Переплата по лицевому счету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z678" w:id="269"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z749" w:id="284"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Расхождения:______________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:bookmarkStart w:name="z679" w:id="270"/>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (сумма расхождений в тенге)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z750" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исчисленные (уменьшенные) суммы налогов: __________________________</w:t>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z681" w:id="272"/>
+      Исчисленные (уменьшенные) суммы налогов, платежей: ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z751" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего исчислено налога по статье:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z752" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z753" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (сумма исчисленных (уменьшенных) налогов, платежей в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z754" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Причины расхождения и основание для исчисления налогов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z682" w:id="273"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z755" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z683" w:id="274"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z756" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доказательства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z684" w:id="275"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z757" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z685" w:id="276"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z758" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      Приложение № 5</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z686" w:id="277"/>
+        <w:t xml:space="preserve">                                Приложение № 6</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z759" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прочие виды налогов и платежей (КБК ______) ____ год__ квартал (с __________ по __________).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z687" w:id="278"/>
+      Заполняется при отсутствии налогооблагаемой базы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z760" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Отчетный период: _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z761" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Виды налогов и платежей (КБК):_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z762" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Действующий вид налогов и платежей:___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z763" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Режим налогообложения:________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z764" w:id="299"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) Орган государственных доходов, в котором должны быть произведены исчисления </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(код ОГД):_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z765" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По данным аудиторского заключения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z766" w:id="301"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При аудите по налогам по вопросу правильности исчисления за период c _____ по </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______ нарушений и расхождений не установлено, в связи с отсутствием налогооблагаемой базы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z767" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заполняется при осуществлении безлицензионной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z768" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Отчетный период: _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z769" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Виды налогов и платежей (КБК):_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z770" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Действующий вид налогов и платежей:___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z771" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Режим налогообложения:_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z772" w:id="307"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) Орган государственных доходов, в котором должны быть произведены исчисления </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(код ОГД):____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z773" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По данным аудиторского заключения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z774" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При аудите по налогам по вопросу правильности исчисления за период c _____ по ______ нарушений и расхождений не установлено, в связи с отсутствием налогооблагаемой базы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z775" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Приложение № 7</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z776" w:id="311"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Корпоративный подоходный налог с юридических лиц-резидентов, за исключением </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поступлений от организаций нефтяного сектора (КБК ______) (индивидуальный подоходный </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>налог с доходов, не облагаемых у источника выплаты КБК ______).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z777" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Социальный налог (КБК ____) ____ год __ квартал (с ______по _______).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z778" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Режим налогообложения _________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z779" w:id="314"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орган государственных доходов, в котором должны быть произведены исчисления </w:t>
-[...16 lines deleted...]
-    <w:bookmarkStart w:name="z689" w:id="280"/>
+      Орган государственных доходов, в котором должны быть произведены </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исчисления________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z780" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Единицы измерения объекта налогообложения:______</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="281"/>
+      Расчет налога для субъектов малого бизнеса:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="449"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="449" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z691" w:id="282"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z781" w:id="316"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="282"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3451" w:type="dxa"/>
+          <w:bookmarkEnd w:id="316"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование объекта налогообложения (единица измерения объекта, ставка объекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+Статья расчета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объект по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1892" w:type="dxa"/>
+По данным аудируемого субъекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог/платеж по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1858" w:type="dxa"/>
+По данным аудита по налогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объект по данным аудита по налогам</w:t>
-[...107 lines deleted...]
-Примечание</w:t>
+Расхождение (+/-)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="449" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z787" w:id="317"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="317"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доход за налоговый период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z793" w:id="318"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="318"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z799" w:id="319"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="319"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма исчисленного налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z805" w:id="320"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="320"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма дохода, превышающая предельную сумму дохода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z811" w:id="321"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="321"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Среднесписочная численность работников, зарплата не менее 2-х или 2,5 кратного МРЗП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z817" w:id="322"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="322"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корректировка налога в сторону уменьшения от среднесписочной численности работников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z823" w:id="323"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="323"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма налога с учетом корректировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z829" w:id="324"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="324"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма корпоративного (индивидуального) подоходного налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z835" w:id="325"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="325"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перплата по лицевому счету КПН (ИПН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z841" w:id="326"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="326"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма социального налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z847" w:id="327"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="327"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переплата по лицевому счету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z853" w:id="328"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расхождения:___________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (сумма расхождений в тенге)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z854" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исчисленные (уменьшенные) суммы налогов: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z855" w:id="330"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Всего исчислено налога по статье:__________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (сумма исчисленных (уменьшенных) налогов в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z856" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Причины расхождения и основание для исчисления налогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z857" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z858" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доказательства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z859" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z860" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Приложение № 8</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z861" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Виды подакцизных товаров (КБК____):________год (с ______ по ______).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z862" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Режим налогообложения _________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z863" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган государственных доходов, в котором должны быть произведены исчисления __________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z864" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акциз:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1214"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1214" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z709" w:id="283"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z865" w:id="340"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="283"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1552" w:type="dxa"/>
+          <w:bookmarkEnd w:id="340"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование статьи расчета</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1890" w:type="dxa"/>
+Месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объект по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+Наименование объекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог/платеж по данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2229" w:type="dxa"/>
+Ставка акциза (аудируемый субъект)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объект по данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2607" w:type="dxa"/>
+Количество объектов (аудируемый субъект)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог/платеж по данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="540" w:type="dxa"/>
+Сумма оборота (аудируемый субъект)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отклонение</w:t>
+Сумма акциза (аудируемый субъект)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка акциза (аудит по налогам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1214" w:type="dxa"/>
-[...273 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1214" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z725" w:id="285"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z883" w:id="341"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1552" w:type="dxa"/>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="341"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Льгота по налогу</w:t>
-[...28 lines deleted...]
-            </w:r>
+Количество объектов (аудит по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Сумма оборота (аудит по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Сумма акциза (аудит по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Исчислено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Переплата по лицевому счету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1214" w:type="dxa"/>
-[...557 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z749" w:id="288"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z901" w:id="342"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Расхождения:______________________________________________________  </w:t>
-[...16 lines deleted...]
-    <w:bookmarkStart w:name="z750" w:id="289"/>
+      Расхождения:___________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (сумма расхождений в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z902" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исчисленные (уменьшенные) суммы налогов, платежей: ______________</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z754" w:id="293"/>
+      Исчисленные (уменьшенные) суммы налогов: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z903" w:id="344"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Всего исчислено налога по статье:___________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (сумма исчисленных (уменьшенных) налогов в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z904" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Причины расхождения и основание для исчисления налогов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z755" w:id="294"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z905" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z756" w:id="295"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z906" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доказательства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z757" w:id="296"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z907" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z758" w:id="297"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z908" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                Приложение № 6</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z759" w:id="298"/>
+        <w:t xml:space="preserve">                                Приложение № 9</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z909" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заполняется при отсутствии налогооблагаемой базы</w:t>
-[...426 lines deleted...]
-    <w:bookmarkStart w:name="z778" w:id="317"/>
+      Фиксированный налог (КБК ____) ___ год __ квартал (с _____ по _____).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z910" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Режим налогообложения _________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-[...33 lines deleted...]
-    <w:bookmarkStart w:name="z780" w:id="319"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z911" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расчет налога для субъектов малого бизнеса:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="319"/>
+      Орган государственных доходов, в котором должны быть произведены исчисления __________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z912" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фиксированный налог:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1472"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2624"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z781" w:id="320"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z913" w:id="354"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="320"/>
-[...3 lines deleted...]
-            <w:tcW w:w="5516" w:type="dxa"/>
+          <w:bookmarkEnd w:id="354"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Статья расчета</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1212" w:type="dxa"/>
+Наименование объекта налогобложения (единица измерения объекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудируемого субъекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+Ставка фиксированного налога (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По данным аудита по налогам</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2624" w:type="dxa"/>
+Количество объектов (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Расхождение (+/-)</w:t>
+Сумма фиксированного налога (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка фиксированного налога (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество объектов (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма фиксированного налога (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Расхождение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...195 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z793" w:id="322"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z933" w:id="355"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...2008 lines deleted...]
-            </w:r>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="355"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z853" w:id="332"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z943" w:id="356"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Расхождения:___________________________________________________  </w:t>
-[...16 lines deleted...]
-    <w:bookmarkStart w:name="z854" w:id="333"/>
+      Расхождения:_____________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (сумма расхождений в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z944" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исчисленные (уменьшенные) суммы налогов: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z945" w:id="358"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Всего исчислено налога по статье:__________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (сумма исчисленных (уменьшенных) налогов в тенге, период)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z856" w:id="335"/>
+    <w:bookmarkStart w:name="z946" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Причины расхождения и основание для исчисления налогов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z857" w:id="336"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z947" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z858" w:id="337"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z948" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доказательства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z859" w:id="338"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z949" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z860" w:id="339"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z950" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      Приложение № 8</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z861" w:id="340"/>
+        <w:t xml:space="preserve">                                Приложение № 10</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z951" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Виды подакцизных товаров (КБК____):________год (с ______ по ______).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z862" w:id="341"/>
+      Налог на игорный бизнес (КБК ___) ___ год __ квартал (с ____ по ___).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z952" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Режим налогообложения _________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z863" w:id="342"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z953" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Орган государственных доходов, в котором должны быть произведены исчисления __________________.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z864" w:id="343"/>
+      Орган государственных доходов, в котором должны быть произведены исчисления _____________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z954" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Акциз:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="343"/>
+      Налог на игорный бизнес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="402"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="404"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="402" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z865" w:id="344"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z955" w:id="368"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="344"/>
-[...3 lines deleted...]
-            <w:tcW w:w="402" w:type="dxa"/>
+          <w:bookmarkEnd w:id="368"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Месяц</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="654" w:type="dxa"/>
+Наименование объекта налогобложения (единица измерения объекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование объекта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1829" w:type="dxa"/>
+Ставка по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка акциза (аудируемый субъект)</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Количество объектов (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество объектов (аудируемый субъект)</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Сумма по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма оборота (аудируемый субъект)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1830" w:type="dxa"/>
+Ставка по налогу на игорный бизнес (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма акциза (аудируемый субъект)</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="4"/>
+Количество объектов (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка акциза (аудит по налогам)</w:t>
+Сумма по налогу на игорный бизнес (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Расхождение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="402" w:type="dxa"/>
-[...937 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z901" w:id="346"/>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z902" w:id="347"/>
+    <w:bookmarkStart w:name="z975" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исчисленные (уменьшенные) суммы налогов: _________________________</w:t>
-[...213 lines deleted...]
-    <w:bookmarkEnd w:id="357"/>
+      Расчет налога на игорный бизнес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="476"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="476" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z913" w:id="358"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z976" w:id="370"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="358"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1624" w:type="dxa"/>
+          <w:bookmarkEnd w:id="370"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование объекта налогобложения (единица измерения объекта)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка фиксированного налога (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1448" w:type="dxa"/>
+Ставка по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество объектов (данные аудируемого субъекта)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма фиксированного налога (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1799" w:type="dxa"/>
+Сумма по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка фиксированного налога (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1624" w:type="dxa"/>
+Ставка по налогу на игорный бизнес (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество объектов (данные аудита по налогам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма фиксированного налога (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="281" w:type="dxa"/>
+Сумма по налогу на игорный бизнес (данные аудита по налогам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расхождение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="476" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z986" w:id="371"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="371"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...273 lines deleted...]
-            </w:r>
+Исчислено налога на игорный бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="476" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z933" w:id="359"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z996" w:id="372"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Итого:</w:t>
-[...29 lines deleted...]
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="372"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма дополнительного платежа, подлежащего уплате в бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1006" w:id="373"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="373"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...234 lines deleted...]
-            </w:r>
+Переплата по лицевому счету (КПН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z943" w:id="360"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1016" w:id="374"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Расхождения:_____________________________________________________  </w:t>
-[...16 lines deleted...]
-    <w:bookmarkStart w:name="z944" w:id="361"/>
+      Расхождения:___________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (сумма расхождений в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1017" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исчисленные (уменьшенные) суммы налогов: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1018" w:id="376"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Всего исчислено налога по статье:__________________________________  </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:bookmarkStart w:name="z946" w:id="363"/>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (сумма исчисленных (уменьшенных) налогов в тенге, период)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1019" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Причины расхождения и основание для исчисления налогов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z947" w:id="364"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z1020" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z948" w:id="365"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z1021" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доказательства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z949" w:id="366"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z1022" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z950" w:id="367"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z1023" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                Приложение № 10</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z951" w:id="368"/>
+        <w:t xml:space="preserve">                                Приложение № 11*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1024" w:id="382"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расшифровка доходов и расходов некоммерческих организаций ______ год </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(с _________ по _______).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1025" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Налог на игорный бизнес (КБК ___) ___ год __ квартал (с ____ по ___).</w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="371"/>
+      Всего поступление активов, в том числе кредитов и авансов полученных:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="242"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="243"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z955" w:id="372"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1026" w:id="384"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="372"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1405" w:type="dxa"/>
+          <w:bookmarkEnd w:id="384"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование объекта налогобложения (единица измерения объекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1861" w:type="dxa"/>
+Дата документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1254" w:type="dxa"/>
+Номер документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество объектов (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1861" w:type="dxa"/>
+Назначение платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2014" w:type="dxa"/>
+Наименование товаров, работ и услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка по налогу на игорный бизнес (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1406" w:type="dxa"/>
+Стоимость единицы в тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество объектов (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2014" w:type="dxa"/>
+Стоимость единицы в валюте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма по налогу на игорный бизнес (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="243" w:type="dxa"/>
+Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Расхождение</w:t>
+Сумма в тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма в валюте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование валюты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z975" w:id="373"/>
+    <w:bookmarkStart w:name="z1050" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расчет налога на игорный бизнес:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="373"/>
+      Всего поступление активов, в том числе кредитов и авансов полученных (продолжение):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="533"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z976" w:id="374"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1051" w:id="386"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="374"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1371" w:type="dxa"/>
+          <w:bookmarkEnd w:id="386"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование объекта налогобложения (единица измерения объекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1816" w:type="dxa"/>
+Нерезидент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1223" w:type="dxa"/>
+ИИН/БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество объектов (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1817" w:type="dxa"/>
+Наименование юридического (физического) лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма по налогу на игорный бизнес (данные аудируемого субъекта)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1965" w:type="dxa"/>
+Страна резидентства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставка по налогу на игорный бизнес (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1372" w:type="dxa"/>
+Банк нерезидент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество объектов (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1966" w:type="dxa"/>
+Наименование банка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма по налогу на игорный бизнес (данные аудита по налогам)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="237" w:type="dxa"/>
+БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Расхождение</w:t>
+Вид счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер счета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...1075 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1016" w:id="378"/>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z1017" w:id="379"/>
+    <w:bookmarkStart w:name="z1075" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исчисленные (уменьшенные) суммы налогов: _______________________</w:t>
-[...183 lines deleted...]
-      Всего поступление активов, в том числе кредитов и авансов полученных:</w:t>
+      Всего расходов периода:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="537"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="875"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z1026" w:id="388"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1076" w:id="388"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="388"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Назначение платежа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование товаров, работ и услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость единицы в тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость единицы в валюте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1210" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма в тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма в валюте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование валюты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1050" w:id="389"/>
+    <w:bookmarkStart w:name="z1100" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Всего поступление активов, в том числе кредитов и авансов полученных (продолжение):</w:t>
+      Всего расходов периода (продолжение):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="669"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="671"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z1051" w:id="390"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1101" w:id="390"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="390"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нерезидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1138" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН/БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3041" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование юридического (физического) лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1088" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Страна резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1088" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк нерезидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="671" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="669" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1075" w:id="391"/>
+    <w:bookmarkStart w:name="z1127" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Всего расходов периода:</w:t>
+      * Примечание: Данное приложение заполняется по некоммерческим организациям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:tbl>
-[...874 lines deleted...]
-    <w:bookmarkStart w:name="z1100" w:id="393"/>
+    <w:bookmarkStart w:name="z1128" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Заключение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z1129" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Всего расходов периода (продолжение):</w:t>
+      По результатам аудита по налогам выявлены следующие обязательства по исчислению и уплате налогов и других обязательных платежей в бюджет, исчислению, удержанию, перечислению обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, исчислению и уплате социальных отчислений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="651"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="324"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z1101" w:id="394"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1130" w:id="394"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="394"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нерезидент</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1108" w:type="dxa"/>
+Код налога, платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН/БИН</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2961" w:type="dxa"/>
+Вид налога, платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование юридического (физического) лица</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1060" w:type="dxa"/>
+Сумма к исчислению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Страна резидентства</w:t>
-[...254 lines deleted...]
-</w:t>
+Сумма к уменьшению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="dxa"/>
-[...671 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1092" w:type="dxa"/>
-[...115 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...177 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...55 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1148" w:id="399"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1148" w:id="395"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация о выявленных нарушениях по результатам аудита по налогам, и об их </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>устранении аудируемым субъектом в ходе аудита по налогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z1149" w:id="400"/>
+    <w:bookmarkStart w:name="z1149" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z1150" w:id="401"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z1150" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z1151" w:id="402"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z1151" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z1152" w:id="403"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z1152" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z1153" w:id="404"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z1153" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z1154" w:id="405"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z1154" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z1155" w:id="406"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z1155" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложение к аудиторскому заключению на ____ листах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z1156" w:id="407"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z1156" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, проводившие аудит по налогам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z1157" w:id="408"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z1157" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1158" w:id="405"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Ф.И.О. (при его наличии) аудиторов-исполнителей, подпись, №, дата выдачи </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>квалификационного свидетельства).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z1159" w:id="410"/>
+    <w:bookmarkStart w:name="z1159" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудиторское заключение по налогам получил (-а):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z1160" w:id="411"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z1160" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z1161" w:id="412"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1161" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ф.И.О. (при его наличии) аудируемого субъекта и (или) представителя, подпись, дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z1162" w:id="413"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z1162" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудиторское заключение по налогам вручено аудируемому субъекту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z1163" w:id="414"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z1163" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z1164" w:id="415"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z1164" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ф.И.О. (при его наличии) должностного лица аудиторской организации, подпись, дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z1165" w:id="416"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z1165" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудиторское заключение по налогам отправлено аудируемому субъекту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z1166" w:id="417"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z1166" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1167" w:id="414"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (документ, подтверждающий факт отправки и (или) получения, нарочно, заказным </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>письмом с уведомлением).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z1168" w:id="419"/>
+    <w:bookmarkStart w:name="z1168" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z1169" w:id="420"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1169" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КБК - код бюджетной классификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z1170" w:id="421"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1170" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БИК - банковский идентификационный номер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z1171" w:id="422"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1171" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БИН - бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z1172" w:id="423"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1172" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРЗП - минимальный размер зароботной платы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z1173" w:id="424"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1173" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СГД - совокупный годовой доход;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z1174" w:id="425"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z1174" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ИИН - индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z1175" w:id="426"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z1175" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ИПН - индивидуальный подоходный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z1176" w:id="427"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z1176" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КПН - корпоративный подоходный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z1177" w:id="428"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z1177" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НДС - налог на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z1178" w:id="429"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z1178" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОПВ - обязательные пенсионные взносы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z1179" w:id="430"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z1179" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОГД - орган государственных доходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z1180" w:id="431"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z1180" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КНН - коэффициент налоговой нагрузки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z1181" w:id="432"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z1181" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О. - фамилия, имя, отчество;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z1182" w:id="433"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z1182" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ФП - фискальная память.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkEnd w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>