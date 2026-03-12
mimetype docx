--- v0 (2025-11-27)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="25e263f" w14:textId="25e263f">
+    <w:p w14:paraId="1ce71d3" w14:textId="1ce71d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2628,650 +2628,566 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z578" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Дополнительно для всех видов сельскохозяйственных животных допускается присвоение индивидуального номера следующими способами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z569" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронный способ идентификации (бирки с радиочастотной меткой, болюсы, чипы, другие изделия (средства), используемые для проведения идентификации сельскохозяйственных животных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z570" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      татуировка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z571" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      таврение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z572" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом в сельскохозяйственных предприятиях, крестьянских и фермерских хозяйствах, присвоение индивидуального номера сельскохозяйственным животным допускается способами, указанными в настоящем пункте для:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z573" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведения внутрихозяйственного учета поголовья животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z574" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      временного присвоения индивидуального номера животному до его проведения способами, указанными в пункте 8 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z575" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Временное присвоение индивидуального номера сельскохозяйственным животным осуществляется последовательно, согласно эмиссии индивидуальных номеров, проведенной в соответствии с пунктом 6 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z576" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В период карантинирования животных (крупного рогатого скота, мелкого рогатого скота, свиней, верблюдов), предназначенных для вывоза в третьи страны или государства-члены Евразийского экономического союза, дополнительно осуществляется присвоение индивидуального номера электронным способом идентификации (бирки с радиочастотной меткой). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z577" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Присвоение индивидуального номера сельскохозяйственным животным способами, указанными в настоящем пункте, осуществляется владельцами животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа и.о. Министра сельского хозяйства РК от 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Биркование осуществляется путем прикрепления навесной бирки по центру уха сельскохозяйственного животного, не задев при этом вены.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z244" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицевая часть навесной бирки прикрепляется с внутренней стороны уха сельскохозяйственного животного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z245" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Крупному и мелкому рогатому скоту, верблюдам и свиньям прикрепляется одна навесная бирка на правое ухо. Для идентификации крупного и мелкого рогатого скота, верблюдов и свиней в соответствии с пунктом 9 настоящих Правил допускается использование бирки с радиочастотной меткой путем их прикрепления на левое ухо сельскохозяйственного животного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z246" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бирки не снимаются в течение всей жизни сельскохозяйственного животного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 9 предусматривается в редакции приказа и.о. Министра сельского хозяйства РК от 25.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра сельского хозяйства РК от 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 330</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...429 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="45"/>
+    <w:bookmarkStart w:name="z18" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Таврение осуществляется холодным или горячим способами. Тавро сельскохозяйственным животным, за исключением лошадей и однокопытных животных, наносится на левую сторону туловища только в области бедра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z119" w:id="46"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z119" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тавро лошадям и однокопытным животным наносят на левую сторону туловища в области лопатки (клеймо) и бедра (порядковый номер), или только в области бедра (клеймо и порядковый номер), согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z120" w:id="47"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z120" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тавро состоит максимум из шести символов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z121" w:id="48"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z121" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первый и второй символы (необязательно), клеймо владельца сельскохозяйственного животного. Клеймо представляет собой одну или две заглавные латинские или арабские букву(ы) и/или цифру(ы), геометрических(ой) фигур(ы). В случае если клеймо состоит из одной буквы или цифры, или фигуры, то тавро состоит из четырех символов. Клеймо наносится по желанию владельца сельскохозяйственного животного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z122" w:id="49"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z122" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       третий и четвертый символы (обязательно), итог первых цифр (за исключением последних двух цифр) порядкового номера сельскохозяйственного животного, присвоенного согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3306,51 +3222,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. Для лошади и однокопытных животных это итог цифр с первой по четвертую порядкового номера, для других видов сельскохозяйственных животных итог цифр с первой по шестую порядкового номера. Если в этой сумме первых цифр порядкового номера животного сумма составляет один символ, то на тавро наносится один символ. Если символ будет содержать ноль, то он не наносится на тавро;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       пятый и шестой символы (обязательно), последние две цифры порядкового номера животного, присвоенного согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3447,91 +3363,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="50"/>
+    <w:bookmarkStart w:name="z19" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Электронный способ идентификации (бирки с радиочастотной меткой, болюсы, чипы другие изделия (средства) сельскохозяйственных животных осуществляется согласно соответствующей инструкции по использованию (применению) изделий (средств) для проведения идентификации сельскохозяйственных животных. Номер изделия (средства) для проведения идентификации сельскохозяйственных животных электронного способа идентификации сельскохозяйственных животных не обязательно совпадает с индивидуальным номером животного, но должен дополнительно указан в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ветеринарном паспорте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и внесен в базу данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z20" w:id="51"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z20" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Татуировку животным, за исключением случаев, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3546,112 +3462,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, делают произвольным набором символов на ушных раковинах согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. Татуировку наносят на наружной стороне в нижнем крае уха.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z21" w:id="52"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z21" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Татуировка для поросят, содержащихся в сельскохозяйственных предприятиях, крестьянских и фермерских хозяйствах, и предназначенных для промышленного выращивания, откорма с последующим убоем до достижения девятимесячного возраста, состоит из порядкового номера в опоросе свиньи (родителя с материнской стороны), согласно внутрихозяйственного учета поголовья в сельскохозяйственных предприятиях, крестьянских и фермерских хозяйствах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z22" w:id="53"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z22" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Изделия (средства) для проведения идентификации сельскохозяйственных животных, соответствуют форме, размерам и характеристикам, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z23" w:id="54"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z23" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. При перемещении идентифицированных сельскохозяйственных животных с территории одной административно-территориальной единицы на территорию другой административно-территориальной единицы, ранее присвоенные индивидуальные номера сохраняются с внесением сведений о перемещении сельскохозяйственных животных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3666,71 +3582,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>базу данных</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по идентификации сельскохозяйственных животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z24" w:id="55"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z24" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Импортированным сельскохозяйственным животным, идентифицированным в стране-происхождения, сохраняют ранее присвоенные индивидуальные номера. Данные об импортированных животных после карантинирования заносятся в базу данных с выдачей ветеринарного паспорта в порядке, установленном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3759,126 +3675,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="56"/>
+    <w:bookmarkStart w:name="z26" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения идентификации сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Заместителя Премьер-Министра РК - Министра сельского хозяйства РК от 24.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="57"/>
+    <w:bookmarkStart w:name="z27" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Государственные ветеринарные организации, созданные местными исполнительными органами областей, городов республиканского значения, столицы (далее – ветеринарная организация) определяет потребность в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных и передает информацию в местный исполнительный орган области, города республиканского значения, столицы (далее – местный исполнительный орган):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) до 1 февраля текущего года – по потребности в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных на текущий год;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3971,90 +3887,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="58"/>
+    <w:bookmarkStart w:name="z28" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Местный исполнительный орган на основании информации, полученной согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, определяет и передает в процессинговый центр информацию о потребности в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных по области, городу республиканского значения, столицы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) до 15 февраля текущего года – по потребности в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных на текущий год;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4147,70 +4063,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="59"/>
+    <w:bookmarkStart w:name="z29" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Процессинговый центр проводит эмиссию индивидуальных номеров на основе информации, полученной в соответствии с пунктом 20 настоящих Правил, и доводит ее результаты до сведения местных исполнительных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4229,70 +4145,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="60"/>
+    <w:bookmarkStart w:name="z30" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Местный исполнительный орган области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по мере приобретения изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных и получения от процессингового центра результатов проведенной эмиссии индивидуальных номеров, распределяет ветеринарным организациям, изделия (средства) и атрибуты для проведения идентификации сельскохозяйственных животных, индивидуальные номера лошадей и однокопытных животных согласно их потребности в эмиссии индивидуальных номеров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4385,70 +4301,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="61"/>
+    <w:bookmarkStart w:name="z31" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Местный исполнительный орган города республиканского значения, столицы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по мере приобретения изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных и получения от процессингового центра результатов проведенной эмиссии индивидуальных номеров, передает ветеринарной организации изделия (средства) и атрибуты для проведения идентификации сельскохозяйственных животных, индивидуальные номера лошадей и однокопытных животных согласно их потребности в эмиссии индивидуальных номеров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4595,70 +4511,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="62"/>
+    <w:bookmarkStart w:name="z33" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ветеринарная организация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет время и место проведения идентификации сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4807,51 +4723,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="63"/>
+    <w:bookmarkStart w:name="z34" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Ветеринарная организация при проведении идентификации способами, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4866,71 +4782,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, оформляет ведомость о проведении идентификации сельскохозяйственных животных (далее - ведомость) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z35" w:id="64"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z35" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ветеринарной организации допускается присваивать сельскохозяйственным животным сельскохозяйственных предприятий, крестьянских, фермерских хозяйств индивидуальный номер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       с последующей передачей навесных бирок (для крупных и мелких животных с нанесенными индивидуальными номерами в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5033,150 +4949,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="65"/>
+    <w:bookmarkStart w:name="z37" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. При повреждении или утере изделий (средств) для проведения идентификации сельскохозяйственных животных (в случае невозможности определения индивидуального номера сельскохозяйственного животного), животное изолируется владельцем до проведения сверки индивидуальных номеров других сельскохозяйственных животных с ветеринарными паспортами и базой данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z247" w:id="66"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z247" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если изделия (средства) для проведения идентификации сельскохозяйственных животных были утеряны у нескольких сельскохозяйственных животных, установление индивидуальных номеров сельскохозяйственных животных производится по дополнительным данным, указываемым в ветеринарном паспорте (пол, масть сельскохозяйственного животного, дополнительные признаки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z248" w:id="67"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z248" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В указанных случаях владелец сельскохозяйственных животных обращается в ветеринарную организацию соответствующей административно-территориальной единицы. Установление индивидуальных номеров сельскохозяйственных животных осуществляется в срок не более пяти календарных дней со дня обращения владельца сельскохозяйственных животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z249" w:id="68"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z249" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Повторная идентификация сельскохозяйственных животных по причинам, указанным в настоящем пункте, проводится в порядке, установленном настоящими Правилами, с присвоением сельскохозяйственному животному нового индивидуального номера в срок не более пятнадцати календарных дней со дня обращения владельцем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z250" w:id="69"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z250" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При присвоении сельскохозяйственному животному нового индивидуального номера в базе данных и ветеринарном паспорте отражается соответствующая информация (идентифицировано повторно) с привязкой к предыдущему индивидуальному номеру сельскохозяйственного животного, с указанием причин повторной идентификации сельскохозяйственного животного и принятием мер, предусмотренных в пункте 38 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5195,130 +5111,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="70"/>
+    <w:bookmarkStart w:name="z38" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Идентификация молодняка сельскохозяйственных животных, принадлежащего физическим лицам, осуществляется не менее чем за три рабочих дня до достижения возраста сельскохозяйственного животного, указанного в пункте 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z531" w:id="71"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z531" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Идентификация молодняка сельскохозяйственных животных, принадлежащего сельскохозяйственным предприятиям, крестьянским и фермерским хозяйствам, осуществляется в соответствии с графиком предстоящего отела (окота, опороса), представленным руководителем в соответствующее подразделение местного исполнительного органа, осуществляющее деятельность в области ветеринарии (далее – подразделение МИО), и в ветеринарную организацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z532" w:id="72"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z532" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При идентификации молодняка сельскохозяйственного животного сведения о нем вносятся в базу данных и ветеринарный паспорт с указанием индивидуального номера матери, указанного в ведомости о проведении идентификации сельскохозяйственных животных по форме, установленной в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5391,286 +5307,286 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="73"/>
+    <w:bookmarkStart w:name="z39" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции приказа Министра сельского хозяйства РК от 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="74"/>
+    <w:bookmarkStart w:name="z40" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Государственная услуга оказывается ветеринарными организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z257" w:id="75"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z257" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для получения государственной услуги физическое или юридическое лицо (далее – услугополучатель) предоставляет в ветеринарную организацию, либо посредством портала, заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z258" w:id="76"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z258" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги "Выдача ветеринарного паспорта" изложен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 6-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z259" w:id="77"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z259" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документе, удостоверяющем личность физического лица, о регистрации (перерегистрации) юридического лица, о регистрации индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, ветеринарная организация получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z260" w:id="78"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z260" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче заявления посредством портала, услугополучатель заполняет на портале электронную форму заявления. Сведения об индивидуальном номере, поле, масти, кличке сельскохозяйственного животного, о способе идентификации, услугополучатель получает из базы данных путем направления запроса в базу данных. После поступления запроса, база данных автоматически обрабатывает и формирует список сельскохозяйственных животных, зарегистрированных в базе данных за услугополучателем. Услугополучатель из сформированного списка сельскохозяйственных животных выбирает сельскохозяйственное(ые) животное(ые) для получения ветеринарного паспорта. После заполнения электронной формы заявления, услугополучатель подписывает заявление посредством ЭЦП и направляет через портал в ветеринарную организацию для получения ветеринарного паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z261" w:id="79"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z261" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационное взаимодействие портала и информационных систем осуществляется согласно статье 43 Закона Республики Казахстан "Об информатизации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z262" w:id="80"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z262" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях представления услугополучателем неполного пакета документов, предусмотренных Перечнем, и (или) документов с истекшим сроком действия ветеринарная организация отказывает в приеме заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5689,130 +5605,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="81"/>
+    <w:bookmarkStart w:name="z211" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31-1. Работник ветеринарной организации в день поступления осуществляет регистрацию заявления и направляет его руководителю ветеринарной организации, которым назначается ответственный сотрудник ветеринарной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z263" w:id="82"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z263" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляются в ближайший следующий за ним рабочий день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z264" w:id="83"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z264" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждением принятия заявления на бумажном носителе в ветеринарной организации является отметка на его копии о регистрации с указанием даты и времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z265" w:id="84"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z265" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения услугополучателя через портал, в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5851,71 +5767,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="85"/>
+    <w:bookmarkStart w:name="z212" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31-2. Ответственный сотрудник ветеринарной организации в течение 1 (одного) рабочего дня с момента регистрации заявления проверяет его на предмет полноты и соответствия требованиям настоящих Правил, а также проверяет индивидуальный номер сельскохозяйственного животного в базе данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z266" w:id="86"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z266" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае предоставления услугополучателем заявления с указанием неполных сведений, либо по основаниям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5930,51 +5846,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня, ответственный сотрудник ветеринарной организации оформляет мотивированный отказ в оказании государственной услуги по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и направляет услугополучателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6013,150 +5929,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="87"/>
+    <w:bookmarkStart w:name="z213" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31-3. В случае предоставления услугополучателем заявления с указанием полных сведений, а также при отсутствии оснований для отказа в оказании государственной услуги, ответственный сотрудник ветеринарной организации оформляет ветеринарный паспорт по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z267" w:id="88"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z267" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринарный паспорт и сведения в нем формируются ответственным сотрудником ветеринарной организации в базе данных в электронном виде и удостоверяются ЭЦП уполномоченного лица ветеринарной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z268" w:id="89"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z268" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя в ветеринарную организацию, ветеринарный паспорт распечатывается из базы данных, и выдается услугополучателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z269" w:id="90"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z269" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя через портал, в "личный кабинет" услугополучателя направляется ветеринарный паспорт, либо мотивированный отказ в оказании государственной услуги, в форме электронного документа, удостоверенного ЭЦП уполномоченного лица ветеринарной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6195,110 +6111,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="91"/>
+    <w:bookmarkStart w:name="z41" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Ветеринарный паспорт на сельскохозяйственных животных выдается индивидуально. По выбору услугополучателя допускается выдача ветеринарного паспорта на группу (отару) мелкого рогатого скота и свиней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z270" w:id="92"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z270" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер ветеринарного паспорта соответствует индивидуальному номеру сельскохозяйственных животных, указанному в пунктах 3, 4, 5 и 5-1 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z271" w:id="93"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z271" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выдаче ветеринарного паспорта на группу (отару) мелкого рогатого скота, свиней в номере ветеринарного паспорта указываются первые четыре символа индивидуального номера соответствующего вида сельскохозяйственных животных, указанных в пунктах 3 и 5 настоящих Правил, и количество сельскохозяйственных животных в группе (отаре). В ветеринарный паспорт заносятся индивидуальные номера каждого сельскохозяйственного животного группы (отары).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6371,70 +6287,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="94"/>
+    <w:bookmarkStart w:name="z43" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Сведения о проведенных ветеринарных обработках и диагностических исследованиях сельскохозяйственного животного и другие сведения о сельскохозяйственном животном (пол, масть, возраст сельскохозяйственного животного, дополнительные признаки) заносятся в базу данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6453,130 +6369,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="95"/>
+    <w:bookmarkStart w:name="z44" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Последующее обновление данных ветеринарного паспорта осуществляется в процессе проведения ветеринарных мероприятий, смены владельца, при перемещении сельскохозяйственных животных с территории одной административно-территориальной единицы на территорию другой административно-территориальной единицы и в других случаях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z45" w:id="96"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z45" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. При выбытии сельскохозяйственных животных ветеринарный паспорт передается новому владельцу сельскохозяйственного животного. По прибытию сельскохозяйственного животного в пункт назначения оформляется ветеринарный паспорт без изменения имеющегося индивидуального номера сельскохозяйственного животного.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z272" w:id="97"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z272" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выбытии части группы (отары) мелкого рогатого скота, свиней при наличии ветеринарного паспорта, оформленного на группу (отару) мелкого рогатого скота, свиней, новому владельцу выдается выписка из ветеринарного паспорта. По прибытию мелкого рогатого скота, свиней в пункт назначения, оформляется ветеринарный паспорт без изменения имеющегося индивидуального номера сельскохозяйственного животного.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z273" w:id="98"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z273" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Соответствующие сведения вносятся в базу данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6595,70 +6511,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="99"/>
+    <w:bookmarkStart w:name="z46" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. После убоя сельскохозяйственных животных на убойных площадках (площадках по убою), убойных пунктах и мясоперерабатывающих предприятиях ветеринарные паспорта и изделия (средства) для проведения идентификации сельскохозяйственных животных передаются по описи ветеринарной организации соответствующей административно-территориальной единицы ветеринарными врачами убойных площадок (площадок по убою), убойных пунктов и мясоперерабатывающих предприятий, а при убое сельскохозяйственных животных для личного потребления - владельцами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6677,70 +6593,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="100"/>
+    <w:bookmarkStart w:name="z47" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. При гибели животного, а также возникновении случаев, предусмотренных в пункте 29 настоящих Правил, ветеринарные паспорта и изделия (средства) для проведения идентификации сельскохозяйственных животных уничтожаются ветеринарными организациями с направлением соответствующей информации в подразделения местных исполнительных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6759,70 +6675,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="101"/>
+    <w:bookmarkStart w:name="z48" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. При утере или порче ветеринарного паспорта, оформленного в бумажной форме, выдается ветеринарный паспорт в порядке, установленном настоящими Правилами. Утерянные, испорченные ветеринарные паспорта, оформленные в бумажной форме, считаются недействительными со дня подачи владельцами сельскохозяйственных животных заявления по форме согласно приложению 6 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6841,70 +6757,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="102"/>
+    <w:bookmarkStart w:name="z274" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39-1. При изменений данных (сведений), указанных в выданном ветеринарном паспорте, на основании заявления услугополучателя по форме согласно приложению 6 к настоящим Правилам выдается новый ветеринарный паспорт в порядке, установленном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6923,90 +6839,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="103"/>
+    <w:bookmarkStart w:name="z49" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. При необходимости для получения выписки из ветеринарного паспорта, оформленного на группу (отару) мелкого рогатого скота, свиней, услугополучатель предоставляет в ветеринарную организацию, либо посредством портала, заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ответственный сотрудник ветеринарной организации в течение тридцати минут рассматривает заявление и выдает выписку из ветеринарного паспорта по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7083,70 +6999,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="104"/>
+    <w:bookmarkStart w:name="z214" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40-1. Отказ в оказании государственной услуги осуществляется по основаниям, указанным в пункте 9 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7233,90 +7149,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       40-2. Ветеринарная организация обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг согласно подпункту 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона о государственных услугах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z276" w:id="105"/>
+    <w:bookmarkStart w:name="z276" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство сельского хозяйства Республики Казахстан (далее – Министерство) предоставляет информацию о порядке оказания государственной услуги в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z277" w:id="106"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z277" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство в течение трех рабочих дней с даты утверждения нормативного правового акта о внесении изменений и (или) дополнений в настоящие Правила направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила услугодателю, оператору информационно-коммуникационной инфраструктуры "электронного правительства" и в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7355,166 +7271,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="107"/>
+    <w:bookmarkStart w:name="z218" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) ветеринарных организаций и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 4 в соответствии с приказом Министра сельского хозяйства РК от 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="108"/>
+    <w:bookmarkStart w:name="z219" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Жалоба на решение, действие (бездействие) ветеринарной организации подается на имя руководителя ветеринарной организации, местного исполнительного органа, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z278" w:id="109"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z278" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае поступления жалобы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) ветеринарная организация направляет ее в орган, рассматривающий жалобу, не позднее 3 (трех) рабочих дней со дня поступления. Жалоба ветеринарной организацией не направляется в орган, рассматривающий жалобу, в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7533,270 +7449,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="110"/>
+    <w:bookmarkStart w:name="z220" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Жалоба услугополучателя в соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о государственных услугах подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z221" w:id="111"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z221" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеринарной организацией, местным исполнительным органом – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z222" w:id="112"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z222" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z223" w:id="113"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z223" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Срок рассмотрения жалобы ветеринарной организацией, местным исполнительным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z224" w:id="114"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z224" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z225" w:id="115"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z225" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z226" w:id="116"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z226" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z227" w:id="117"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z227" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8045,68 +7961,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="118"/>
+    <w:bookmarkStart w:name="z280" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Литерные и цифровые коды Республики Казахстан, областей, городов республиканского значения, столицы, закрепленные для проведения идентификации сельскохозяйственных животных, а также цифровые коды для сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11363,230 +11279,230 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Шымкент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z391" w:id="119"/>
+    <w:bookmarkStart w:name="z391" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифровые коды для сельскохозяйственных животных:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z392" w:id="120"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z392" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 – крупный рогатый скот</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z393" w:id="121"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z393" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2 – мелкий рогатый скот</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z394" w:id="122"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z394" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3 – свиньи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z395" w:id="123"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z395" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4 – лошади</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z396" w:id="124"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z396" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5 – верблюды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z397" w:id="125"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z397" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6 – однокопытные животные</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z398" w:id="126"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z398" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7 – маралы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z529" w:id="127"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z529" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8 – бизоны, имеющие непосредственное отношение к сельскохозяйственному производству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -11749,80 +11665,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z400" w:id="128"/>
+    <w:bookmarkStart w:name="z400" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринариялық паспорт</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ветеринарный паспорт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 – в редакции приказа и.о. Министра сельского хозяйства РК от 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12062,64 +11978,64 @@
               <w:t>города республиканского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения, столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z533" w:id="129"/>
+      <w:bookmarkStart w:name="z533" w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринариялық паспорттың нөмipi/Номер ветеринарного паспорта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________*</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12429,80 +12345,80 @@
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z534" w:id="130"/>
+          <w:bookmarkStart w:name="z534" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="137"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13342,64 +13258,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z564" w:id="131"/>
+      <w:bookmarkStart w:name="z564" w:id="138"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берiлген күнi 20 __ жылғы __ _______/Дата выдачи __ _____ 20 _ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Электрондық құжаттың түпнұсқалығын Сіз www.egov.kz сайтында, сондай-ақ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13424,70 +13340,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Проверить подлинность электронного документа Вы можете на сайте www.egov.kz,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а также посредством мобильного приложения веб-портала "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z565" w:id="132"/>
+    <w:bookmarkStart w:name="z565" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5651500" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -13515,64 +13431,64 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z566" w:id="133"/>
+      <w:bookmarkStart w:name="z566" w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Қазақстан Республикасы Заңының 7-бабы 1-тармағына сәйкес қағаз жеткізгіштегі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13640,64 +13556,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документу на бумажном носителе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z567" w:id="134"/>
+      <w:bookmarkStart w:name="z567" w:id="141"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе/ Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>* ветеринариялық паспорттың нөмipi ауыл шаруашылығы жануарының жеке нөмiрiне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17169,92 +17085,92 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 в редакции приказа и.о. Министра сельского хозяйства РК от 22.04.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="135"/>
+    <w:bookmarkStart w:name="z57" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Формы, размеры и характеристика изделий (средств) для проведения идентификации сельскохозяйственных животных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Формы и размеры бирок для проведения идентификации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17607,100 +17523,100 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рисунок 2. Навесная бирка на ухо для мелких животных (мелкий рогатый скот, свиньи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="136"/>
+    <w:bookmarkStart w:name="z60" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Характеристика изделий (средств) для проведения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>идентификации сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z61" w:id="137"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z61" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Изделия (средства) для проведения идентификации сельскохозяйственных животных изготавливаются производителями, чья сертифицированная продукция представлена на интернет-ресурсе Международного комитета по ведению записей о животных (ICAR):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) образцы закупаемых изделий (средств) для проведения идентификации сельскохозяйственных животных - навесных бирок для крупных животных (крупного рогатого скота, верблюдов) и для мелких животных (мелкого рогатого скота, свиней) опубликовываются на сайте www.icar.org в таблице машиночитаемых навесных бирок сертифицированных ICAR для соответствующих видов животных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18191,68 +18107,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="138"/>
+    <w:bookmarkStart w:name="z65" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ведомость о проведении идентификации сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 – в редакции приказа и.о. Министра сельского хозяйства РК от 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22008,108 +21924,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бизнес-идентификационный номер)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адрес _________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z456" w:id="139"/>
+    <w:bookmarkStart w:name="z456" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z457" w:id="140"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z457" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать ветеринарный паспорт __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z458" w:id="141"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z458" w:id="148"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (указать по результатам проведения идентификации сельскохозяйственных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22117,264 +22033,264 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       животных или утери ветеринарного паспорта или изменении данных (сведений),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             указанных в выданном ветеринарном паспорте)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z459" w:id="142"/>
+    <w:bookmarkStart w:name="z459" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вид сельскохозяйственного животного _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z460" w:id="143"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z460" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индивидуальный(ые) номер(а) сельскохозяйственного(ых) животного(ых):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z461" w:id="144"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z461" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z462" w:id="145"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z462" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Способ выдачи ветеринарного паспорта_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z463" w:id="146"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z463" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z464" w:id="147"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z464" w:id="154"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (для мелких животных – указать индивидуально на животное или на</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         группу (отару) животных)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z465" w:id="148"/>
+    <w:bookmarkStart w:name="z465" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контактные телефоны ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z466" w:id="149"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z466" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электронный адрес (при его наличии)_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z467" w:id="150"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z467" w:id="157"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность предоставленной информации, осведомлен об</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ответственности за предоставление недостоверных сведений в соответствии с</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22382,127 +22298,127 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством Республики Казахстан и даю согласие на использование сведений,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>составляющих охраняемую законом тайну, а также на сбор, обработку персональных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z468" w:id="151"/>
+    <w:bookmarkStart w:name="z468" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись/Электронная цифровая подпись услугополучателя или его представителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z469" w:id="152"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z469" w:id="159"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z470" w:id="153"/>
+    <w:bookmarkStart w:name="z470" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -22600,80 +22516,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам идентификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сельскохозяйственных животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z232" w:id="154"/>
+    <w:bookmarkStart w:name="z232" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача ветеринарного паспорта"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 6-1 в соответствии с приказом Министра сельского хозяйства РК от 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24416,68 +24332,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z235" w:id="155"/>
+    <w:bookmarkStart w:name="z235" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мотивированный отказ в оказании государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 6-2 в соответствии с приказом Министра сельского хозяйства РК от 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25232,228 +25148,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адрес __________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z472" w:id="156"/>
+    <w:bookmarkStart w:name="z472" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                          Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z473" w:id="157"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z473" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать выписку из ветеринарного паспорта №____ от ___________20____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z474" w:id="158"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z474" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индивидуальный номер сельскохозяйственного животного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z475" w:id="159"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z475" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z476" w:id="160"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z476" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z477" w:id="161"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z477" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z478" w:id="162"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z478" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Контактные телефоны ____________________ Электронный адрес (при его наличии) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z479" w:id="163"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z479" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z480" w:id="164"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z480" w:id="171"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации, осведомлен об ответственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за представление недостоверных сведений в соответствии с законодательством Республики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25461,127 +25377,127 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан и даю согласие на использование сведений, составляющих охраняемую законом тайну,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а также на сбор, обработку персональных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z481" w:id="165"/>
+    <w:bookmarkStart w:name="z481" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись/Электронная цифровая подпись услугополучателя или его представителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z482" w:id="166"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z482" w:id="173"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z483" w:id="167"/>
+    <w:bookmarkStart w:name="z483" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -25982,126 +25898,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города республиканского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения, столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z487" w:id="168"/>
+    <w:bookmarkStart w:name="z487" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Ветеринариялық паспорттан үзінді көшірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z488" w:id="169"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z488" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Выписка из ветеринарного паспорта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z489" w:id="170"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z489" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 __ жылғы "____" _______ № _____ / №______ от "__" _____ 20 _ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z490" w:id="171"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z490" w:id="178"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануары иесiнiң аты, әкесінің аты (бар болса), тегі немесе атауы,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі /Фамилия, имя, отчество (при</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -26132,64 +26048,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z491" w:id="172"/>
+      <w:bookmarkStart w:name="z491" w:id="179"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануары иесінің мекенжайы/Адрес владельца</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сельскохозяйственного животного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -26203,177 +26119,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z492" w:id="173"/>
+      <w:bookmarkStart w:name="z492" w:id="180"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануарының түpi/Вид сельскохозяйственного животного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z493" w:id="174"/>
+    <w:bookmarkStart w:name="z493" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануары туралы деректер/Данные о сельскохозяйственном животном:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z494" w:id="175"/>
+          <w:bookmarkStart w:name="z494" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="175"/>
+          <w:bookmarkEnd w:id="182"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27107,164 +27023,164 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z521" w:id="176"/>
+    <w:bookmarkStart w:name="z521" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берiлген күнi 20 __ жылғы __ _______/Дата выдачи __ _____ 20 _ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z522" w:id="177"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z522" w:id="184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық құжаттың түпнұсқалығын Сіз egov.kz сайтында, сондай-ақ "электрондық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>үкімет" веб-порталының мобильді қосымшасы арқылы тексере аласыз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z523" w:id="178"/>
+      <w:bookmarkStart w:name="z523" w:id="185"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проверить подлинность электронного документа Вы можете на egov.kz, а также посредством</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мобильного приложения веб-портала "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z524" w:id="179"/>
+    <w:bookmarkStart w:name="z524" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5651500" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId34"/>
                     <a:stretch>
@@ -27306,195 +27222,195 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z525" w:id="180"/>
+      <w:bookmarkStart w:name="z525" w:id="187"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республикасы Заңының 7-бабы 1-тармағына сәйкес қағаз жеткізгіштегі құжатпен бірдей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z526" w:id="181"/>
+      <w:bookmarkStart w:name="z526" w:id="188"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Данный документ согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона Республики Казахстан "Об</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>электронном документе и электронной цифровой подписи" равнозначен документу на</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z527" w:id="182"/>
+    <w:bookmarkStart w:name="z527" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе/ Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z528" w:id="183"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z528" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * асыл тұқымды жануардың жеке нөмірі/индивидуальный номер племенных животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>