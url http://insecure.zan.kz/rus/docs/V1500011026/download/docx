--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9d7815a" w14:textId="9d7815a">
+    <w:p w14:paraId="50586fe" w14:textId="50586fe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1164,5010 +1164,4592 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z130" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z131" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) руководители – лица, занимающие нижеперечисленные должности в организациях, в которых:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z358" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Производство, передача электрической и тепловой энергии является основным видом деятельности, в том числе системного оператора:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z359" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - первый руководитель (председатель правления, генеральный директор, директор);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z360" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - заместитель первого руководителя по техническим вопросам, по производству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z361" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - главный инженер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z362" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - руководитель службы (отдела) безопасности и охраны труда организаций (при отсутствии руководителя службы (отдела) безопасности и охраны труда лицо, ответственное за обеспечение внутреннего контроля за соблюдением требований безопасности и охраны труда организации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z363" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - должностное лицо, осуществляющее производственный контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z364" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Производство, передача электрической и тепловой энергии является не основным видом деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z365" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - руководитель по энергетической части;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z366" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - заместитель руководителя по энергетической части;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z367" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - главный инженер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z368" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - руководитель службы (отдела) безопасности и охраны труда организаций (при отсутствии руководителя службы (отдела) безопасности и охраны труда лицо, ответственное за обеспечение внутреннего контроля за соблюдением требований безопасности и охраны труда организации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z369" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - должностное лицо, осуществляющее производственный контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z133" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) квалификационная проверка знаний – проверка знаний персонала энергетической организации требований нормативных правовых актов в областях электроэнергетики и/или теплоэнергетики, относящихся к их компетенции, для присвоения, повышения или подтверждения группы допуска по электробезопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z134" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) специалисты – лица, осуществляющие руководство оперативным, оперативно-ремонтным, ремонтным персоналом, а также руководители филиалов, цехов, служб, отделов организаций, осуществляющих производство, передачу электрической и тепловой энергии, для выполнения работы которыми требуется получение допуска в соответствии с нормативными правовыми актами в области электроэнергетики, за исключением лиц, перечисленных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z135" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электротехнический персонал – оперативный, оперативно-ремонтный, ремонтный персонал, непосредственно осуществляющий руководство и (или) эксплуатацию, монтаж, наладку, техническое обслуживание, ремонт, управление режимом работы в энергетических организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z136" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) неэлектротехнический персонал – персонал, не попадающий под определение "электротехнического", "электротехнологического" персонала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z137" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) электротехнологический персонал – персонал, у которого в обслуживаемом им технологическом процессе основной составляющей является электрическая энергия, а также использующий в работе ручные электрические машины, электросварку, светильники, измерительные приборы и переносные электроинструменты, а также работники электролабораторий, для которых должностной инструкцией или инструкцией по охране труда установлено знание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> техники безопасности при эксплуатации электроустановок, утвержденных приказом Министра энергетики Республики Казахстан от 31 марта 2015 года № 253 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10907) (далее – Правила техники безопасности при эксплуатации электроустановок);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z320" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кандидат на должность руководителя - лицо, которое планируется назначить на должность руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами Министра энергетики РК от 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Группа допуска по электробезопасности присваивается в соответствии с Правилами техники безопасности при эксплуатации электроустановок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z139" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Квалификационная проверка знаний является основным способом определения соответствия уровня профессиональной подготовки руководителей и специалистов организаций для присвоения, повышения или подтверждения соответствующей группы допуска по электробезопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z140" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Квалификационная проверка знаний подразделяется на три основных вида:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z141" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) первичная проверка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z142" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) периодическая (очередная) проверка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z143" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) внеочередная проверка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z144" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основанием для проведения первичной квалификационной проверки знаний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z322" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - для кандидатов на должность руководителя (далее – кандидат) является направление организации на прохождение квалификационной проверки знаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z323" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - для электротехнического и электротехнологического персонала является распорядительный документ (приказ) руководства организации о приеме или переводе работника на соответствующую должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z324" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первичная квалификационная проверка знаний для кандидатов проводится до назначения на должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z325" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первичная квалификационная проверка знаний для электротехнического и электротехнологического персонала проводится после завершения обучения и стажировки в срок не позднее одного месяца после назначения на должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...223 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра энергетики РК от 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Сроки проведения периодической (очередной) и внеочередной квалификационной проверки знаний определяются в пределах сроков, установленных настоящими Правилами, и оформляются соответствующим распорядительным документом (приказом) руководителя организации с учетом каждого рабочего места и даты последней квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z147" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Основанием для проведения периодической (очередной) квалификационной проверки знаний является окончание срока, установленного в соответствии с настоящими Правилами для периодических квалификационных проверок знаний. Назначение периодической квалификационной проверки знаний для работников осуществляется ежегодным (до первого декабря) приказом технического руководителя организации (подразделения, при наличии на это полномочий). К приказу прилагается список лиц организации, подлежащих периодической квалификационной проверки знаний, в виде графика с указанием срока по каждому проверяемому лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z148" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок периодической (очередной) квалификационной проверки знаний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z327" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) не реже одного раза в три года, для: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z328" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - руководителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z329" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - специалистов служб безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z330" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не реже одного раза в год, для:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z331" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - электротехнического и электротехнологического персонала, в том числе для руководителей и специалистов, имеющих право ведения оперативных переговоров и переключений, за исключением административно-технического персонала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции приказа Министра энергетики РК от 26.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра энергетики РК от 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 327-н/қ</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z151" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) квалификационная проверка знаний – проверка знаний персонала энергетической организации требований нормативных правовых актов в области электроэнергетики, относящихся к их компетенции, для присвоения, повышения или подтверждения группы допуска по электробезопасности;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="19"/>
+      10. Назначенные сроки проведения квалификационной проверки знаний работника продлеваются руководителем организации с момента их окончания, но не более чем на месяц по уважительным причинам (болезнь, командировка, отпуск, обучение в учебных заведениях) при документальном подтверждении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z152" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Условиями для назначения внеочередной квалификационной проверки знаний являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z153" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) составление акта расследования технологического нарушения, по результатам которого комиссией выявлены нарушения требований правовых актов в области электроэнергетики со стороны персонала, приведшие к технологическому нарушению, несчастному случаю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z154" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) решение технического руководителя организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z155" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) специалисты – лица, осуществляющие руководство оперативным, оперативно-ремонтным, ремонтным персоналом, а также руководители филиалов, цехов, служб, отделов организаций, осуществляющих производство, передачу электрической и тепловой энергии, для выполнения работы которыми требуется получение допуска в соответствии с нормативными правовыми актами в области электроэнергетики, за исключением лиц, перечисленных в </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z135" w:id="20"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) указания о принятии мер по устранению выявленных нарушений по безопасности и охране труда работников службы (отдела) безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z332" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) электротехнический персонал – оперативный, оперативно-ремонтный, ремонтный персонал, непосредственно осуществляющий руководство и (или) эксплуатацию, монтаж, наладку, техническое обслуживание, ремонт, управление режимом работы в энергетических организациях;</w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      4) выдача предписания или направление рекомендации от государственного органа по государственному энергетическому надзору и контролю, при выявлении нарушений требований правовых актов в области электроэнергетики или теплоэнергетики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом Министра энергетики РК от 25.11.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменениями, внесенными приказами Министра энергетики РК от 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="24"/>
+    <w:bookmarkStart w:name="z156" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Группа допуска по электробезопасности присваивается в соответствии с Правилами техники безопасности при эксплуатации электроустановок.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="25"/>
+      12. К основаниям для назначения внеочередной квалификационной проверки знаний относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z157" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Квалификационная проверка знаний является основным способом определения соответствия уровня профессиональной подготовки руководителей и специалистов организаций для присвоения, повышения или подтверждения соответствующей группы допуска по электробезопасности.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z140" w:id="26"/>
+      1) введение в действие нового правового акта в области электроэнергетики, внесение изменений и дополнений в правовые акты в области электроэнергетики, если нормы этих актов вносят изменения в деятельность работника организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z158" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Квалификационная проверка знаний подразделяется на три основных вида:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="27"/>
+      2) акт расследования несчастного случая на производстве, по результатам которого комиссией по расследованию несчастного случая выявлены нарушения требований правовых актов в области электроэнергетики со стороны персонала, приведшие к несчастному случаю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z159" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) первичная проверка;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="28"/>
+      3) факт ошибочных действий персонала организации, в том числе по настройке устройств автоматики, релейной или технологической защиты, в результате которых произошло повреждение оборудования (электроустановок, зданий, сооружений), нарушение установленного режима производства, передачи, потребления электрической, тепловой энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z160" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) периодическая (очередная) проверка;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="29"/>
+      4) факт ошибочных действий персонала при проектировании, строительно-монтажных, ремонтных, пуско-наладочных, экспертных работах, в том числе при испытаниях и измерениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z161" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) внеочередная проверка.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z144" w:id="30"/>
+      5) отсутствие контроля и принятия мер, по выявленным нарушениям при работах в области электроэнергетики в организации, со стороны технических руководителей, работников служб безопасности и охраны труда организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z162" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Основанием для проведения первичной квалификационной проверки знаний:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z322" w:id="31"/>
+      6) отсутствие контроля и принятия мер, в отношении технического руководителя организации при отсутствии им принятия решения при вводе в эксплуатацию оборудования (нового или после его реконструкции), изменении электрических и технологических схем, если это приводит к изменениям в деятельности работника организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z163" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - для кандидатов на должность руководителя (далее – кандидат) является направление организации на прохождение квалификационной проверки знаний;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z323" w:id="32"/>
+      7) отсутствие контроля и принятия мер, по выявленным нарушениям при работах в области электроэнергетики со стороны специалистов экспертных, проектных организаций в области электроэнергетики, в том числе лабораторий (электролабораторий) по изменениям и испытаниям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z333" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - для электротехнического и электротехнологического персонала является распорядительный документ (приказ) руководства организации о приеме или переводе работника на соответствующую должность.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z324" w:id="33"/>
+      8) нарушение установленных настоящими Правилами сроков по прохождению первичной или периодической (очередной) квалификационной проверки знаний без уважительной причины, а также неподтверждение своей квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z370" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Первичная квалификационная проверка знаний для кандидатов проводится до назначения на должность.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      9) невыполнение подчиненным оперативно-диспетчерским персоналом субъектов оптового рынка электрической энергии распоряжений вышестоящего оперативно-диспетчерского персонала системного оператора по режимам производства, передачи и потребления электрической энергии, выявленное государственным органом по энергетическому надзору и контролю по результатам государственного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра энергетики РК от 25.11.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменениями, внесенными приказами Министра энергетики РК от 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="35"/>
+    <w:bookmarkStart w:name="z164" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Сроки проведения периодической (очередной) и внеочередной квалификационной проверки знаний определяются в пределах сроков, установленных настоящими Правилами, и оформляются соответствующим распорядительным документом (приказом) руководителя организации с учетом каждого рабочего места и даты последней квалификационной проверки знаний.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z147" w:id="36"/>
+      13. Основаниями для назначения внеочередной квалификационной проверки знаний по результатам акта расследования технологического нарушения являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z165" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Основанием для проведения периодической (очередной) квалификационной проверки знаний является окончание срока, установленного в соответствии с настоящими Правилами для периодических квалификационных проверок знаний. Назначение периодической квалификационной проверки знаний для работников осуществляется ежегодным (до первого декабря) приказом технического руководителя организации (подразделения, при наличии на это полномочий). К приказу прилагается список лиц организации, подлежащих периодической квалификационной проверки знаний, в виде графика с указанием срока по каждому проверяемому лицу.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z148" w:id="37"/>
+      1) выявленные комиссией допущенные нарушения норм безопасности при работах в энергетических установках со стороны персонала организации, осуществляющей деятельность по производству, передаче электрической, тепловой энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z166" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Срок периодической (очередной) квалификационной проверки знаний:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z327" w:id="38"/>
+      2) выявленные комиссией допущенные нарушения норм безопасности при работах в энергетических установках со стороны работников сторонних организаций, в том числе командированного персонала, при выполнении работ в области электроэнергетики (строительно-монтажные, ремонтные, пуско-наладочные, экспертные работы, в том числе измерения и испытания).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z167" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. К основаниям для назначения внеочередной квалификационной проверки знаний, по решению технического руководителя организации относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z168" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не исполнение должностных обязанностей на занимаемой должности в течение срока более шести календарных месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z169" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ввод в эксплуатацию оборудования (нового или после его реконструкции), изменения электрических и технологических схем, если это приводит к изменениям в деятельности работника организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z170" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в результате контроля и принятия мер, по выявленным нарушениям при работах в области электроэнергетики в организации, со стороны руководителей, работников служб безопасности и охраны труда организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z171" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нарушения требований правовых актов в области электроэнергетики, повлекшие для физических лиц (персонала) травму, профессиональное заболевание, внезапное ухудшение здоровья или отравление, в результате которых наступает временная или стойкая утрата трудоспособности, профессиональное заболевание либо смерть;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z172" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) не реже одного раза в три года, для: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z328" w:id="39"/>
+      5) случаи, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z173" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Основания, перечисленные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, по назначению внеочередной квалификационной проверки знаний являются полными и исчерпывающими.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z174" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - руководителей;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z329" w:id="40"/>
+      16. Внеочередная квалификационная проверка знаний не отменяет сроков периодической квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z175" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - специалистов служб безопасности и охраны труда.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z330" w:id="41"/>
+      17. В период, с момента назначения внеочередной квалификационной проверки знаний до даты подтверждения квалификации, лицо приравнивается к неэлектротехническому персоналу и не допускается к выполнению должностных обязанностей по занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z176" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) не реже одного раза в год, для:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z331" w:id="42"/>
+      18. В случае проведения внеочередной квалификационной проверки знаний и не подтверждения квалификации, лицо приравнивается к неэлектротехническому персоналу с переводом на другую должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z177" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения квалификационных проверок знаний руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z178" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - электротехнического и электротехнологического персонала, в том числе для руководителей и специалистов, имеющих право ведения оперативных переговоров и переключений, за исключением административно-технического персонала.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      19. Квалификационная проверка знаний руководителей осуществляется Комитетом атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z179" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Ежегодно, в срок до 1 декабря, организации направляют услугодателю список руководителей, подлежащих квалификационной проверке знаний правил технической эксплуатации и правил техники безопасности у руководителей, специалистов организаций, осуществляющих производство, передачу электрической и тепловой энергии, для контроля технического состояния и безопасности эксплуатации электроустановок на следующий календарный год по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z180" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При приеме на работу или увольнении руководителя информация о принятых (уволенных) руководителях направляется услугодателю по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в течение 15 календарных дней со дня принятия (увольнения) руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z181" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Для прохождения квалификационной проверки знаний физическое лицо (далее – услугополучатель) для получения государственной услуги направляет услугодателю документы, необходимые для оказания государственной услуги, указанные в пункте 8 перечня основных требований к оказанию государственной услуги "Квалификационная проверка знаний правил технической эксплуатации и правил техники безопасности у руководителей, специалистов организаций, осуществляющих производство, передачу электрической и тепловой энергии, для контроля технического состояния и безопасности эксплуатации электроустановок" (далее – перечень основных требований к оказанию государственной услуги), приведенного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал) не позднее 30 (тридцати) календарных дней до даты истечения срока квалификационной проверки знаний. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения документов, удостоверяющих личность, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в перечне основных требований к оказанию государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале прием электронного запроса осуществляется в "личном кабинете" услугополучателя. Документы представляются в виде электронных копий документов, удостоверенных ЭЦП услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем документов, указанных в пункте 8 перечня основных требований к оказанию государственной услуги, подтверждением принятия заявления через портал является статус о принятии запроса, который отображается в "личном кабинете" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра энергетики РК от 25.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 415</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа Министра энергетики РК от 09.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="43"/>
+    <w:bookmarkStart w:name="z186" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Назначенные сроки проведения квалификационной проверки знаний работника продлеваются руководителем организации с момента их окончания, но не более чем на месяц по уважительным причинам (болезнь, командировка, отпуск, обучение в учебных заведениях) при документальном подтверждении.</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z155" w:id="47"/>
+      22. В день поступления заявления сотрудник канцелярии услугодателя осуществляет прием и регистрацию документов с присвоением регистрационного номера, даты и передает зарегистрированные документы руководителю услугодателя, который определяет ответственного исполнителя структурного подразделения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      При обращении заявителя после окончания рабочего времени, в выходные и праздничные дни, на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудового</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодекса Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1. В течение 2 (двух) рабочих дней с момента регистрации документов в канцелярии услугодателя ответственный исполнитель проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При представлении услугополучателем неполного пакета документов услугодатель в указанные сроки направляет в "личный кабинет" услугополучателя мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При представлении услугополучателем полного пакета документов и отсутствия документов с истекшим сроком действия услугодателем в течение 2 (двух) рабочих дней в "личный кабинет" услугополучателя направляется уведомление по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам о дате, времени и месте прохождения тестирования, или мотивированный отказ в оказании государственной услуги по форме, предусмотренной частью второй настоящего пункта, по основаниям, указанным в пункте 9 перечня основных требований к оказанию государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-1 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 09.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-2. В случае устранения услугополучателем причин отказа в оказании государственной услуги, услугополучатель обращается повторно для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z280" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае отзыва документов услугополучателем услугодатель направляет в течение 2 (двух) рабочих дней в "личный кабинет" услугополучателя уведомление о прекращении рассмотрения заявления по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...165 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-2 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z281" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-3. Квалификационная проверка знаний проводится в течение 5 (пяти) рабочих дней со дня поступления уведомления услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z282" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тестирование проводится на местах, предоставленных услугодателем и территориальными структурными подразделениями услугодателя, автоматизированным компьютерным способом на государственном или русском языках по выбору услугополучателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z283" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иностранные лица (нерезиденты), которым необходимо пройти квалификационную проверку знаний, проходят ее на общих основаниях в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 8) предусматривается в редакции приказа Министра энергетики РК от 26.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-3 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 327-н/қ</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z284" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) нарушение установленных настоящими Правилами сроков по прохождению первичной или периодической (очередной) квалификационной проверки знаний без уважительной причины, а также не подтверждение своей квалификации.</w:t>
+      22-4. Услугополучатель допускается к тестированию при предъявлении документа, удостоверяющего личность, либо электронного документа из сервиса цифровых документов (для идентификации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во время тестирования услугополучатели не переговариваются между собой, не пользуются какими-либо вспомогательными информационными материалами (справочной, специальной литературой), средствами связи и записями на электронном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обнаружении факта нарушения порядка прохождения тестирования, тестирование услугополучателя прекращается. По факту данного нарушения оформляется акт о нарушении порядка прохождения тестирования по форме, согласно приложению 8 к настоящим Правилам, и услугополучателю выдается отрицательный результат тестирования.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-4 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 89</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z287" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-5. Квалификационная проверка знаний проводится в форме тестирования. Время тестирования составляет два часа. Число тестовых вопросов составляет 100 вопросов. Вопросы тестирования представляются по форме, согласно приложению 8-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z288" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пороговый уровень правильных ответов, являющийся основанием для признания результатов тестирования подтвердившими квалификацию лица, подлежащего квалификационной проверке знаний, составляет 70 процентов от количества вопросов, содержащихся в тестах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z289" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По истечении времени, отведенного на тестирование, программа автоматически закрывается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z290" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подсчет правильных ответов тестирования проводится автоматически при помощи заложенной компьютерной программой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z291" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если количество правильных ответов равно либо превышает пороговый уровень, то услугополучателю компьютерная программа на мониторе выдает сообщение о положительном результате тестирования – "тест пройден".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z292" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если количество правильных ответов ниже порогового уровня, то компьютерная программа на мониторе выдает сообщение об отрицательном результате тестирования – "тест не пройден".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменениями, внесенными приказом Министра энергетики РК от 25.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 415</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-5 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="56"/>
+    <w:bookmarkStart w:name="z293" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22-6. В случае несогласия с результатами тестирования услугодатель в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан предоставляет возможность услугополучателю выразить свою позицию (заслушивание), о котором услугополучатель уведомляется не позднее чем за 3 (три) рабочих дня до принятия решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Процедура заслушивания проводится в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процедурно-процессуальным кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Основаниями для назначения внеочередной квалификационной проверки знаний по результатам акта расследования технологического нарушения являются:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="57"/>
+      По итогам тестирования и (или) результатам заслушивания услугодатель принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) выявленные комиссией допущенные нарушения норм безопасности при работах в энергетических установках со стороны персонала организации, осуществляющей деятельность по производству, передаче электрической, тепловой энергии;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z166" w:id="58"/>
+      1) услугополучателем пройдена квалификационная проверка знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики и присвоена группа допуска по электробезопасности;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) выявленные комиссией допущенные нарушения норм безопасности при работах в энергетических установках со стороны работников сторонних организаций, в том числе командированного персонала, при выполнении работ в области электроэнергетики (строительно-монтажные, ремонтные, пуско-наладочные, экспертные работы, в том числе измерения и испытания).</w:t>
-[...510 lines deleted...]
-      При подаче услугополучателем документов, указанных в пункте 8 перечня основных требований к оказанию государственной услуги, подтверждением принятия заявления через портал является статус о принятии запроса, который отображается в "личном кабинете" услугополучателя.</w:t>
+      2) услугополучателем не пройдена квалификационная проверка знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики и не присвоена группа допуска по электробезопасности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа Министра энергетики РК от 09.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 4</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-6 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="74"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z296" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При обращении заявителя после окончания рабочего времени, в выходные и праздничные дни, на основании </w:t>
-[...21 lines deleted...]
-    </w:p>
+      22-7. Результат прохождения квалификационной проверки знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам направляется в "личный кабинет" услугополучателя в течение 3 рабочих дней со дня прохождения квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-7 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="75"/>
+    <w:bookmarkStart w:name="z334" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22-1. В течение 2 (двух) рабочих дней с момента регистрации документов в канцелярии услугодателя ответственный исполнитель проверяет полноту представленных документов.</w:t>
-[...78 lines deleted...]
-    </w:p>
+      22-8. Ход тестирования фиксируется с помощью технических средств записи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z335" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Материалы, зафиксированные с помощью технических средств записи, хранятся в течение 3 (трех) месяцев с момента проведения квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-1 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 438</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-8 в соответствии с приказом Министра энергетики РК от 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 09.01.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z279" w:id="76"/>
+    <w:bookmarkStart w:name="z215" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23.Услугополучатель, имеющий результат тестирования ниже порогового уровня при первичной или очередной квалификационной проверке знаний, или не явившийся на тестирование без уважительной причины, считается не подтвердившим свою квалификацию в рамках занимаемой должности. В этих случаях услугополучатель в течение 30 календарных дней со дня получения результатов ниже порогового уровня проходит внеочередную квалификационную проверку знаний путем повторной подачи заявления в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z216" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22-2. В случае устранения услугополучателем причин отказа в оказании государственной услуги, услугополучатель обращается повторно для получения государственной услуги.</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+      В случае если услугополучатель имеет результат тестирования ниже порогового уровня при внеочередной квалификационной проверке знаний, или не явился на тестирование без уважительной причины, услугополучатель отстраняется от занимаемой должности в порядке, установленном трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z217" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае пропуска установленного настоящими Правилами срока проведения квалификационной проверки знаний руководителя по уважительным причинам (болезнь, командировка, отпуск, обучение в учебных заведениях), при направлении уведомления о возникшей уважительной причине и последующем документальном подтверждении со стороны организации, указанный срок проведения квалификационной проверки знаний продлевается, но не более чем на 30 календарных дней после того, как действие обстоятельства, явившегося причиной пропуска срока, прекращено.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z218" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о возникшей уважительной причине направляется организацией в Комитет не позднее 3 рабочих дней со дня пропущенного срока проведения квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-2 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 438</w:t>
+        <w:t xml:space="preserve">      Сноска. В пункт 23 вносятся изменения на казахском языке, текст на русском языке не меняется в соответствии с приказом Министра энергетики РК от 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z281" w:id="78"/>
+    <w:bookmarkStart w:name="z219" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22-3. Квалификационная проверка знаний проводится в течение 5 (пяти) рабочих дней со дня поступления уведомления услугополучателю.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z283" w:id="80"/>
+      24. При неисполнении должностных обязанностей по занимаемой должности в течение срока более шести месяцев, по решению первого руководителя организации руководителю назначается внеочередная квалификационная проверка знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z220" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Иностранные лица (нерезиденты), которым необходимо пройти квалификационную проверку знаний, проходят ее на общих основаниях в соответствии с настоящими Правилами.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+      В отношении первого руководителя внеочередная квалификационная проверка знаний назначается учредителем товарищества с ограниченной ответственностью или советом директоров акционерного общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z221" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодателем в течение 3 (трех) рабочих дней с даты утверждения нормативного правового акта о внесении изменений и (или) дополнений в настоящие Правила направляется информация о внесенных изменениях и (или) дополнениях в Единый контакт-центр и размещается на единой платформе интернет-ресурсов государственных органов Республики Казахстан www.gov.kz в разделе "Министерство энергетики".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-3 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 438</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра энергетики РК от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z284" w:id="81"/>
+    <w:bookmarkStart w:name="z223" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования результатов квалификационной проверки знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z224" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22-4. Услугополучатель допускается к тестированию при предъявлении документа, удостоверяющего личность, либо электронного документа из сервиса цифровых документов (для идентификации).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+      26. Рассмотрение жалобы по вопросам оказания государственной услуги производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Во время тестирования услугополучатели не переговариваются между собой, не пользуются какими-либо вспомогательными информационными материалами (справочной, специальной литературой), средствами связи и записями на электронном носителе.</w:t>
+      Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При обнаружении факта нарушения порядка прохождения тестирования, тестирование услугополучателя прекращается. По факту данного нарушения оформляется акт о нарушении порядка прохождения тестирования по форме, согласно приложению 8 к настоящим Правилам, и услугополучателю выдается отрицательный результат тестирования.</w:t>
+      Услугодатель, чье решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение, удовлетворяющее требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При принятии решения об оставлении жалобы без удовлетворения, услугодатель, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающую жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-4 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z287" w:id="82"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z225" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-5 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 438</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 - в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z293" w:id="88"/>
-[...76 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z226" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      По итогам тестирования и (или) результатам заслушивания услугодатель принимает одно из следующих решений:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      28. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) услугополучателем пройдена квалификационная проверка знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики и присвоена группа допуска по электробезопасности;</w:t>
+      Срок рассмотрения жалобы уполномоченным органом по оценке и контролю за качеством оказания государственных услуг, центральным государственным органом, местным исполнительным органом области, города республиканского значения, столицы, района, города областного значения, акимом района в городе, города районного значения, поселка, села, сельского округа продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) услугополучателем не пройдена квалификационная проверка знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики и не присвоена группа допуска по электробезопасности.</w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-6 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра энергетики РК от 09.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 438</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="89"/>
+    <w:bookmarkStart w:name="z227" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. В случаях несогласия с результатами решения услугодателя услугополучатель может обжаловать результаты в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z228" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок проведения квалификационных проверок знаний специалистов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z229" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Квалификационная проверка знаний специалистов осуществляется Комиссией по квалификационной проверке знаний, создаваемой ежегодно приказом руководителя энергетической организации, для проведения квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z230" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Ежегодно, в срок до 25 декабря, организации составляют список специалистов, подлежащих квалификационной проверке знаний на следующий календарный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z231" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме на работу или увольнении специалиста соответствующие изменения вносятся в вышеуказанный список.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z232" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22-7. Результат прохождения квалификационной проверки знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики по форме, согласно </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+      32. Согласно списку, указанному в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, лицо, ответственное за организацию проведения квалификационной проверки знаний специалистов направляет специалисту письменное уведомление о прохождении квалификационной проверки знаний не позднее 30 календарных дней до даты проведения квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z233" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Квалификационная проверка знаний каждого специалиста проводится индивидуально в форме тестирования с использованием компьютерных программ или в письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z234" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. По итогам проведения квалификационной проверки знаний оформляется протокол квалификационной проверки знаний по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z337" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С протоколом комиссии проверяемый ознакамливается под роспись в течение суток после проведения квалификационной проверки знаний работника. Протоколы квалификационной проверки знаний работников хранятся в организации не менее трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z338" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На основании квалификационной проверки знаний работника делается запись в удостоверении о проверке знаний норм и правил работы в электроустановках, по форме согласно с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил техники безопасности при эксплуатации электроустановок, утвержденных приказом Министра энергетики Республики Казахстан от 31 марта 2015 года № 253 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10907).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-7 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 438</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа Министра энергетики РК от 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z334" w:id="90"/>
-[...1245 lines deleted...]
-    <w:bookmarkStart w:name="z235" w:id="112"/>
+    <w:bookmarkStart w:name="z235" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Назначенные сроки проведения квалификационной проверки знаний специалистов продлеваются руководителем организации с момента их окончания, но не более чем на месяц по уважительным причинам (болезнь, командировка, отпуск, обучение в учебных заведениях) при документальном подтверждении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z236" w:id="113"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z236" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. При неисполнении должностных обязанностей по занимаемой должности в течение срока более шести месяцев, по решению руководителя организации назначается внеочередная квалификационная проверка знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z237" w:id="114"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z237" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Специалистам, нарушившим сроки по прохождению первичной или периодической (очередной) квалификационной проверки знаний без уважительной причины, а также не подтвердившим свою квалификацию, понижается группа допуска по электробезопасности на одну единицу и назначается прохождение внеочередной квалификационной проверки знаний в течение 30 календарных дней, следующей за датой пропущенного срока или не подтверждения (присвоения) группы допуска по электробезопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6472,64 +6054,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z240" w:id="115"/>
+      <w:bookmarkStart w:name="z240" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Комитет атомного и энергетического надзора и контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерства энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8278,64 +7860,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z339" w:id="116"/>
+      <w:bookmarkStart w:name="z339" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8706,208 +8288,208 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>состояния и безопасности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>эксплуатации электроустановок"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z341" w:id="117"/>
+    <w:bookmarkStart w:name="z341" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Список руководителей, подлежащих квалификационной проверке знаний правил технической эксплуатации и правил техники безопасности у руководителей, специалистов организаций, осуществляющих производство, передачу электрической и тепловой энергии, для контроля технического состояния и безопасности эксплуатации электроустановок" (индекс 1-СРКПЗ, периодичность годовая)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z342" w:id="118"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z342" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В графе 1 "№ п/п" указывается порядковый номер руководителя, подлежащего квалификационной проверке знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z343" w:id="119"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z343" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В графе 2 "Фамилия, имя, отчество (при наличии)" указывается фамилия, имя, отчество (при наличии) принятого либо уволенного руководителя, подлежащего квалификационной проверке знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z344" w:id="120"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z344" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В графе 3 "Индивидуальный идентификационный номер" указывается индивидуальный идентификационный номер руководителя, подлежащего квалификационной проверке знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z345" w:id="121"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z345" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В графе 4 "Дата предыдущей квалификационной проверки знаний" указывается дата прохождения предыдущей положительной квалификационной проверки знаний руководителя, подлежащего квалификационной проверке знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z346" w:id="122"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z346" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 5 "Должность" указывается должность руководителя, подлежащего квалификационной проверке знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z347" w:id="123"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z347" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 6 "№ и дата приказа о принятии на должность" указывается номер и дата приказа о принятии на должность руководителя, подлежащего квалификационной проверке знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z348" w:id="124"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z348" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 7 "Группа допуска" указывается группа допуска по электробезопасности руководителя, подлежащего квалификационной проверке знаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9212,64 +8794,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 415 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z243" w:id="125"/>
+      <w:bookmarkStart w:name="z243" w:id="133"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Комитет атомного и энергетического надзора и контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерства энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10554,64 +10136,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z349" w:id="126"/>
+      <w:bookmarkStart w:name="z349" w:id="134"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10852,188 +10434,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Информация о принятых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(уволенных) руководителях"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z351" w:id="127"/>
+    <w:bookmarkStart w:name="z351" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Информация о принятых (уволенных) руководителях" (индекс 2-ИПУ, периодичность при приеме на работу или увольнении руководителя, подлежащего квалификационной проверке знаний)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z352" w:id="128"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z352" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В графе 1 "№ п/п" указывается порядковый номер принятого либо уволенного руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z353" w:id="129"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z353" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В графе 2 "Фамилия, имя, отчество (при наличии)" указывается фамилия, имя, отчество (при наличии) принятого либо уволенного руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z354" w:id="130"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z354" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В графе 3 "Индивидуальный идентификационный номер" указывается индивидуальный идентификационный номер принятого либо уволенного руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z355" w:id="131"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z355" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В графе 4 "Должность" указывается должность принятого либо уволенного руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z356" w:id="132"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z356" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В графе 5 "№ и дата приказа о принятии (увольнении)" указывается номер и дата приказа о принятии либо увольнении руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z357" w:id="133"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z357" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графе 6 "Группа допуска" указывается группа допуска по электробезопасности принятого либо уволенного руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11203,68 +10785,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>безопасности эксплуатации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электроустановок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z246" w:id="134"/>
+    <w:bookmarkStart w:name="z246" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 исключено приказом Министра энергетики РК от 09.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11498,68 +11080,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и безопасности эксплуатации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">электроустановок </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z304" w:id="135"/>
+    <w:bookmarkStart w:name="z304" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Квалификационная проверка знаний правил технической эксплуатации и правил техники безопасности у руководителей, специалистов организаций, осуществляющих производство, передачу электрической и тепловой энергии, для контроля технического состояния и безопасности эксплуатации электроустановок"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции приказа Министра энергетики РК от 09.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11573,57 +11155,50 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра энергетики РК от 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13022,135 +12597,50 @@
               <w:t>
 4) при оказании государственной услуги посредством портала доступна версия для слабовидящих;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на единой платформе интернет-ресурсов государственных органов – www.egov.kz, в разделе "Министерство энергетики" в подразделе "Услуги". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...83 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13184,194 +12674,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение к Перечню</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Перечню основных</w:t>
+              <w:t>основных требований</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требований к оказанию</w:t>
+              <w:t>к оказанию государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t>услуги "Квалификационная</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Квалификационная проверка</w:t>
+              <w:t>проверка знаний правил</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>знаний правил технической</w:t>
+              <w:t>технической эксплуатации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эксплуатации и правил техники</w:t>
+              <w:t>и правил техники безопасности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>безопасности у руководителей,</w:t>
+              <w:t>у руководителей, специалистов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалистов организаций,</w:t>
+              <w:t>организаций, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществляющих производство,</w:t>
+              <w:t>производство, передачу электрической</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>передачу электрической и</w:t>
-[...12 lines deleted...]
-              <w:t>тепловой энергии, для контроля</w:t>
+              <w:t>и тепловой энергии, для контроля</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>технического состояния</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13535,326 +13012,333 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного органа)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>от _________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бизнес-идентификационный</w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>номер)</w:t>
+              <w:t>(при его наличии))</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от ________________________</w:t>
+              <w:t>№ ______</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(фамилия, имя, отчество</w:t>
-[...12 lines deleted...]
-              <w:t>(при его наличии))</w:t>
+              <w:t>Дата: "___" _____ 20__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z307" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение - в редакции приказа Министра энергетики РК от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      № ______ Дата: "___" _____ 20__ года</w:t>
-[...35 lines deleted...]
-      Прошу Вас допустить меня к _______________________________________________</w:t>
+      Прошу Вас допустить меня к ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(первичной, очередной или внеочередной)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>квалификационной проверке знаний правил технической эксплуатации и правил</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>техники безопасности у руководителей, специалистов организаций, осуществляющих</w:t>
-[...50 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>техники безопасности у руководителей, специалистов организаций,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляющих производство, передачу электрической и тепловой энергии,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для контроля технического состояния и безопасности эксплуатации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электроустановок для __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(присвоения, повышения или подтверждения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>группы по электробезопасности. (указать группу допуска)</w:t>
+        <w:t>_____________________________ группы по электробезопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать группу допуска)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящим заявлением подтверждаю достоверность представленной информации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -13929,85 +13413,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Копия распорядительного документа (приказа)</w:t>
-[...33 lines deleted...]
-        <w:t>№ _______ от "___" _________ 20___ года.</w:t>
+        <w:t>Направление организации на прохождение квалификационной проверки знаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или электронная копия распорядительного документа (приказа) о приеме или</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>переводе услугополучателя на должность № _______ (номер направления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации на прохождение квалификационной проверки знаний или электронной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>копия распорядительного документа (приказа) о приеме или перевода на должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" _________ 20___ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпись_______________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -15082,68 +14617,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z254" w:id="137"/>
+    <w:bookmarkStart w:name="z254" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            Уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет атомного и энергетического надзора и контроля Министерства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15651,80 +15186,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z257" w:id="138"/>
+    <w:bookmarkStart w:name="z257" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Уведомление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         о прекращении рассмотрения заявления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сообщаем о прекращении рассмотрения Вашего заявления на основании Вашего обращения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16041,68 +15576,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z260" w:id="139"/>
+    <w:bookmarkStart w:name="z260" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Акт о нарушении порядка прохождения тестирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 8 - в редакции приказа Министра энергетики РК от 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16896,68 +16431,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z301" w:id="140"/>
+    <w:bookmarkStart w:name="z301" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Вопрос тестирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 8-1 в соответствии с приказом Министра энергетики РК от 09.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17807,68 +17342,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>безопасности эксплуатации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электроустановок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z263" w:id="141"/>
+    <w:bookmarkStart w:name="z263" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на апелляцию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 9 исключено приказом Министра энергетики РК от 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18076,68 +17611,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>безопасности эксплуатации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электроустановок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z266" w:id="142"/>
+    <w:bookmarkStart w:name="z266" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Протокол заседания апелляционной комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 10 исключено приказом Министра энергетики РК от 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18449,68 +17984,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z303" w:id="143"/>
+    <w:bookmarkStart w:name="z303" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Результат прохождения квалификационной проверки знаний правил технической эксплуатации и правил техники безопасности в области электроэнергетики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 11 - в редакции приказа Министра энергетики РК от 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19528,68 +19063,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="144"/>
+    <w:bookmarkStart w:name="z272" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРОТОКОЛ № квалификационной проверки знаний</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 12 - в редакции приказа Министра энергетики РК от 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>