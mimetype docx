--- v0 (2025-11-13)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="17bc93c" w14:textId="17bc93c">
+    <w:p w14:paraId="e3e3986" w14:textId="e3e3986">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,524 +100,671 @@
         </w:rPr>
         <w:t>Об утверждении Типового договора организации регулярных автомобильных перевозок пассажиров и багажа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра по инвестициям и развитию Республики Казахстан от 26 марта 2015 года № 348. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 мая 2015 года № 11002.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 23-4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан "Об автомобильном транспорте" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В соответствии с</w:t>
-[...39 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра транспорта Республики Казахстан от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемый </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовой договор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> организации регулярных автомобильных перевозок пассажиров и багажа.</w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитету транспорта Министерства по инвестициям и развитию Республики Казахстан (Асавбаев А.А.) обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в установленном законодательством порядке государственную регистрацию настоящего приказа в Министерстве юстиции </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республики Казахстан;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направить его копии на официальное опубликование в периодических печатных изданиях и информационно-правовой системе "Әділет";</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на интернет-ресурсе Министерства по инвестициям и развитию Республики Казахстан и на интранет-портале государственных органов;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства по инвестициям и развитию Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего приказа.</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра по инвестициям и развитию Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Исполняющий обязанности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра по инвестициям и развитию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ж. Касымбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -724,520 +871,478 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 марта 2015 года № 348</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             Типовой договор организации регулярных автомобильных перевозок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               пассажиров и багажа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...402 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Предмет договора</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовой договор - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 30.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 257</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами от 30.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 58</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); и.о. Министра транспорта РК от 05.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________ ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (город)       (дата: число, месяц, год)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование местного исполнительного органа или уполномоченной организации)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в лице ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (должность представителя местного исполнительного органа или</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         уполномоченной организации)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________, действующего</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на основании ________________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование документа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именуемый в дальнейшем "Организатор", с одной стороны и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование юридического лица или индивидуального предпринимателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в лице руководителя __________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании ___________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (наименование документа) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с другой стороны, именуемый в дальнейшем "Перевозчик", заключили настоящий Договор о нижеследующем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Предмет договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Организатор предоставляет право обслуживания маршрута регулярных автомобильных перевозок пассажиров и багажа, а Перевозчик принимает на себя обязанности по обслуживанию перевозок по нижеперечисленным маршрутам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Организатор предоставляет право обслуживания маршрута регулярных автомобильных перевозок пассажиров и багажа, а Перевозчик принимает на себя обязанности по обслуживанию перевозок по нижеперечисленным маршрутам.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1251,2086 +1356,2276 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Номер маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Наименование маршрута</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Количество работающих автобусов, микроавтобусов, троллейбусов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Протяженность маршрута в километрах</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Обязанности сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...496 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Требования по обновлению автобусов, микроавтобусов, троллейбусов, используемых на маршруте</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Перевозчик обязан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать выезда на маршрут автотранспортных средств, не прошедших предрейсовый (предсменный) и обязательный технический осмотр, а также по которым не заключены договора обязательного страхования гражданско-правовой ответственности владельцев автотранспортных средств и договора обязательного страхования гражданско-правовой ответственности перевозчика перед пассажирами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить проведение предрейсового и послерейсового медицинского осмотра, соблюдение режима труда и отдыха водителей автотранспортных средств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечить сохранность багажа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществлять бесплатный провоз отдельных категорий граждан или предоставлять им иные льготы по оплате проезда в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 21 сентября 1994 года "О транспорте в Республике Казахстан";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечить продажу проездных документов (билетов) и багажных квитанций при осуществлении регулярных автомобильных перевозок пассажиров и багажа на всех остановочных пунктах маршрута – самостоятельно либо через пассажирские агентства, автовокзалы, автостанции и (или) пункты обслуживания пассажиров, в том числе электронную продажу проездных документов (билетов) и багажных квитанций в прямом и обратном направлениях, а также их возврат, и осуществлять контроль за их наличием у пассажиров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) объявлять тарифы на перевозку пассажиров и багажа, фиксировать их в договорах, проездном документе (билете) и багажной квитанции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) соблюдать объявленные тарифы и заблаговременно информировать пассажиров о предстоящем изменении тарифов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) определить лицо, ответственное за безопасность осуществления перевозок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) использовать для перевозки предусмотренные настоящим Договором количество и тип (класс) автобусов, троллейбусов и микроавтобусов, с привлечением к обслуживанию маршрута не менее половины автотранспортных средств основного состава, указанного в свидетельстве на право обслуживания данного маршрута;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) соблюдать утвержденный маршрут и расписание движения автобусов, троллейбусов и микроавтобусов закрепленных на маршруте;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) оборудовать автотранспортные средства аппаратурой спутниковой навигации с предоставлением информации организатору перевозок в режиме реального времени;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) соблюдать национальные стандарты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) обеспечить безопасность пассажира, создание ему необходимых удобств и условий обслуживания;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) в случае использования электронной системы оплаты проезда в городском (сельском) или пригородном сообщениях исходя из пройденного пути по маршруту (км.) в течение действия Договора осуществить перевозки пассажиров и багажа в объеме ___ километров, согласно утвержденной схеме маршрута;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) в случае использования электронной системы оплаты проезда в городском (сельском) или пригородном сообщениях исходя из пройденного пути по маршруту (км.) обеспечить исправную и безопасную эксплуатацию в салоне автобусов устройств системы электронной оплаты проезда, оборудований связи, модем, системы информирования и диспетчеризации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) обеспечить своевременную перевозку в соответствии с объемом перевозок указанных настоящим Договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Организатор обязан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить наличие, оформление и содержание в соответствии с законодательством Республики Казахстан предусмотренных настоящим Договором маршрутом пунктов посадки и высадки пассажиров, подходов и подъездов к ним в пределах соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить состояние автомобильных дорог, расположенных на пути следования предусмотренного настоящим Договором маршрута, а также их обустройство в соответствии с требованиями безопасности дорожного движения в пределах соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществлять контроль за соблюдением установленного расписания движения автобусов, микроавтобусов, троллейбусов, а также исполнением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) своевременно информировать Перевозчика об изменениях условий дорожного движения, перевозок, схемы маршрутов и расписаний движения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассматривать в течение десяти календарных дней обращения Перевозчика по возникающим проблемам на маршрутах и предложения по совершенствованию перевозок и принимать меры для их решения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) ежемесячно осуществлять выплату субсидий исходя из расчетов предусмотренных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, утвержденными приказом исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 25 августа 2015 года № 883 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 12353) (далее – Правила субсидирования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Требования по обновлению автобусов, микроавтобусов, троллейбусов, используемых на маршруте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Права сторон</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Перевозчик обновляет автобусы, микроавтобусы, троллейбусы основного состава, используемые на маршруте, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Договору на весь срок действия настоящего Договора:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на городских (сельских) и пригородных маршрутах после истечения двух лет со дня заключения настоящего Договора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на внутрирайонных, межрайонных (междугородные внутриобластные), междугородных межобластных маршрутах после истечения трех лет со дня заключения настоящего Договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Требования настоящего пункта не распространяется на Перевозчика в период вынужденного простоя его подвижного состава, связанного с введением чрезвычайного положения или карантина.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 4 - редакции приказа и.о. Министра транспорта РК от 15.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...98 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="19"/>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Ответственность сторон</w:t>
+        <w:t xml:space="preserve"> Глава 4. Права сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...405 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Перевозчик имеет право требовать соблюдения пассажирами общественного порядка и Правил перевозок пассажиров и багажа автомобильным транспортом, утверждаемых уполномоченным органом осуществляющим руководство в области автомобильного транспорта согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 23-8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан от 4 июля 2003 года "Об автомобильном транспорте".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Организатор имеет право при выявлении нарушения условий настоящего Договора, за исключением нарушений существенных условий, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора, обязать Перевозчика их устранить в срок, установленным Организатором, который должен быть не менее десяти, но не более двадцати календарных дней со дня уведомления данного Перевозчика.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае не устранения Перевозчиком выявленных нарушений условий настоящего Договора в срок, установленный Организатором, настоящий Договор расторгается в судебном порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="27"/>
+    <w:bookmarkStart w:name="z18" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. Особые условия и порядок исполнения Договора</w:t>
+        <w:t xml:space="preserve"> Глава 5. Ответственность сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...140 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 7. Срок действия Договора</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. При нарушении существенных условий настоящего Договора Перевозчиком, Организатор расторгает настоящий Договор в одностороннем порядке. При этом Организатор предварительно уведомляет об этом Перевозчика за десять календарных дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Нарушениями существенных условий настоящего Договора, являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) низкая регулярность маршрута (менее семидесяти процентов в течение тридцати календарных дней), за исключением случаев, предусмотренных пунктом 8-2 настоящего Договора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) наличие дорожно-транспортных происшествий (ДТП) с человеческими жертвами по вине перевозчика в связи с неисполнением обязанности, предусмотренной подпунктом 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан от 4 июля 2003 года "Об автомобильном транспорте";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) использование на маршруте в течение одного года три и более раз автобусов, микроавтобусов, троллейбусов, не соответствующих требованиям подпункта 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) передача прав работы маршрута (маршрутов) третьей стороне;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличие в течение одного года трех и более дорожно-транспортных происшествий (ДТП) с человеческими жертвами по вине водителя (водителей) на одном маршруте;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) неисполнение требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-1. Требования подпунктов 1) и 6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора не распространяются на Перевозчика в период вынужденного простоя его подвижного состава, связанного с введением чрезвычайного положения или карантина.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-2. При объеме субсидирования социально значимого маршрута более семидесяти процентов от общего объема потребности субсидирования данного маршрута в месяц, регулярность маршрута в течение тридцати календарных дней равна фактическому проценту субсидирования от общего объема потребности субсидирования данного маршрута в месяц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При неисполнении требований части первой настоящего пункта и (или) подпункта 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора Перевозчиком, обслуживающим социально значимый маршрут, настоящий Договор расторгается в судебном порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. В случае неисполнения требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора Перевозчиком, обслуживающим маршрут, который включен в перечень социально значимых автомобильных сообщений, подлежащих субсидированию, настоящий Договор расторгается в судебном порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. В случае расторжения настоящего Договора в одностороннем порядке по инициативе Перевозчика, то Перевозчик уведомляет об этом Организатора не позднее, чем за сорок пять календарных дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Настоящий Договор также расторгается Организатором досрочно при установлении факта предоставления недостоверной информации в заявке на участие в Конкурсе, с уведомлением перевозчика об этом за десять календарных дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 11 - в редакции приказа и.о. Министра транспорта РК от 15.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...151 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z24" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Особые условия и порядок исполнения Договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="38"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 8. Юридические адреса и реквизиты Сторон</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Дополнения к настоящему Договору совершаются в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 402</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гражданского кодекса Республики Казахстан и являются неотъемлемыми частями Договора. Действительными и обязательными для Сторон являются дополнения, которые составлены по согласию Сторон в письменной форме, подписаны уполномоченными представителями и заверены печатью (при наличии) обеих Сторон.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12- в редакции приказа Министра транспорта Республики Казахстан от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Расписания, схемы движения по маршруту и тарифная сетка, (кроме междугородных межобластных маршрутов), а также тип (класс) и количество автобусов, троллейбусов, микроавтобусов, используемых на маршруте, приводятся в отдельном приложении в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Договору и являются неотъемлемой частью Договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Все споры и разногласия по исполнению настоящего Договора решаются посредством переговоров между Сторонами или в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. В настоящем Договоре Сторонами могут быть установлены иные условия, предусмотренные законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Настоящий Договор вступает в силу и становится обязательным для Сторон с момента его подписания обеими Сторонами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Настоящий Договор составлен в двух экземплярах на государственном и русском языках, имеющих одинаковую юридическую силу, по одному для каждой из Сторон.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z31" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Срок действия Договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Настоящий Договор заключается на срок не менее трех лет:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Организатор Перевозчик Подпись __________ Подпись __________ М.П. М.П.</w:t>
+      Начало действия _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         (дата: число, месяц, год)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Окончание действия ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         (дата: число, месяц, год)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. При соблюдении Перевозчиком требований пункта 4 настоящего Договора, действие Договора продлевается на десять лет на основании письменного обращения Перевозчика, подавшего его не позднее чем за шестьдесят календарных дней до завершения сроков действия настоящего Договора, путем внесения изменений и дополнений в настоящий Договор. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При продлении срока действия Договора в соответствии с частью первой настоящего пункта, Организатор ежегодно в течение 10 рабочих дней с даты продления срока действия Договора подтверждает соответствие подвижного состава Перевозчика, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Договору, путем сверки срока эксплуатации и количества автотранспортных средств основного состава, указанного в свидетельстве на право обслуживания данного маршрута.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 19 - в редакции приказа и.о. Министра транспорта РК от 15.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Юридические адреса и реквизиты Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Организатор Перевозчик Подпись __________ Подпись __________ М.П. М.П.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3456,4973 +3751,6564 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица по обновлению автобусов, микроавтобусов, троллейбусов,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>используемых на городских (сельских) и пригородных маршрутах</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Сноска. Приложение 1 - в редакции приказа и.о. Министра транспорта РК от 15.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом и.о. Министра транспорта РК от 04.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Сноска. Приложение 1 - в редакции приказа и.о. Министра транспорта РК от 15.05.2024 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="39"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Срок эксплуатации автобусов, микроавтобусов, троллейбусов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество автобусов, микроавтобусов, троллейбусов*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>51 и более</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="40"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>до 7 лет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="41"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 7 до 12 лет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="42"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 12 до 15 лет </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="43"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>более 15 лет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="44"/>
+    <w:bookmarkStart w:name="z101" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Таблица по обновлению автобусов, микроавтобусов, используемых</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на внутрирайонных, межрайонных (междугородных внутриобластных) маршрутах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="45"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Срок эксплуатации автобусов, микроавтобусов, троллейбусов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество автобусов, микроавтобусов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>51 и более</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z114" w:id="46"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>до 7 лет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="47"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 7 до 12 лет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="48"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 до 15 лет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z141" w:id="49"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>более 15 лет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="50"/>
+    <w:bookmarkStart w:name="z150" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Таблица по обновлению автобусов, микроавтобусов, используемых на междугородных межобластных маршрутах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок эксплуатации автобусов, микроавтобусов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Количество автобусов, микроавтобусов*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>51 и более</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>до 10 лет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 10 до 15 лет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 15 до 18 лет </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>более 18 лет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15 %</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"+" - допускается эксплуатация автобусов, микроавтобусов, троллейбусов на маршруте;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"-" - не допускается эксплуатация автобусов, микроавтобусов, троллейбусов на маршруте;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>* - при определении от общего количества автобусов, микроавтобусов, троллейбусов, количество автобусов, микроавтобусов, троллейбусов от установленного процентного значения при значении 0,5 и более количество определяется в сторону увеличения (1 автобус, микроавтобус, троллейбус).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      "+" - допускается эксплуатация автобусов, микроавтобусов, троллейбусов на маршруте;</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8514,524 +10400,473 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>автомобильных перевозок</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пассажиров и багажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="54"/>
+    <w:bookmarkStart w:name="z39" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация, содержащаяся в расписании, схеме движения по маршруту и тарифной сетке, а также по типу (классу) и количеству автобусов, троллейбусов, микроавтобусов, используемых на маршруте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z40" w:id="55"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Расписание движения автобусов, троллейбусов, микроавтобусов должно содержать следующую информацию:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование маршрута;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование остановочных пунктов;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) протяженность маршрута и расстояние между остановочными пунктами; </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) разбивка по рейсу в одном направлении по времени прибытия, стоянки, отправления, движения, средней скорости движения и обратном; </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) периодичность осуществления маршрута в годовом, квартальном, месячном, недельном или дневном измерении;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) наименование перевозчика;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) наименование государственного или местного исполнительного органа, фамилия и инициалы должностного лица и его подпись с указанием даты подписания, скрепленная печатью указанного органа. </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Схема движения автобусов, троллейбусов, микроавтобусов по маршруту движения должна содержать следующую информацию:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование маршрута;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование остановочных пунктов;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) протяженность маршрута и наименование перевозчика;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) опасные участки и их характеристики;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) наименование государственного или местного исполнительного органа, фамилия и инициалы должностного лица и его подпись с указанием даты подписания, скрепленная печатью указанного органа.</w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Тарифная сетка (кроме городских (сельских) маршрутов) должна содержать следующую информацию:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) наименование маршрута; </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) наименование остановочных пунктов; </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) наименование перевозчика; </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) стоимость проезда пассажиров, провоза багажа и льготного проезда пассажира; </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) наименование государственного или местного исполнительного органа, фамилия и инициалы должностного лица, и его подпись с указанием даты подписания, скрепленная печатью указанного органа (кроме междугородных межобластных маршрутов).</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Информация по типу (классу) и количеству автобусов, троллейбусов, микроавтобусов, используемых на маршруте: </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Информация по типу (классу) и количеству автобусов, троллейбусов, микроавтобусов, используемых на маршруте: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственный номер автобуса, троллейбуса, микроавтобуса;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тип (класс) автобуса, троллейбуса, микроавтобуса;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) год выпуска автобуса, троллейбуса, микроавтобуса;</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) количество автобусов, троллейбусов, микроавтобусов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -9039,55 +10874,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>