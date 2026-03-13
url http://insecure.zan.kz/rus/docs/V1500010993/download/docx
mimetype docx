--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f65ceea" w14:textId="f65ceea">
+    <w:p w14:paraId="d4669e7" w14:textId="d4669e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1179,1030 +1179,1152 @@
         <w:t>
       17) режим двойного встречного аукциона – режим торговли, при котором биржевые сделки заключаются анонимно в результате конкуренции продавцов и покупателей, а цена на биржевой товар устанавливается на уровне равновесия спроса и предложения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z1021" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) маркет-мейкер – юридическое лицо, формирующее и поддерживающее ликвидность биржевого рынка путем выставления котировок и принятия обязательств по покупке и продаже срочных контрактов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z1022" w:id="27"/>
+    <w:bookmarkStart w:name="z1095" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) безупречная деловая репутация - наличие фактов, подтверждающих профессионализм, добросовестность, включая отсутствие фактов совершения лицом противоправных действий (бездействия), которые привели к неплатежеспособности, повлекшей принудительную ликвидацию финансовой организации, либо к отнесению банка к категории неплатежеспособных банков, отсутствие неснятой или непогашенной судимости, в том числе отсутствие вступившего в законную силу судебного акта о применении уголовного наказания в виде лишения права занимать должность руководящего работника финансовой организации, банковского и (или) страхового холдинга и являться крупным участником (крупным акционером) финансовой организации пожизненно, а также отсутствие отношений с третьими лицами (контроля и влияния третьих лиц), действия которых способствовали легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, на основании сведений уполномоченного органа по финансовому мониторингу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z1022" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) нефтепродукты – отдельные виды нефтепродуктов: бензин, авиационное и дизельное топливо, мазут, дорожный битум;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z1023" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z1023" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) план поставок нефтепродуктов – объем ежемесячных потребностей областей, городов республиканского значения и столицы в нефтепродуктах, производимых в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z1024" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z1024" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) опционная сделка – биржевая сделка, объектом которой является опцион;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z1025" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z1025" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) средневзвешенная цена – цена за конкретный биржевой товар, сложившаяся по итогам биржевых торгов в течение определенного период времени (торговая сессия, торговый день, торговый месяц), получаемая путем вычисления соотношения между денежным оборотом конкретного периода деленого на физический оборот соответствующего периода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z1026" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z1026" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) спот-товар – товар, находящийся на складе, с немедленной поставкой или с поставкой его в будущем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z1027" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z1027" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) торговый лот – количество биржевого товара, кратным которому должно быть количество биржевого товара, указанное в заявке на продажу (покупку) биржевого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z1028" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z1028" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) торговый день – день работы товарной биржи, в течение которого ею проводятся биржевые торги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z1029" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z1029" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) уполномоченный орган в области регулирования торговой деятельности (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий государственное регулирование и межотраслевую координацию в сфере торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z1030" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z1030" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) режим торговли – совокупность условий объявления заявок и заключения сделок в торговой системе товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z1031" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z1031" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) торговая сессия – период времени торгового дня, в течение которого участники биржевой торговли выставляют в торговую систему товарной биржи заявки на покупку (продажу) биржевого товара и по ним заключаются биржевые сделки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z1032" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z1032" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) члены товарной биржи – брокеры, а также дилеры и маркет-мейкеры, аккредитованные товарной биржей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z1033" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z1033" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) товарная биржа – юридическое лицо, созданное в организационно-правовой форме акционерного общества, осуществляющее организационное и техническое обеспечение торгов путем их непосредственного проведения с использованием электронной торговой системы товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z1034" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z1034" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) претендент – брокер, дилер, маркет-мейкер желающее пройти процедуру аккредитации в товарной бирже в качестве члена товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z1035" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z1035" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) фьючерсная сделка – биржевая сделка, объектом которой является фьючерс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z1036" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z1036" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) форвардная сделка – биржевая сделка, объектом которой является форвард.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра торговли и интеграции РК от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025); с изменением, внесенным приказом Министра торговли и интеграции РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Биржевая торговля осуществляется на основе равенства участников биржевой торговли, в соответствии с законодательством Республики Казахстан о товарных биржах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Разработка и утверждение товарными биржами собственных Правил биржевой торговли не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Товарная биржа обеспечивает всем участникам биржевой торговли равные условия по заключению биржевых сделок и является гарантом законности биржевых сделок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. По организационно-техническим вопросам, связанным с организацией и проведением торгов биржевыми товарами, не урегулированным правилами биржевой торговли и требующим дополнительной регламентации, товарная биржа утверждает соответствующие внутренние нормативные документы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Товарная биржа обеспечивает интеграцию интернет-ресурса и электронной торговой системы товарной биржи с информационной системой "Единое окно закупок".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Доходы товарной биржи формируются за счет вступительных и ежегодных взносов членов товарной биржи, платежей за пользование имуществом биржи, регистрацию и оформление биржевых сделок и за счет других поступлений, не запрещенных Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Условия и порядок аккредитации членов товарной биржи, приостановления и прекращения их аккредитации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Аккредитация в товарной бирже дает право брокерам, дилерам, маркет-мейкерам участвовать на биржевых торгах и осуществлять биржевые сделки в соответствии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Брокеру и (или) дилеру допускается быть членом двух и более товарных бирж.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z1096" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1. Брокером и дилером не может быть лицо, не имеющее безупречной деловой репутации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 10-1 в соответствии с приказом Министра торговли и интеграции РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Физическому лицу, прямо или косвенно владеющему минимальной долей в имуществе юридического лица, а также осуществляющему единоличное управление на основании имеющихся у него гражданско-правовых отношений не допускается быть руководителем и (или) учредителем (соучредителем) двух и более брокеров и (или) дилеров и (или) маркет-мейкеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Члены товарной биржи не допускают действий (бездействия), которые повлекут разглашения сведений, составляющих коммерческую тайну на товарной бирже.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Для прохождения аккредитации в товарной бирже претенденту предъявляются следующие требования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обладать гражданской правоспособностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) являться платежеспособным, не иметь налоговой задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не подлежать процедуре банкротства либо ликвидации, на его имущество не наложен арест, его финансово-хозяйственная деятельность не приостановлена;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наличие у работников, занимающих руководящие должности, высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) отсутствие неснятой или непогашенной судимости за совершение преступлений в сфере экономической деятельности и коррупционных преступлений (для первого руководителя).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Для аккредитации в товарной бирже претендентом представляются товарной бирже следующие документы и сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление о приеме в члены товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия положения и (или) устава, утвержденного в установленном законодательством порядке, с учетом внесенных изменений и (или) дополнений (нотариально заверенную в случае непредставления оригиналов для сверки) – при наличии положения и (или) устава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Учредительный договор (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) справка о постановке претендента на налоговый учет в качестве плательщика налога на добавленную стоимость (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оригинал финансовой отчетности за последний финансовый год, подписанной первым руководителем или лицом, его замещающим, а также главным бухгалтером (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) для юридических лиц – справка о государственной регистрации (перерегистрации) юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) документ, подтверждающий оплату вступительного взноса претендентом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) справка об отсутствии неснятой или непогашенной судимости за совершение преступлений в сфере экономической деятельности и коррупционных преступлений у первого руководителя претендента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) cведения о бенефициарных собственниках претендента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Решение об аккредитации в товарной бирже принимается товарной биржей в течение пяти рабочих дней с момента приема заявления и документов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. О принятом решении претенденту сообщается письменно в течение одного рабочего дня после вынесения решения об аккредитации или обоснованном отказе в аккредитации товарной биржей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2221,451 +2343,493 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Решение считается врученным в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нарочно – с даты отметки о получении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) почтой – заказным письмом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электронным способом – с даты отправки на электронный адрес, указанный в письме товарной бирже.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В аккредитации в товарной бирже отказывается в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z87" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) несоответствие претендента требованиям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z88" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) непредставление, представление не в полном объеме и (или) представление содержащих недостоверную информацию документов и сведений, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z89" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении претендента имеется вступившее в законную силу решение суда о запрещении деятельности или отдельных видов деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) включение претендента, его бенефициарных собственников и (или) его первого руководителя в Перечень организаций и лиц, связанных с финансированием терроризма и экстремизма в порядке, предусмотренном статьей 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в отношении претендента, его бенефициарных собственников и (или) его первого руководителя имеется вступившее в законную силу решение (приговор) суда, на основании которого претендент и (или) его первый руководитель лишен специального права, связанного с получением аккредитации в товарной бирже.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z92" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Принятие решения об отказе в аккредитации претендента по основаниям, не указанным в настоящем пункте, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменением, внесенным приказом Министра торговли и интеграции РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Приостановление аккредитации в товарной бирже осуществляется по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z94" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случае принятия решения члена товарной биржи с представлением им соответствующего заявления с указанием в нем следующих сведений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       причина приостановления аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z96" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       срок приостановления аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z97" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       об отсутствии у него неисполненных обязательств по заключенным им биржевым сделкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при неуплате (два и более раз) установленных платежей за пользование имуществом биржи, информационно-технического и клирингового обслуживание, а также биржевого сбора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) в случае обнаружения товарной биржей несоблюдения членом товарной биржи требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2700,451 +2864,451 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, и установленных Законом, законодательными актами Республики Казахстан, нормативными правовыми актами уполномоченного органа и внутренних документов товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z100" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обнаружения несоблюдения членом товарной биржи требований, установленных настоящим пунктом Правил, товарная биржа в течение трех рабочих дней направляет ему в письменном виде уведомление о приостановлении аккредитации с указанием сроков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z101" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Возобновление аккредитации в товарной бирже осуществляется по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z102" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по заявлению члена товарной биржи - в случае приостановления аккредитации в товарной бирже по собственному желанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z103" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) представление подтверждающих документов об устранении нарушений, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z104" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Прекращение аккредитации в товарной бирже осуществляется по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z105" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случае принятия добровольного решения члена товарной биржи с представлением им соответствующего заявления с указанием в нем следующих сведений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       причина прекращения аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z107" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       об исполнении им всех обязательств по заключенным биржевым сделкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z108" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не устранения нарушений, послуживших основанием для приостановления аккредитации в товарной бирже, за исключением заявления по собственному желанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z109" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случае ликвидации члена товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z110" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) имеется вступившее в законную силу решение суда в отношении члена товарной биржи о запрещении деятельности или отдельных видов деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z111" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в случае подтверждения факта манипулирования ценами со стороны члена товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z112" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) неосуществления брокерской, дилерской и маркет-мейкерской деятельности в течение двенадцати последовательных календарных месяцев со дня аккредитации на товарной бирже.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z113" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарная биржа рассматривает заявления о приостановлении, возобновлении и прекращении аккредитации в товарной бирже в течение пяти рабочих дней с момента приема заявления. В случае выявления у члена товарной биржи неисполненных обязательств по биржевым сделкам товарная биржа отклоняет рассмотрение заявления до исполнения им всех обязательств по биржевым сделкам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z114" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Сроки устранения нарушений, послуживших основанием для приостановления аккредитации в товарной бирже, устанавливаемые товарной биржей, не превышают тридцати рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z115" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Товарная биржа принимает решение об аннулировании аккредитации на товарной бирже в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z116" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) неосуществления деятельности дилера, маркет-мейкера в течение двенадцати последовательных календарных месяцев со дня аккредитации на товарной бирже;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z117" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принятия решения о добровольном прекращении осуществления деятельности брокера, дилера, маркет-мейкера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z118" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) приостановления действия лицензии, лишения (отзыва) лицензии брокера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3163,202 +3327,202 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Условия и порядок аккредитации дилеров, обладающих индустриальным сертификатом, приостановление и прекращения их аккредитации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 3 исключена приказом и.о. Министра торговли и интеграции РК от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="109"/>
+    <w:bookmarkStart w:name="z141" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Условия и ограничения деятельности маркет-мейкеров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 - в редакции приказа и.о. Министра торговли и интеграции РК от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="110"/>
+    <w:bookmarkStart w:name="z142" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Взаимодействие товарной биржи и маркет-мейкера осуществляется на основании соглашения, а также внутренних документов товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z143" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z143" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Деятельность маркет-мейкера осуществляется только на биржевых торгах срочными контрактами, базовым активом которых являются биржевые товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3457,70 +3621,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1037" w:id="112"/>
+    <w:bookmarkStart w:name="z1037" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-1. Маркет-мейкер имеет непрерывный опыт участия в биржевых торгах в качестве дилера не менее трех лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3539,464 +3703,464 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="113"/>
+    <w:bookmarkStart w:name="z145" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Маркет-мейкер поддерживает наилучшие котировки на покупку/продажу срочного контракта, которые на текущий момент времени имеют наиболее выгодную для потенциального контрагента цену среди всех активных на текущий момент времени котировок данного маркет-мейкера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z146" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z146" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Товарная биржа принимает решение по размерам минимального объема наилучших обязательных двусторонних котировок маркет-мейкера, по максимальному/минимальному значению спрэда для обязательных котировок маркет-мейкера, по минимуму открытых позиций в течение торгового дня, по периоду времени торговой сессии в течение, которого поддерживаются котировки маркет-мейкером.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z147" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z147" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Маркет-мейкеры по срочным контрактам в течение торговой сессии использовуют тайм-аут.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z148" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z148" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тайм-аут используется маркет-мейкером несколько раз в течение торговой сессии, если иное не установлено спецификациями торговых инструментов, при этом суммарное время, используемое маркет-мейкером в качестве тайм-аута, в минутах или в процентах от всей продолжительности торговой сессии, устанавливается указанными спецификациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z149" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z149" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Условия и порядок регистрации клиентов в качестве участников биржевых торгов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z150" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z150" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Клиент для регистрации на товарной бирже выбирает брокера, являющегося аккредитованным членом товарной биржи, который будет представлять его интересы и заключают с последним договор на оказание брокерских услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z151" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z151" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Клиент в качестве участника биржевых торгов принимает обязательство по участию в биржевых торгах при условии внесения им биржевого обеспечения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z152" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z152" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Брокер предоставляет товарной бирже для осуществления первичной регистрации своего Клиента, следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z153" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z153" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копию Устава/Положения (нотариально заверенную в случае непредставления оригиналов для сверки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z154" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z154" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копию справки о государственной регистрации (перерегистрации) юридического лица (нотариально заверенную в случае непредставления оригиналов для сверки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z155" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z155" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию свидетельства о постановке на регистрационной учет по налогу на добавленную стоимость (нотариально заверенную в случае непредставления оригиналов для сверки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z156" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z156" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) следующую информацию: банковские реквизиты, юридический и почтовый адреса, контактные телефоны, контактное лицо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z157" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z157" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Продавец/Покупатель-нерезидент Республики Казахстан в подтверждение правоспособности представляет документы, содержащие сведения о квалификации потенциального поставщика-нерезидента Республики Казахстан, а также нотариально засвидетельствованную с переводом на казахский и/или русский языки выписку из торгового реестра, за ислючением официальных документов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О присоединении Республики Казахстан к Конвенции, отменяющей требование легализации иностранных официальных документов".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z158" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z158" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. В случае неисполнения им обязательств по заключенным биржевым сделкам, а также уклонения от заключения биржевой сделки, брокер расторгает договор с клиентом по участию в биржевых торгах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z159" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z159" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При расторжении договора с клиентом в качестве участника биржевых торгов, брокер представляет товарной бирже информацию по данному клиенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z160" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z160" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Убытки, причиненные клиенту, заключившему договор на брокерское обслуживание, или имущественный вред, причиненный третьим лицам вследствие неправомерных действий брокера, подлежат возмещению в соответствии с гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z161" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z161" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Условия проведения биржевых торгов по товарам, включенным в перечень социально значимых биржевых товаров (требования к участникам биржевой торговли, максимальный и минимальный размер торгового лота в одной торговой сессии, диапазон ценовых заявок, объем реализуемого товара, наличие документов, подтверждающих факты оплаты и поставки (отгрузки) биржевого товара)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 6 - в редакции приказа и.о. Министра торговли и интеграции РК от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="130"/>
+    <w:bookmarkStart w:name="z162" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. На товарной бирже условия проведения биржевых торгов по товарам, включенным в перечень социально значимых биржевых товаров определяются настоящими Правилами путем разделения товаров по секциям и выставление отдельных требований к каждой секции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4015,170 +4179,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="131"/>
+    <w:bookmarkStart w:name="z163" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Требования по секциям включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z1038" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z1038" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) максимальный и минимальный размер торгового лота в одной торговой сессии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z1039" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z1039" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требования к участникам биржевой торговли соответствующим товаром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z1040" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z1040" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) требования к организации и проведению биржевых торгов соответствующим биржевым товаром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z1041" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z1041" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) диапазон ценовых заявок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z1042" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z1042" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объем реализуемого товара, наличие документов, подтверждающих факты оплаты и поставки (отгрузки) биржевого товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4197,70 +4361,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="137"/>
+    <w:bookmarkStart w:name="z167" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Ответственность за предъявляемые требования по каждой секции несет уполномоченный государственный орган в данной области. Товарная биржа несет ответственность за соответствие требованиям, предъявляемым к секциям, по которым она осуществляет торги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мониторинг торгов биржевыми товарами, подлежащими обязательной реализации через товарные биржи, проводится государственными органами, осуществляющими руководство в соответствующих отраслях (сферах) государственного управления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4297,246 +4461,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="138"/>
+    <w:bookmarkStart w:name="z168" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Порядок проведения биржевых торгов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 7 - в редакции приказа и.о. Министра торговли и интеграции РК от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="139"/>
+    <w:bookmarkStart w:name="z169" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. На товарной бирже совершаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z170" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z170" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сделки с взаимной передачей прав и обязанностей в отношении спот- товара, включая сделки, взаимосвязанные с международными деловыми операциями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z171" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z171" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фьючерсные сделки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z172" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z172" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) опционные сделки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z173" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z173" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сделки с взаимной передачей прав и обязанностей в отношении складских документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z174" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z174" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) форвардные сделки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z175" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z175" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Биржевые торги проводятся в режиме двойного встречного аукциона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4555,130 +4719,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="146"/>
+    <w:bookmarkStart w:name="z178" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Товарная биржа проводит биржевые торги в установленные ею торговые дни. Время начала и окончания торгового дня, торговой сессии и клиринга устанавливаются товарной биржей с учетом средней продолжительности торгового дня не менее пяти часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z179" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z179" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ночное время (с 22:00 до 06:00 часов), выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, проведение торговых сессий не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z1060" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1060" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация о режиме работы товарной биржи, включая рабочие, выходные и праздничные дни, размещается на интернет-ресурсе товарной биржи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z1061" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1061" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае изменения режима работы информация размещается не позднее чем за 7 (семь) рабочих дней до даты введения нового режима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4751,70 +4915,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="150"/>
+    <w:bookmarkStart w:name="z181" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Каждому биржевому товару, допущенному к биржевым торгам в режиме двойного встречного аукциона, товарная биржа присваивает отдельный код торгового инструмента, который идентифицирует данный товар, его качественные характеристики, а также базовые условия поставки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4887,70 +5051,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="151"/>
+    <w:bookmarkStart w:name="z183" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Биржевые торги проводятся с предварительным внесением биржевого обеспечения, размер которого определяется Главой 13 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5023,190 +5187,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="152"/>
+    <w:bookmarkStart w:name="z187" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Участник биржевых торгов, желающий продать (купить) товар, допущенный к биржевой торговле, в течение торговой сессии биржи подает товарной бирже заявку на продажу (покупку) биржевого товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z188" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z188" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Заявка на продажу (покупку) биржевого товара, подаваемая участником биржевых торгов, является безусловным согласием участника биржевых торгов на заключение биржевой сделки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z1062" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z1062" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проведении биржевых торгов в заявке указываются следующие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z1063" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z1063" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код торгового инструмента (товара);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z1064" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z1064" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направленность заявки: покупка или продажа товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z1065" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z1065" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       количество реализуемого (приобретаемого) товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z1066" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z1066" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       цена товара (указывается в заявке на покупку и в заявке на продажу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5225,210 +5389,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="159"/>
+    <w:bookmarkStart w:name="z201" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Товарная биржа отказывает в принятии заявки на продажу (покупку) биржевого товара по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z202" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z202" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) неправильное оформление заявки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z203" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z203" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нарушение установленных сроков подачи заявки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z204" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z204" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отсутствие биржевого обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z205" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z205" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) неуплата участником биржевых торгов биржевого сбора по ранее совершенным биржевым сделкам, а также наличие у него задолженностей перед товарной биржей и (или) клиринговым центром товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z206" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z206" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) приостановление и прекращение аккредитации в товарной бирже брокера или дилера, подавшего заявку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z1067" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z1067" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) в случае неисполнения продавцом требований, предусмотренных параграфом 1 главы 14 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z207" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z207" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) установление факта неисполнения участником биржевой торговли обязательств по заключенным ранее биржевым сделкам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5447,150 +5611,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="167"/>
+    <w:bookmarkStart w:name="z208" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. В случае отказа в принятии заявки на продажу (покупку) биржевого товара, товарная биржа в течение торгового дня информирует о причине отказа участника биржевых торгов посредством электронной торговой системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z209" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z209" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Принятые заявки на продажу (покупку) биржевого товара подлежат регистрации на товарной бирже и включению в торговую систему товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z210" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z210" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Отказ от сделки, заключенной на биржевых торгах, допускается только в случаях, предусмотренных Гражданским кодексом Республики Казахстан или соглашением сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z211" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z211" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отказа от биржевой сделки участники биржевой торговли не требуют от товарной биржи возврата ранее уплаченного ими биржевого сбора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z212" w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z212" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Признание сделок недействительными, и их отмена, осуществляется по основаниям, предусмотренным настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5835,150 +5999,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="172"/>
+    <w:bookmarkStart w:name="z232" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Биржевые торги в режиме двойного встречного аукциона проводятся с учетом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z233" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z233" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конфиденциальности информации об участниках биржевой торговли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z234" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z234" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) запрета на заключение кросс-сделок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z235" w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z235" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) формирования цены на биржевой товар, по которой заключается биржевая сделка, в процессе конкурирования предложений покупателей, продавцов и определения ее, как наилучшей цены для покупателя (минимальная цена от продавцов) или как наилучшей цены для продавца (максимальная цена от покупателей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z236" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z236" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) внесения биржевого обеспечения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5997,70 +6161,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="177"/>
+    <w:bookmarkStart w:name="z237" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Товарным биржам не допускается организация биржевых торгов товарами, не включенными в перечни биржевых товаров и социально значимых биржевых товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Биржевые торги социально значимыми биржевыми товарами осуществляют товарные биржи, определенные Правительством Республики Казахстан на основании конкурса, согласно части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6117,90 +6281,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="178"/>
+    <w:bookmarkStart w:name="z238" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Брокер, участвующий в биржевых торгах в режиме двойного встречного аукциона, представляет в нем одного и более клиентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z239" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z239" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом брокер одновременно не представляет интересы продавца и покупателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6219,1360 +6383,1110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="180"/>
+    <w:bookmarkStart w:name="z240" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. По товарам, торгуемым в режиме двойного встречного аукциона, товарная биржа утверждает своими внутренними документами спецификацию товара, которая предусматривает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z241" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z241" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование товара, код торгового инструмента (товара) и его качественные характеристики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z242" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z242" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) условия поставки и оплаты товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z243" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z243" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размер лота, а также в случае необходимости минимальной поставочной партии товара и (или) способ упаковки товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z244" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z244" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) перечень документов, подтверждающих поставку товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z245" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z245" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) допустимый толеранс при поставке товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z246" w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z246" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) наличие рамочной формы договора поставки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z247" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z247" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Биржевые торги в режиме двойного встречного аукциона проводятся в течение торговой сессии в порядке непрерывного автоматического сопоставления торговой системой товарной биржи заявок на покупку и продажу, по которому каждая подаваемая заявка проверяется на совпадение по количеству товара и цене со встречными заявками, которые образуют реестр (очередь) заявок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z248" w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z248" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При совпадении параметров подаваемой заявки с параметрами встречных заявок происходит заключение биржевой сделки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z249" w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z249" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Торги, проведенные в электронной торговой системе и не соответствующие условиям, предусмотренным настоящим пунктом, признаются недействительными и подлежат отмене товарной биржей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z250" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z250" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Реестр (очередь) заявок формируется торговой системой товарной биржи в автоматическом режиме с учетом следующего:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z251" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z251" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) независимо от времени подачи, первыми в очереди располагаются заявки с наилучшими ценами (с максимальными ценами от покупателя (по убывающей) – в очереди заявок на покупку и с минимальными ценами от продавца (по возрастающей) – в очереди заявок на продажу); при этом указанное в заявке количество реализуемого (приобретаемого) товара (объем заявки) на ее приоритет (первоочередность) не влияет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z252" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z252" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) встречные заявки удовлетворяются согласно их месту и цене в очереди – сначала удовлетворяются заявки, определенные в очереди первыми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z253" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z253" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при равенстве цен заявок, заявка, поданная раньше, удовлетворяется в первоочередном порядке, чем заявка, поданная позже;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z254" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z254" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сделка заключается всегда по цене заявки, находящейся в очереди встречных заявок первой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z255" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z255" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) если заявка при заключении сделки удовлетворяется частично, то оставшаяся (неисполненная) ее часть рассматривается в качестве отдельной заявки, которая подлежит удовлетворению в общем порядке, определенном настоящим пунктом Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z256" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z256" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заключение биржевой сделки не требует дополнительного согласия участников, подавших удовлетворяемые заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z257" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z257" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. В ходе торговой сессии, проводимой в режиме двойного встречного аукциона, участники биржевых торгов подают неограниченное количество заявок на покупку (продажу) товара, при достаточном размере биржевого обеспечения. При этом любую заявку, поданную участником биржевых торгов, допускается снять им до момента заключения сделки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z258" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z258" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. По окончании торговой сессии, проводимой в режиме двойного встречного аукциона, все неудовлетворенные заявки на покупку (продажу) товара аннулируются торговой системой товарной биржи, либо переносятся на следующий торговый день, если последнее было предусмотрено заявкой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z259" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z259" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Основные базовые характеристики двойного встречного аукциона в торговой системе товарной биржи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z260" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z260" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие информации в режиме онлайн обо всех выставленных участниками торгов заявках, как на покупку, так и на продажу. При этом торговая система позволяет иметь информацию о ходе торгов по всем инструментам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z261" w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z261" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) возможность выставления (редактирования) заявок на покупку или на продажу по любому из инструментов, к которому допущен участник торгов, не выходя из торговой системы, где отображается ход торгов. Выставленная (отредактированная) заявка в режиме реального времени отражается в торговой системе по конкретному торговому инструменту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z262" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z262" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участники в ходе торгов подают неограниченное количество заявок, при условии наличия достаточного количества биржевого обеспечения на их счетах в расчетно-клиринговой системе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z263" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z263" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) торговая система контролирует достаточность биржевого обеспечения участника. Денежные средства блокируются в ходе торгов под каждую выставленную заявку и заключенную сделку, в соответствии с установленным товарной биржей размером биржевого обеспечения. Участник выставляет заявку только в размере свободных денежных средств (денежных средств, не заблокированных под заявки или сделки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z264" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z264" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) размер заблокированного биржевого обеспечения определяется в порядке, предусмотренным законодательством Республики Казахстан о товарных биржах; 6) в торговой системе имеется возможность контроля средств биржевого обеспечения (информация о свободных и заблокированных средствах);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z265" w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z265" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) заключение сделки осуществляется по следующему алгоритму:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z266" w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z266" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       каждая подаваемая заявка проверяется на совпадение с встречными заявками, которые поданы в систему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z267" w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z267" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при пересечении параметров подаваемой заявки с параметрами встре чных заявок происходит заключение сделок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z268" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z268" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при равенстве цен заявка, поданная раньше, удовлетворяется раньше, чем заявка, поданная позже;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z269" w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z269" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сделка заключается всегда по цене лучшей заявки, находящейся в очереди встречных заявок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z270" w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z270" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) заявки имеют возможность частичного исполнения (сделка заключается на объявленную часть товара), при этом неисполненная ее часть снимается участником торгов в любое время до ее акцепта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z271" w:id="211"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z271" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) в торговой системе имеется информация обо всех заключенных в ходе торгов сделках, с отображением основных параметров каждой сделки: уникальный номер, дата и время заключения, наименование либо код товара, цена, объем, контрагенты и иные параметры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z272" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z272" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) не допускаются шаг цены и заключение кросс-сделок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z273" w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z273" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сделки заключаются непрерывно и не требуют дополнительных действий со стороны участников торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z274" w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z274" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Порядок осуществления расчетов по заключенным на биржевых торгах сделкам с биржевыми товарами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z275" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      75. Исключен приказом Министра торговли и интеграции РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z1097" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75-1. Оплата и поставка биржевых товаров по сделкам, заключенным на товарной бирже, осуществляются через клиринговый центр товарной биржи, принимающий на себя функции контрагента по гарантированию исполнения условий договора на основании заключенной биржевой сделки в части полной оплаты суммы договора со стороны покупателя, при условии исполнения всех требований по надлежащей поставке со стороны продавца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 75-1 в соответствии с приказом Министра торговли и интеграции РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">76. Исключен приказом Министра торговли и интеграции РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 75 предусматривается исключить приказом Министра торговли и интеграции РК от 03.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">77. Исключен приказом Министра торговли и интеграции РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">78. Исключен приказом Министра торговли и интеграции РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>01.01.2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-    </w:p>
-[...103 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...390 lines deleted...]
-      78. Расчеты по договорам, заключенным на основании биржевых сделок с предоставлением биржевого обеспечения, допускается производить через клиринговую организацию, обслуживающую товарную биржу и принимающую такое биржевое обеспечение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z283" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Клиринговое обслуживание биржевых сделок осуществляется в соответствии с Правилами осуществления клиринговой деятельности по биржевым сделкам, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -10396,147 +10310,105 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">112. Исключен приказом Министра торговли и интеграции РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...80 lines deleted...]
-      112. Товарная биржа и (или) клиринговый центр товарной биржи принимают на себя функции контрагента по гарантированию исполнения условий договора на основании ранее заключенной биржевой сделки в части полной оплаты суммы договора со стороны покупателя, при условии исполнения всех требований по надлежащей поставке со стороны продавца за счет полного ранее внесенного покупателем покрытия биржевым обеспечением суммы договора и транспортных издержек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z387" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Товарная биржа обеспечивает сохранность сведений по всем заключенным биржевым сделкам до момента прекращения занятия деятельностью в сфере биржевой торговли.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
     <w:bookmarkStart w:name="z388" w:id="319"/>
     <w:p>
       <w:pPr>
@@ -11900,52 +11772,72 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) порядок присвоения кодов торгового инструмента товаров, допущенных к биржевым торгам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
     <w:bookmarkStart w:name="z459" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) правила внутреннего контроля и программы его осуществления в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
+        <w:t xml:space="preserve">
+      7) правила внутреннего контроля и программы его осуществления в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
     <w:bookmarkStart w:name="z460" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) кодекс брокерской (дилерской) этики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
     <w:bookmarkStart w:name="z461" w:id="370"/>
     <w:p>
@@ -12010,71 +11902,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 131 с изменениями, внесенными приказом и.о. Министра торговли и интеграции РК от 20.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 131 с изменениями, внесенными приказами и.о. Министра торговли и интеграции РК от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2025); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z464" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19898,55 +19810,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>