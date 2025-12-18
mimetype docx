--- v0 (2025-10-12)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1422a53" w14:textId="1422a53">
+    <w:p w14:paraId="6a4c5d0" w14:textId="6a4c5d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -877,146 +877,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от 01 апреля 2015 год</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1128,61 +1032,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования и перечень документов, подтверждающих соответствие им, для осуществления деятельности в области ветеринарии по производству препаратов ветеринарного назначения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 26.04.2023 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 158</w:t>
+        <w:t>№ 306</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1868,51 +1772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается с информационной системы "Государственная база данных "Регистр недвижимости".</w:t>
+В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается из информационной системы единого государственного кадастра недвижимости.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы "Е-лицензирование".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2217,51 +2121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается с информационной системы "Государственная база данных "Регистр недвижимости".</w:t>
+В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается из информационной системы единого государственного кадастра недвижимости.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы "Е-лицензирование".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2548,69 +2452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается с информационной системы "Государственная база данных "Регистр недвижимости".</w:t>
-[...17 lines deleted...]
-Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы "Е-лицензирование".</w:t>
+В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается из информационной системы единого государственного кадастра недвижимости. Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы "Е-лицензирование".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2879,51 +2765,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается с информационной системы "Государственная база данных "Регистр недвижимости".</w:t>
+В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается из информационной системы единого государственного кадастра недвижимости.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы "Е-лицензирование".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3210,51 +3096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается с информационной системы "Государственная база данных "Регистр недвижимости".</w:t>
+В случае наличия производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается из информационной системы единого государственного кадастра недвижимости.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы "Е-лицензирование".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3305,71 +3191,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Наличие технологического, измерительного и испытательного оборудования для производства препаратов ветеринарного назначения в соответствии с техническими условиями на производимый ветеринарный препарат, наличие аккредитованной испытательной лаборатории, оснащенной приборами и оборудованием, либо договора о выполнении испытательных работ (услуг) с организациями, имеющими указанные лаборатории, для осуществления контроля качества производимых ветеринарных препаратов (средства измерений, внесенные в реестр государственной системы обеспечения единства измерений Республики Казахстан по результатам испытаний с целью утверждения типа или метрологической аттестации средств измерений, приборы контроля, вспомогательные материалы и оборудование, заверенные подписью услугополучателя, сертификаты о поверке и (или) оттиски поверительного клейма на средствах измерений* и/или сертификаты о калибровке средств измерений** в соответствии с </w:t>
+Наличие технологического, измерительного и испытательного оборудования для производства препаратов ветеринарного назначения в соответствии с техническими условиями на производимый ветеринарный препарат, наличие аккредитованной испытательной лаборатории, оснащенной приборами и оборудованием, либо договора о выполнении испытательных работ (услуг) с организациями, имеющими указанные лаборатории, для осуществления контроля качества производимых ветеринарных препаратов (средства измерений, внесенные в реестр государственной системы обеспечения единства измерений Республики Казахстан по результатам испытаний с целью утверждения типа или метрологической аттестации средств измерений, приборы контроля, вспомогательные материалы и оборудование, заверенные подписью услугополучателя, сертификаты о поверке и (или) оттиски поверительного клейма на средствах измерений и/или сертификаты о калибровке средств измерений в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Законом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республики Казахстан "Об обеспечении единства измерений" (далее – Закон), а также аттестат аккредитации испытательной лаборатории, либо договор с аккредитованной испытательной лабораторией).</w:t>
+              <w:t xml:space="preserve"> Республики Казахстан "Об обеспечении единства измерений", а также аттестат аккредитации испытательной лаборатории, либо договор с аккредитованной испытательной лабораторией).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3634,144 +3520,50 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...92 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3844,178 +3636,187 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и перечню документов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подтверждающих соответствие им,</w:t>
+              <w:t>подтверждающих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для осуществления деятельности</w:t>
+              <w:t>соответствие им,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области ветеринарии</w:t>
+              <w:t>для осуществления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по производству препаратов</w:t>
+              <w:t>деятельности в области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринарии по производству</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>препаратов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ветеринарного назначения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="9"/>
+    <w:bookmarkStart w:name="z76" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по производству препаратов ветеринарного назначения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z77" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сведения о ветеринарно-санитарном заключении, выданном государственным</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z76" w:id="10"/>
-[...44 lines deleted...]
-        <w:t>государственным ветеринарно-санитарным инспектором соответствующей</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ветеринарно-санитарным инспектором соответствующей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>административно-территориальной единицы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4056,379 +3857,365 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>идентификационный номер</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z77" w:id="11"/>
+        <w:t>идентификационный номер ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z78" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Наличие технологического, измерительного и испытательного оборудования</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для производства препаратов ветеринарного назначения в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с техническими условиями на производимый ветеринарный препарат, наличие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аккредитованной испытательной лаборатории, оснащенной приборами и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оборудованием, либо договора о выполнении испытательных работ (услуг)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с организациями, имеющими указанные лаборатории, для осуществления контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>качества производимых ветеринарных препаратов (средства измерений, внесенные</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в реестр государственной системы обеспечения единства измерений Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан по результатам испытаний с целью утверждения типа или метрологической</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестации средств измерений, приборы контроля, вспомогательные материалы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и оборудование, заверенные подписью услугополучателя, сертификаты о поверке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) оттиски поверительного клейма на средствах измерений и/или сертификаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о калибровке средств измерений в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Об обеспечении единства измерений", а также аттестат аккредитации испытательной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лаборатории, либо договор с аккредитованной испытательной лабораторией):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z79" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) средства измерений, внесенные в реестр государственной системы обеспечения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>для производства препаратов ветеринарного назначения в соответствии</w:t>
-[...273 lines deleted...]
-        </w:rPr>
         <w:t>единства измерений Республики Казахстан по результатам испытаний с целью</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждения типа или метрологической аттестации средств измерений:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4436,257 +4223,260 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документ, подтверждающий право собственности или документ, подтверждающий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>законные права __________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>законные права ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наименование и краткая характеристика средств измерений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
-[...154 lines deleted...]
-    </w:p>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>назначение средств измерений ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>год выпуска и страна-производитель ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заводской номер и дата инвентаризации ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер технического паспорта ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z80" w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения из эксплуатационных паспортов заводов-изготовителей на приборы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контроля, вспомогательные материалы, оборудование, заверенные подписью</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4708,655 +4498,485 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наименование и краткая характеристика приборов контроля, вспомогательных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>материалов и оборудования ______________________________________________</w:t>
-[...381 lines deleted...]
-    </w:p>
+        <w:t>материалов и оборудования _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер паспорта _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи паспорта __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган, выдавший паспорт _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>назначение оборудования _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z81" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сертификаты о поверке и (или) оттиски поверительного клейма на средствах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>измерений и/или сертификаты о калибровке средств измерений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номера сертификатов __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган, выдавший сертификаты __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>срок действия сертификатов с ______________ до __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z82" w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аттестат аккредитации испытательной лаборатории, либо сведения о заключенных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договорах с аккредитованной лабораторией:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>номер аттестата аккредитации испытательной лаборатории _____________________</w:t>
-[...127 lines deleted...]
-      <w:bookmarkStart w:name="z82" w:id="12"/>
+        <w:t>номер аттестата аккредитации испытательной лаборатории _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган, выдавший аттестат аккредитации _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>срок действия документа с _______________________ до ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер договора с аккредитованной лабораторией __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата заключения договора ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>срок действия договора с ___________________ до _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z83" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для юридических лиц: наличие квалифицированного состава руководителей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и специалистов: в подразделениях непосредственно занятых производством</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ветеринарных препаратов и производственного контроля специалистов</w:t>
-[...16 lines deleted...]
-        <w:t>(не менее одного ветеринарного врача или фельдшера), имеющих высшее и (или)</w:t>
+        <w:t>ветеринарных препаратов и производственного контроля специалистов (не менее</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одного ветеринарного врача или фельдшера), имеющих высшее и (или)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>послевузовское образование по специальностям "ветеринарная медицина",</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5550,368 +5170,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>технического и профессионального образования (колледж) по специальности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"ветеринария", стажа работы по специальности не менее двух лет, специализации</w:t>
-[...33 lines deleted...]
-        <w:t>1) сведения о квалифицированном составе технических руководителей и специалистов:</w:t>
+        <w:t>"ветеринария", стажа работы по специальности не менее двух лет, специализации или</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>усовершенствования и других видов повышения квалификации за последние 5 лет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z84" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о квалифицированном составе технических руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и специалистов:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наименование высшего учебного заведения _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>специальность и квалификация __________________________________________</w:t>
+        <w:t>специальность и квалификация _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>номер диплома о высшем/среднем образовании по профилю лицензируемого вида</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>деятельности __________________________________________________________</w:t>
-[...35 lines deleted...]
-    </w:p>
+        <w:t>деятельности _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи диплома __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z85" w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о прохождении специализации/повышения квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наименование учреждения, где проводилась специализации/повышение квалификации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________________</w:t>
-[...146 lines deleted...]
-</w:t>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплина __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер сертификата ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи сертификата _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5947,152 +5494,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к приказу Министра </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">сельского хозяйства </w:t>
+              <w:t>Министра сельского хозяйства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 января 2015 года № 7-1/69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования и перечень документов, подтверждающих соответствие им, для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Квалификационные требования - в редакции приказа Министра сельского хозяйства РК от 19.04.2021 </w:t>
+      Сноска. Квалификационные требования - в редакции приказа Министра сельского хозяйства РК от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 131</w:t>
+        <w:t>№ 306</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6506,125 +6040,143 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Правоустанавливающие документы на производственно-техническую базу или копии договора аренды или безвозмездного пользования или доверительного управления в случае заключения данных договоров на срок менее одного года;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ветеринарно-санитарное заключение, выдаваемое в соответствии с приказом Министра сельского хозяйства Республики Казахстан от 21 мая 2015 года № 7-1/453 "Об утверждении </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> выдачи ветеринарных документов и требований к их бланкам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11898) (далее – Приказ).</w:t>
+ветеринарно-санитарное заключение, выдаваемое в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 21 мая 2015 года № 7-1/453 "Об утверждении Правил выдачи ветеринарных документов и требований к их бланкам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11898) (далее – Приказ).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае наличия производственно-технической базы на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается с информационной системы "Государственная база данных "Регистр недвижимости".</w:t>
-[...17 lines deleted...]
-Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы "Е-лицензирование".</w:t>
+В случае наличия производственно-технической базы на праве собственности или ином законном основании (аренда/безвозмездное пользование/доверительное управление на срок более одного года), информация получается из информационной системы единого государственного кадастра недвижимости.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о ветеринарно-санитарном заключении услугодатель получает из информационной системы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Е-лицензирование".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6674,88 +6226,108 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие документов по стандартизации (национальные и региональные стандарты, методики выполнения измерений для проведения ветеринарно-санитарной экспертизы продукции и сырья животного происхождения).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наличие средств измерений, внесенных в реестр государственной системы обеспечения единства измерений Республики Казахстан по результатам испытаний с целью утверждения типа средств измерений или метрологической аттестации средств измерений, наличие сертификатов о поверке и (или) оттисков поверительного клейма на средствах измерений* и/или сертификатов о калибровке средств измерений** в соответствии с Законом Республики Казахстан от 7 июля 2000 года "Об обеспечении единства измерений" (далее – Закон), наличие стандартных тестов для проведения ветеринарно-санитарной экспертизы.</w:t>
+              <w:t xml:space="preserve">
+Наличие средств измерений, внесенных в реестр государственной системы обеспечения единства измерений Республики Казахстан по результатам испытаний с целью утверждения типа средств измерений или метрологической аттестации средств измерений, наличие сертификатов о поверке и (или) оттисков поверительного клейма на средствах измерений и/или сертификатов о калибровке средств измерений в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Законом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан "Об обеспечении единства измерений", наличие стандартных тестов для проведения ветеринарно-санитарной экспертизы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения согласно приложению к настоящим квалификационным требованиям.</w:t>
+Форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения согласно приложению к настоящим квалификационным требованиям.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6820,214 +6392,322 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие у руководителя юридического лица высшего и (или) послевузовского образования по специальностям "ветеринарная медицина", "ветеринарная санитария", со стажом работы по специальности не менее трех лет.</w:t>
-[...17 lines deleted...]
-Наличие в штате юридического лица или специализированного подразделения юридического лица: в лаборатории ветеринарно-санитарной экспертизы специалистов (не менее одного ветеринарного врача или фельдшера), имеющих высшее и (или) послевузовское образование по специальностям "ветеринарная медицина", "ветеринарная санитария" и (или) техническое и профессиональное образование (колледж) по специальности "ветеринария", специализации или усовершенствования и других видов повышения квалификации за последние 5 лет.</w:t>
+Наличие у руководителя юридического лица высшего и (или) послевузовского образования по специальностям "ветеринарная медицина", "ветеринарная санитария", со стажем работы по специальности не менее трех лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате юридического лица или специализированного подразделения юридического лица: в лаборатории ветеринарно-санитарной экспертизы специалистов (не менее одного ветеринарного врача или фельдшера), имеющих высшее и (или) послевузовское образование по специальностям "ветеринарная медицина", "ветеринарная санитария" и (или) техническое и профессиональное образование (колледж) по специальности "ветеринария", специализации или усовершенствования и других видов повышения квалификации за последние 5 лет*.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения согласно приложению к настоящим квалификационным требованиям.</w:t>
+Форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения согласно приложению к настоящим квалификационным требованиям.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие минимального набора оборудования, необходимого для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения согласно приложению к настоящим квалификационным требованиям.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z94" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 5 июля 2008 года "Об аккредитации в области оценки соответствия". </w:t>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*в случае, если руководитель юридического лица одновременно выполняет функции специалиста (ветеринарного врача или фельдшера) в лаборатории ветеринарно-санитарной экспертизы, требование не применяется при условии соответствия данного лица квалификационным требованиям.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7076,1188 +6756,4711 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к квалификационным </w:t>
+              <w:t>к квалификационным требованиям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">требованиям и перечню </w:t>
+              <w:t>и перечню документов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">документов, подтверждающих </w:t>
+              <w:t>подтверждающих соответствие им,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">соответствие им, для </w:t>
+              <w:t>для осуществления деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществления деятельности в</w:t>
+              <w:t>в области ветеринарии по проведению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">области ветеринарии по </w:t>
+              <w:t>ветеринарно-санитарной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведению ветеринарно-</w:t>
+              <w:t>экспертизы продукции и сырья</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитарной экспертизы</w:t>
-[...25 lines deleted...]
-              <w:t>происхождения</w:t>
+              <w:t>животного происхождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="14"/>
+    <w:bookmarkStart w:name="z96" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z53" w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z97" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      номер и дата выдачи ветеринарно-санитарного заключения __________</w:t>
-[...73 lines deleted...]
-      Наличие средств измерений, внесенных в реестр государственной системы обеспечения единства измерений Республики Казахстан по результатам испытаний с целью утверждения типа или метрологической аттестации средств измерений, наличие приборов контроля, вспомогательных материалов и оборудования, заверенных подписью услугополучателя, наличие сертификатов о поверке и (или) оттисков поверительного клейма на средствах измерений* и/или сертификатов о калибровке средств измерений** в соответствии с </w:t>
+      1. Сведения о ветеринарно-санитарном заключении, выданном государственным</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ветеринарно-санитарным инспектором соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>административно-территориальной единицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер и дата выдачи ветеринарно-санитарного заключения _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z98" w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Наличие документов по стандартизации (национальные и региональные стандарты,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>методики выполнения измерений для проведения ветеринарно-санитарной экспертизы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">продукции и сырья животного происхождения). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие средств измерений, внесенных в реестр государственной системы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечения единства измерений Республики Казахстан по результатам испытаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с целью утверждения типа или метрологической аттестации средств измерений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наличие приборов контроля, вспомогательных материалов и оборудования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заверенных подписью услугополучателя, наличие сертификатов о поверке и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оттисков поверительного клейма на средствах измерений и/или сертификатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о калибровке средств измерений в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 7 июля 2000 года "Об обеспечении единства измерений" (далее – Закон), наличие стандартных тестов для проведения ветеринарно-санитарной экспертизы:</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z56" w:id="19"/>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Об обеспечении единства измерений", наличие стандартных тестов для проведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ветеринарно-санитарной экспертизы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z99" w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) документы по стандартизации (национальные и региональные стандарты, методики выполнения измерений для проведения ветеринарно-санитарной экспертизы продукции и сырья животного происхождения) да/нет (указать наименование документа): _____________________________________</w:t>
-[...46 lines deleted...]
-      </w:pPr>
+      1) документы по стандартизации (национальные и региональные стандарты, методики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выполнения измерений для проведения ветеринарно-санитарной экспертизы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>продукции и сырья животного происхождения) да/нет (указать наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документа): ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z100" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      документ, подтверждающий право собственности или документ, подтверждающий законные права</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z59" w:id="22"/>
+      2) средства измерений, внесенные в реестр государственной системы обеспечения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>единства измерений Республики Казахстан по результатам испытаний с целью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждения типа или метрологической аттестации средств измерений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документ, подтверждающий право собственности или документ, подтверждающий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законные права ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование и краткая характеристика средств измерений __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>назначение средств измерений____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>год выпуска и страна-производитель ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заводской номер и дата инвентаризации ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер технического паспорта ____________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z101" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________</w:t>
-[...162 lines deleted...]
-      </w:pPr>
+      3) сведения из эксплуатационных паспортов заводов-изготовителей на приборы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля, вспомогательные материалы, оборудование, заверенные подписью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование и краткая характеристика приборов контроля, вспомогательных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>материалов и оборудования _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер паспорта________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи паспорта___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган, выдавший паспорт _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>назначение оборудования________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z102" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) сведения из эксплуатационных паспортов заводов-изготовителей на приборы контроля, вспомогательные материалы, оборудование, заверенные подписью услугополучателя:</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z61" w:id="24"/>
+      4) сертификаты о поверке и (или) оттиски поверительного клейма на средствах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>измерений и/или сертификаты о калибровке средств измерений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номера сертификатов____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган, выдавший сертификаты ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>срок действия сертификатов с _____________________ до ____________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z103" w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      наименование и краткая характеристика приборов контроля, вспомогательных материалов и оборудования___________________</w:t>
-[...94 lines deleted...]
-      </w:pPr>
+      5) сведения о наличии стандартных тестов для проведения ветеринарно-санитарной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>экспертизы на рынках ___________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z104" w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сертификаты о поверке и (или) оттиски поверительного клейма на средствах измерений* и/или сертификаты о калибровке средств измерений**:</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z63" w:id="26"/>
+      3. Наличие у руководителя юридического лица высшего и (или) послевузовского</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования по специальностям "ветеринарная медицина", "ветеринарная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>санитария", стажа работы по специальности не менее 3 (трех) лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие в штате юридического лица или специализированного подразделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица: в лаборатории ветеринарно-санитарной экспертизы специалистов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(не менее одного ветеринарного врача или фельдшера), имеющих высшее и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послевузовское образование по специальностям "ветеринарная медицина",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"ветеринарная санитария" и (или) техническое и профессиональное образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(колледж) по специальности "ветеринария", специализации или усовершенствования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и других видов повышения квалификации за последние 5 (пять) лет*:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z105" w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      номера сертификатов__________________________________________</w:t>
-[...130 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 5 июля 2008 года "Об аккредитации в области оценки соответствия".</w:t>
+      1) сведения о квалифицированном составе технических руководителей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z67" w:id="30"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и специалистов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специальность и квалификация _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер диплома о высшем/среднем образовании по профилю лицензируемого вида</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи диплома _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование учебного заведения ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z106" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) сведения о наличии стандартных тестов для проведения ветеринарно-санитарной экспертизы на рынках _______________________________________</w:t>
+      2) сведения о прохождении специализации/повышения квалификации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z68" w:id="31"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование организации, где проводилась специализация/повышение квалификации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплина _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер сертификата_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи сертификата____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z107" w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Наличие у руководителя юридического лица высшего и (или) послевузовского образования по специальностям "ветеринарная медицина", "ветеринарная санитария", стажа работы по специальности не менее 3 (трех) лет.</w:t>
+      Примечание: *в случае, если руководитель юридического лица одновременно</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z69" w:id="32"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выполняет функции специалиста (ветеринарного врача или фельдшера) в лаборатории</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ветеринарно-санитарной экспертизы, требование не применяется при условии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соответствия данного лица квалификационным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z108" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наличие в штате юридического лица или специализированного подразделения юридического лица: в лаборатории ветеринарно-санитарной экспертизы специалистов (не менее одного ветеринарного врача или фельдшера), имеющих высшее и (или) послевузовское образование по специальностям "ветеринарная медицина", "ветеринарная санитария" и (или) техническое и профессиональное образование (колледж) по специальности "ветеринария", специализации или усовершенствования и других видов повышения квалификации за последние 5 (пять) лет:</w:t>
+      4. Наличие минимального набора оборудования, необходимого для осуществления</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z70" w:id="33"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности в области ветеринарии по проведению ветеринарно-санитарной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>экспертизы продукции и сырья животного происхождения, предусмотренного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением к настоящей Форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к форме сведений, содержащих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информацию для осуществления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности в области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринарии по проведению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ветеринарно-санитарной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экспертизы продукции и сырья</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>животного происхождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z110" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Минимальный набор оборудования, необходимый для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Минимальное количество (единицы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баня водяная лабораторная*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Микроскоп биологический, осветитель для микроскопа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прибор для определения водородных ионов (иономер, рН-метр)**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Термостат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камера проекционная для трихинеллоскопии или трихинеллоскоп (с компрессориями) для лабораторий, осуществляющих ветеринарно-санитарную экспертизу мяса свиней**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф сушильный стерилизационный**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дистилятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Весы лабораторные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Термометры лабораторные (для мяса с металлическим стилетом)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Термометр комнатный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радиологические средства измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Холодильник бытовой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лампа (облучатель) бактерицидная***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Овоскоп для лабораторий, осуществляющих ветеринарно-санитарную экспертизу яиц*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гомогенизатор или мясорубка лабораторная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализатор качества молока для лабораторий, осуществляющих ветеринарно-санитарную экспертизу молока*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прибор для определения степени чистоты молока для лабораторий, осуществляющих ветеринарно-санитарную экспертизу молока*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компрессорий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лупа складная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерилизатор электрический для стерилизации инструментов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электроплита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лабораторная стеклянная посуда (чашки Петри, пипетки, колбы, стаканы, пробирки, мерные цилиндры, эксикаторы, предметные и покровные стекла, микробюретки капельницы, спиртовки, мензурки) и реактивы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для исследований,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>испытаний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мебель лабораторная (столы, стулья, шкафы), инструменты (нож, пинцет, ножницы, скальпель)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для исследований, испытаний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z111" w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сведения о квалифицированном составе технических руководителей и специалистов:</w:t>
-[...19 lines deleted...]
-      специальность и квалификация _________________________</w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       номер диплома о высшем/среднем образовании по профилю лицензируемого вида деятельности</w:t>
-[...201 lines deleted...]
-</w:t>
+        <w:t>* не распространяется на мясоперерабатывающее предприятие и убойный пункт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>** не распространяется на убойный пункт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*** по одной на каждое помещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Допускается применение оборудования в дополнение к минимальному набору, а также замена минимального набора иным оборудованием, необходимым для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>