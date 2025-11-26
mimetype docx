--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c74fd2" w14:textId="5c74fd2">
+    <w:p w14:paraId="17ee4c9" w14:textId="17ee4c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4541,230 +4541,566 @@
     </w:p>
     <w:bookmarkStart w:name="z182" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        33-9. Условиями для назначения внеочередной квалификационной проверки знаний являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выдача предписания или направление рекомендации от государственного органа по государственному энергетическому надзору и контролю, при выявлении нарушений требований правовых актов в области электроэнергетики или теплоэнергетики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) составление акта расследования технологического нарушения, по результатам которого комиссией выявлены нарушения требований правовых актов в области электроэнергетики со стороны персонала, приведшие к технологическому нарушению, несчастному случаю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) решение технического руководителя организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) указания о принятии мер по устранению выявленных нарушений по безопасности и охране труда работников службы (отдела) безопасности и охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-9 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 322</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра энергетики РК от 28.09.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-10. К основаниям для назначения внеочередной квалификационной проверки знаний, путем выдачи предписания или направления рекомендации от государственного органа по государственному энергетическому надзору и контролю, при выявлении нарушений требований правовых актов в области теплоэнергетики или электроэнергетики относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) введение в действие нового правового акта в области электроэнергетики, внесение изменений и дополнений в правовые акты в области электроэнергетики, если нормы этих актов вносят изменения в деятельность работника организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акт расследования несчастного случая на производстве, по результатам которого комиссией по расследованию несчастного случая выявлены нарушения требований правовых актов в области электроэнергетики со стороны персонала, приведшие к несчастному случаю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) факт ошибочных действий персонала организации, в том числе по настройке устройств автоматики, релейной или технологической защиты, в результате которых произошло повреждение оборудования (электроустановок, зданий, сооружений), нарушение установленного режима производства, передачи и потребления электрической, тепловой энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) факт ошибочных действий персонала при проектировании, строительно-монтажных, ремонтных, пуско-наладочных, экспертных работах, в том числе при испытаниях и измерениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отсутствие контроля и принятия мер, по выявленным нарушениям при работах в области электроэнергетики в организации, со стороны технических руководителей, работников служб безопасности и охраны труда организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в отношении технического руководителя организации при отсутствии им принятия решения при вводе в эксплуатацию оборудования (нового или после его реконструкции), изменении электрических и технологических схем, если это приводит к изменениям в деятельности работника организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) по выявленным нарушениям при работах в области электроэнергетики со стороны специалистов экспертных, проектных организаций в области электроэнергетики, в том числе лабораторий (электролабораторий) по изменениям и испытаниям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) нарушение установленных настоящими Правилами сроков по прохождению первичной или периодической (очередной) квалификационной проверки знаний без уважительной причины, а также неподтверждение своей квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) в отношении технического руководителя организации при невыполнении подчиненным оперативно-диспетчерским персоналом распоряжений вышестоящего оперативно-диспетчерского персонала системного оператора по режимам производства, передачи и потребления электрической энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции приказа Министра энергетики РК от 26.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-10 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 322</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра энергетики РК от 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 327-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...68 lines deleted...]
-      4) указания о принятии мер по устранению выявленных нарушений по безопасности и охране труда работников службы (отдела) безопасности и охраны труда.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       33-11. Основаниями для назначения внеочередной квалификационной проверки знаний по результатам акта расследования технологического нарушения являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявленные комиссией допущенные нарушения норм безопасности при работах в энергетических установках со стороны персонала организации, осуществляющей деятельность по производству, передаче электрической, тепловой энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявленные комиссией допущенные нарушения норм безопасности при работах в энергетических установках со стороны работников сторонних организаций, в том числе командированного персонала, при выполнении работ в области электроэнергетики (строительно-монтажные, ремонтные, пуско-наладочные, экспертные работы, в том числе измерения и испытания).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-9 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-11 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 322</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра энергетики РК от 28.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4776,1071 +5112,629 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       33-12. К основаниям для назначения внеочередной квалификационной проверки знаний, по решению технического руководителя организации относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не исполнение должностных обязанностей на занимаемой должности в течение срока более шести календарных месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ввод в эксплуатацию оборудования (нового или после его реконструкции), изменения электрических и технологических схем, если это приводит к изменениям в деятельности работника организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в результате контроля и принятия мер, по выявленным нарушениям при работах в области электроэнергетики в организации, со стороны руководителей, работников служб безопасности и охраны труда организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нарушения требований правовых актов в области электроэнергетики, повлекшие для физических лиц (персонала) травму, профессиональное заболевание, внезапное ухудшение здоровья или отравление, в результате которых наступает временная или стойкая утрата трудоспособности, профессиональное заболевание либо смерть;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) случаи, предусмотренные пунктами 33-8 и 33-15 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-12 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 322</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       33-13. Основания, перечисленные в пунктах 33-10 – 33-12 настоящих Правил, по назначению внеочередной квалификационной проверки знаний являются полными и исчерпывающими.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 33-10 предусматривается в редакции приказа Министра энергетики РК от 26.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-13 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 322</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 327-н/қ</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       33-14. Внеочередная квалификационная проверка знаний не отменяет сроков периодической квалификационной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-14 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 322</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...140 lines deleted...]
-      7) по выявленным нарушениям при работах в области электроэнергетики со стороны специалистов экспертных, проектных организаций в области электроэнергетики, в том числе лабораторий (электролабораторий) по изменениям и испытаниям.</w:t>
+    <w:bookmarkStart w:name="z188" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       33-15. Лицам, нарушившим установленные настоящими Правилами сроки по прохождению первичной или периодической (очередной) квалификационной проверки знаний без уважительной причины, а также не подтвердившим свою квалификацию назначается прохождение внеочередной квалификационной проверки знаний в течение 30 календарных дней, следующей за датой пропущенного срока или не подтверждения (присвоения) группы допуска по электробезопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В период, с момента назначения внеочередной квалификационной проверки знаний до даты подтверждения квалификации, лицо приравнивается к неэлектротехническому персоналу и не допускается к выполнению должностных обязанностей по занимаемой должности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-10 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-15 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 322</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра энергетики РК от 28.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 335</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       33-16. В случае проведения внеочередной квалификационной проверки знаний и не подтверждения квалификации, лицо приравнивается к неэлектротехническому персоналу с переводом на другую должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33-16 в соответствии с приказом Министра энергетики РК от 15.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 322</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="74"/>
-[...655 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="80"/>
+    <w:bookmarkStart w:name="z44" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        34. В случае отказа от прохождения квалификационной проверки знаний, а также не подтверждения группы по электробезопасности при квалификационной проверке знаний, согласно должностной инструкции, работник отстраняется от выполнения им трудовых обязанностей в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>трудовым законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z45" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z45" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Для проведения квалификационной проверки знаний ежегодно приказом руководителя энергетической организации создается центральная комиссия по квалификационной проверке знаний (далее – Центральная комиссия) и, при необходимости, комиссия по квалификационной проверке знаний структурного подразделения (далее – Комиссия структурного подразделения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5859,70 +5753,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="82"/>
+    <w:bookmarkStart w:name="z46" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        36. Работники организации проходят квалификационную проверку знаний в Центральной комиссии организации, которая формируется в составе не менее трех человек, имеющих группу допуска по электробезопасности не ниже четвертой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председателем Центральной комиссии назначается лицо, прошедшее проверку знаний в государственном органе по государственному энергетическому надзору и контролю в соответствии с Правилами проведения квалификационных проверок знаний.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5977,70 +5871,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="83"/>
+    <w:bookmarkStart w:name="z47" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        37. Квалификационную проверку знаний в Комиссии структурного подразделения проходят работники данного подразделения, за исключением руководителя подразделения, а также лиц, в программе подготовки которых предусмотрена квалификационная проверка знаний по данному подразделению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав Комиссии структурного подразделения включаются руководители данного подразделения, а также руководители смежных подразделений, прошедших квалификационную проверку знаний в Центральной комиссии и имеющих группу допуска по электробезопасности не ниже четвертой.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6077,51 +5971,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="84"/>
+    <w:bookmarkStart w:name="z48" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6136,52 +6030,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Исключен приказом Министра энергетики РК от 15.07.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 322</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z49" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z49" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6196,91 +6090,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Исключен приказом Министра энергетики РК от 15.07.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 322</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z50" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z50" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Квалификационная проверка знаний каждого работника проводится индивидуально в форме тестирования с использованием компьютерных программ или в письменной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z51" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z51" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Решение Центральной комиссии или Комиссии структурного подразделения оформляется в виде протокола квалификационной проверки знаний по форме, согласно приложению 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С протоколом комиссии проверяемый ознакамливается под роспись в течение суток после проведения квалификационной проверки знаний работника. Протоколы квалификационной проверки знаний работников хранятся в организации не менее трех лет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6355,70 +6249,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="88"/>
+    <w:bookmarkStart w:name="z52" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        42. Работники организаций, в которых не создана Центральная комиссия (Комиссия структурного подразделения), проходят квалификационную проверку знаний в комиссиях экспертных организаций, осуществляющих проведение энергетической экспертизы энергопроизводящих, энергопередающих организаций и потребителей электрической и тепловой энергии и (или) организаций, осуществляющих монтажно-наладочные работы в области электроэнергетики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6437,70 +6331,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="89"/>
+    <w:bookmarkStart w:name="z190" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42-1. Комиссии по квалификационной проверке знаний, создаваемые экспертными организациями, осуществляющими проведение энергетической экспертизы энергопроизводящих, энергопередающих организаций и потребителей электрической и тепловой энергии и (или) организаций, осуществляющих монтажно-наладочные работы в области электроэнергетики, формируются в составе не менее трех человек, имеющих группу допуска по электробезопасности не ниже четвертой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Председателем комиссии назначается лицо, прошедшее квалификационную проверку знаний в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6577,70 +6471,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="90"/>
+    <w:bookmarkStart w:name="z191" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        42-2. Комиссия по проверке квалификационных знаний, создаваемая в соответствии с пунктом 42-1 настоящих Правил, не осуществляет квалификационную проверку знаний членов данной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6659,184 +6553,184 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="91"/>
+    <w:bookmarkStart w:name="z53" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Параграф 5. Стажировка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z54" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z54" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. При подготовке по новой должности, после прохождения теоретического обучения по действующей в отрасли системе, оперативный, ремонтный и вспомогательный персонал проходит стажировку. Стажировка проводится под руководством ответственного обучающего лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z55" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z55" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Допуск к стажировке оформляется распорядительным документом по организации или структурному подразделению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В распорядительном документе указываются срок стажировки, фамилия стажируемого лица и назначается лицо, ответственное за обучение работника в период стажировки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="94"/>
+    <w:bookmarkStart w:name="z56" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Продолжительность стажировки на каждом рабочем месте устанавливается индивидуально с учетом профессии (должности), подготовленности обучаемого и составляет от двух до двадцати рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии индивидуальной программы подготовки срок стажировки определяется этой программой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="95"/>
+    <w:bookmarkStart w:name="z57" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. В процессе стажировки подготавливаемый работник в пределах должностной инструкции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       усваивает нормы и правила технической эксплуатации, техники безопасности при эксплуатации энергоустановок (электроустановок);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6883,148 +6777,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретает необходимые практические навыки в выполнении производственных операций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изучает и получает практические навыки по приемам и условиям безаварийной, безопасной и экономичной эксплуатации обслуживаемого оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="96"/>
+    <w:bookmarkStart w:name="z58" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 6. Дублирование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z59" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z59" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Дублирование назначается после первичной квалификационной проверки, длительного перерыва в работе (от трех недель до шести месяцев), а также в случаях указанных в распорядительном документе руководителя организации или структурного подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z60" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z60" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. В распорядительном документе указывается срок и место дублирования, лицо проходящее дублирование, а также назначается лицо, ответственное за подготовку дублера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z61" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z61" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. О допуске к дублированию оперативных руководителей уведомляется вышестоящий и оперативно подчиненный персонал, а также персонал сторонних организаций, с которым ведутся диспетчерские переговоры и оперативные переключения. Данная информация, как переданная, так и принятая, фиксируется в оперативной документации у каждой заинтересованной стороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z62" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z62" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Продолжительность дублирования работника устанавливается Центральной комиссией (Комиссией структурного подразделения) – при первичной проверке или руководителем объекта (структурного подразделения) – после длительного (от трех недель до шести месяцев) перерыва в работе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжительность дублирования вновь подготавливаемых работников составляет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7115,70 +7009,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="101"/>
+    <w:bookmarkStart w:name="z63" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        51. В период дублирования вновь подготавливаемый работник проходит индивидуальные противоаварийные и противопожарные тренировки. Количество тренировок и их тематика определяются руководителем организации или структурного подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7197,70 +7091,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="102"/>
+    <w:bookmarkStart w:name="z64" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        52. В случае, когда за время дублирования работник не приобрел достаточных навыков оперативной работы или получил неудовлетворительную оценку в тренировке, назначается новый срок его дублирования и дополнительная контрольная тренировка. Продолжительность повторного дублирования не должна превышать срока основного дублирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Решение об уровне подготовки работника и назначении нового срока дублирования принимается техническим руководителем организации (структурного подразделения) с учетом мнения лица, ответственного за подготовку дублера, и оформляется соответствующим распорядительным документом в порядке, изложенном в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7335,69 +7229,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="103"/>
+    <w:bookmarkStart w:name="z65" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Параграф 7. Допуск к самостоятельной работе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z66" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z66" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Допуск к самостоятельной работе вновь принятого персонала производится после прохождения им форм подготовки, перечисленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7512,111 +7406,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z67" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z67" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Допуск прошедшего подготовку работника к самостоятельной работе оформляется распорядительным документом по организации или структурному подразделению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z68" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z68" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Действие допуска к самостоятельной работе лиц, для которых квалификационная проверка знаний обязательна, сохраняется до срока очередной проверки и приостанавливается решением технического руководителя объекта (структурного подразделения), как лица ответственного за электрохозяйство руководителя и руководителя службы (отдела) по технике безопасности и охране труда или государственного органа по государственному энергетическому надзору и контролю в области электроэнергетики при установлении фактов нарушения этими лицами настоящих Правил, а также нормативных правовых и технических документов и инструкций, указанных в должностной инструкции этого лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z69" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z69" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Оперативный персонал, имевший перерыв в работе продолжительностью от трех недель до двух месяцев, перед допуском к самостоятельной работе проходит внеплановый инструктаж и дублирование на своем рабочем месте в течение одной-двух смен, а после перерыва в работе продолжительностью от двух до шести месяцев – внеплановый инструктаж и дублирование на рабочем месте в течение двух-шести смен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ходе дублирования и инструктажа работник ознакамливается:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7645,168 +7539,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с изменением внесенных в схемы, а также режимах работы энергоустановок;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с содержанием вновь изданных нормативных и распорядительных документов, производственных инструкций и с изменениями в ранее изданных документах в рамках должностной инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="108"/>
+    <w:bookmarkStart w:name="z70" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Ремонтный и наладочный персонал при перерыве в работе продолжительностью от одного до двух месяцев перед допуском к работе проходит внеплановый инструктаж, а при перерыве от двух до шести месяцев – внеплановый инструктаж, стажировку и противоаварийные тренировки в течение одного-двух рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z71" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z71" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. Допуск к работе оперативного, ремонтного и наладочного персонала, имевшего перерыв в работе свыше шести месяцев, производится в порядке, установленном для вновь принятого персонала в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z72" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z72" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. При длительном простое оборудования или изменении условий его работы порядок допуска персонала к управлению энергоустановками определяется руководством организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z73" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z73" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 8. Инструктажи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z74" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z74" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Устанавливаются следующие виды инструктажей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7893,146 +7787,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) внеплановый;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) целевой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="113"/>
+    <w:bookmarkStart w:name="z75" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. О проведении первичного, повторного, внепланового и целевого инструктажей делается запись в журнале регистрации инструктажей на рабочем месте согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с подписями инструктирующего и инструктируемого.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При работах по наряду в строках бланка наряда допуска указывается проведение целевого инструктажа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При регистрации внепланового инструктажа в журнале указывается причина его проведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="114"/>
+    <w:bookmarkStart w:name="z76" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. По завершении инструктажа на рабочем месте (первичного, повторного, внепланового, целевого) с помощью устного опроса или с помощью технических средств обучения проверяется усвоение материала и наличие навыков безопасных способов работы. Проверку осуществляет работник, проводивший инструктаж.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае не усвоении материала инструктажа, работник вновь проходит инструктаж. При не усвоении материала после повторного инструктажа, лицо (работник) к работе не допускается и ему назначается внеочередная проверка знаний.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8069,148 +7963,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="115"/>
+    <w:bookmarkStart w:name="z78" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        63. Вводный инструктаж проводится со всеми принимаемыми на работу независимо от их образования, стажа работы по данной профессии или должности, временными работниками, командированными, учащимися и студентами, прибывшими в организацию для производственного обучения или практики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z79" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z79" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Вводный инструктаж проводится по программе, разработанной с учетом требований государственных стандартов, правил по технике безопасности в электроустановках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примерный перечень вопросов вводного инструктажа, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подлежит включению в программу вводного инструктажа в рамках должностной инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="117"/>
+    <w:bookmarkStart w:name="z80" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Вновь поступившие на работу руководители и специалисты подразделений ознакамливаются с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       состоянием условий труда и производственной обстановкой на вверяемом им объекте (цехе, участке и прочим);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8277,90 +8171,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нормами, указанными в должностных инструкциях в пределах его компетенции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При приеме лиц на работу с вредными и опасными условиями труда, они письменно предупреждаются о вероятности возникновения у них профессионального заболевания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="118"/>
+    <w:bookmarkStart w:name="z81" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Вводный инструктаж проводится в кабинете по технике безопасности с использованием технических средств обучения и наглядных пособий (плакатов, натурных экспонатов, макетов, моделей, фильмов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z82" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z82" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Вводный инструктаж проводит лицо из числа службы (отдела) по технике безопасности и охране труда или лицо, на которое приказом возложены данные обязанности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8379,130 +8273,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="120"/>
+    <w:bookmarkStart w:name="z83" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        68. О проведении вводного инструктажа осуществляется запись в журнале регистрации вводного инструктажа по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z85" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z85" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Первичный инструктаж на рабочем месте проводится до начала производственной деятельности работника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z86" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z86" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Первичный инструктаж проводится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       со всеми лицами, принимаемыми на работу или переводимыми из одного структурного подразделения в другое;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8531,90 +8425,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с командированными и временными работниками;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       со студентами и учащимися, прибывшими на производственное обучение или практику.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="123"/>
+    <w:bookmarkStart w:name="z87" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. От первичного инструктажа освобождаются лица, не связанные с обслуживанием, ремонтом, наладкой и испытанием оборудования, использованием инструмента, хранением и применением сырья и материалов. Список профессий (должностей) работников, освобожденных от первичного инструктажа, утверждает технический руководитель организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z88" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z88" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Первичный инструктаж на рабочем месте производится по программам, разработанным для отдельных профессий (должностей) с учетом требований государственных стандартов, правил безопасности в области электроэнергетики, в рамках должностной инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примерный перечень основных вопросов первичного инструктажа определен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8627,70 +8521,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Программы первичного инструктажа утверждаются главным техническим руководителем энергетического объекта, как лицом ответственным за электрохозяйство энергетического объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="125"/>
+    <w:bookmarkStart w:name="z89" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Первичный инструктаж проводит руководитель структурного подразделения или лицо его замещающее, на которого приказом возложены данные обязанности с каждым работником индивидуально, на его рабочем месте с практическим показом безопасных приемов и методов труда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8709,51 +8603,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="126"/>
+    <w:bookmarkStart w:name="z91" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        74. Повторный инструктаж проходят работники, круг которых определен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8768,129 +8662,129 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z92" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z92" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Целью проведения повторных инструктажей является поддержание на должном уровне и расширение объема знаний персоналом правил производственных и должностных инструкций, а также совершенствование методов обслуживания и ремонта оборудования, организации безопасного труда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z93" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z93" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. При повторном инструктаже включаются четыре вопроса из разных тем норм, указанных в должностной инструкции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ходе инструктажа разбирают имевшие место технологические нарушения, несчастные случаи, нарушения правил техники безопасности в области электроэнергетики в рамках должностной инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="129"/>
+    <w:bookmarkStart w:name="z94" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. В каждых структурных подразделениях руководителями разрабатывается годовой перечень тем повторных инструктажей для всех должностей и специальностей, который утверждается техническим руководителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8909,128 +8803,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="130"/>
+    <w:bookmarkStart w:name="z95" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        78. Повторный инструктаж проводится непосредственным административно-техническим или оперативным руководителем работника (начальником цеха, участка, службы, лаборатории, заместителем начальника, мастером, начальником смены и другими).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z96" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z96" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Повторный инструктаж проводится индивидуально. При наличии группы работников, обслуживающих однотипное оборудование и в пределах общего рабочего места повторный инструктаж проводится для всей группы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Повторный инструктаж проводится не реже одного раза в квартал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="132"/>
+    <w:bookmarkStart w:name="z98" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Внеплановый инструктаж проводится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при установлении новых требований (изменении) нормативных документов, устанавливающих порядок безопасной эксплуатации энергоустановок затрагивающих нормы установленных должностной инструкцией;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9077,51 +8971,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) при перерыве в работе оперативного персонала свыше трех недель, ремонтного и наладочного – свыше одного месяца, для остальных работников – при перерыве в работе свыше двух месяцев;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) по требованию государственного органа по государственному энергетическому надзору и контролю или технических руководителей вышестоящей организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="133"/>
+    <w:bookmarkStart w:name="z99" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Проведение внепланового инструктажа осушествляется в соответствии с порядком указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9136,207 +9030,207 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z100" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z100" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Объем и содержание инструктажа определяются в каждом конкретном случае в зависимости от причин и обстоятельств, вызвавших необходимость его проведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z101" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z101" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Проведение внеплановых инструктажей для оперативного персонала удаленных участков проводится по телефону. Список таких участков утверждает технический руководитель организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z103" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z103" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Целевой инструктаж проводится при выполнении персоналом разовых работ, не связанных с прямыми обязанностями по специальности (погрузка, выгрузка, уборка территории и прочие), при ликвидации последствий аварий, стихийных бедствий и катастроф, при производстве работ по нарядам и распоряжениям, а также при проведении экскурсий на объекте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии группы работников, обслуживающих однотипное оборудование и в пределах общего рабочего места целевой инструктаж проводится для всей группы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="137"/>
+    <w:bookmarkStart w:name="z104" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 9. Контрольные тренировки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z105" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z105" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Для приобретения практических навыков ликвидации технологических нарушений и обеспечения работоспособности энергетического объекта в условиях аварийной опасности весь персонал объекта участвует в контрольных противоаварийных тренировках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z106" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z106" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       86. Периодичность, порядок подготовки, проведения и разбора контрольных тренировок определяются технической документацией, разработанной энергетическими организациями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z107" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z107" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Лицам, не принявшим без уважительных причин участия в контрольной тренировке, назначается дополнительная индивидуальная контрольная тренировка, но не ранее пятнадцати и не позднее тридцати календарных дней, исчисляемых от даты пропущенной контрольной тренировки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае не усвоения материала контрольной тренировки, работник направляется в структурное подразделение для проведения дополнительного обучения с последующей внеочередной проверкой знаний в комиссии структурного подразделения с участием представителя службы охраны труда.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9373,90 +9267,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="141"/>
+    <w:bookmarkStart w:name="z192" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        87-1. Противопожарные тренировки проводятся в соответствии с Правилами пожарной безопасности для энергетических предприятий, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 20 февраля 2015 года № 123 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10799).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9475,108 +9369,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="142"/>
+    <w:bookmarkStart w:name="z108" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Параграф 10. Повышение или подтверждение квалификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z109" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z109" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Повышение или подтверждение квалификации персонала проводится в целях подтверждения уровня квалификации работников в соответствии с изменяющимися производственными условиями, формирования у них повышения профессионализма, в целях подготовки к должностным перемещениям руководителей и специалистов, присвоения рабочим квалификационных разрядов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z110" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z110" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Повышение или подтверждение квалификации персонала осуществляется в следующих формах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) систематическая самостоятельная подготовка работника (самообразование);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9623,186 +9517,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) длительное периодическое специализированное обучение;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) освоение опыта передовых производственных коллективов, ведущих научных организаций и учебных заведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="145"/>
+    <w:bookmarkStart w:name="z111" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Краткосрочное периодическое обучение технических руководителей и специалистов проводится с периодичностью не реже одного раза в три года в учебных заведениях (подразделениях) системы повышения квалификации и переподготовки кадров в целях решения внедренческих научно-технических, экономических и других задач, возникающих на уровне отрасли организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z112" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z112" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Длительное периодическое обучение руководителей и специалистов проводится не реже одного раза в пять лет в учебных заведениях системы повышения квалификации и переподготовки кадров для углубленного изучения и практического освоения новейших достижений науки и техники, современных методов управления производством и организации труда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z113" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z113" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Повышение или подтверждение квалификации рабочих проводится на производственно-технических курсах, курсах целевого назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Формы, продолжительность и периодичность обучения рабочих определяются руководителями организаций, исходя из производственной необходимости, уровня профессиональной подготовки работников и условия обязательности ежегодного профессионального обучения каждого рабочего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="148"/>
+    <w:bookmarkStart w:name="z114" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 11. Обходы и осмотры рабочих мест</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z115" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z115" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Технические руководители организаций и структурных подразделений самостоятельно проводят систематические обходы производственных рабочих мест персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z116" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z116" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Обходы рабочих мест проводятся с целью проверки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выполнения персоналом производственных и должностных инструкций, поддержания установленного режима работы оборудования;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9887,70 +9781,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на рабочих местах;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) наличия и исправности приспособлений и средств по технике безопасности в области электроэнергетики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="151"/>
+    <w:bookmarkStart w:name="z117" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Каждое рабочее место контролируется одним из технических руководителей организации не реже одного раза в полугодие, а руководителями структурных подразделений – не реже одного раза в месяц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Технический руководитель, работники службы безопасности и охраны труда энергетического объекта посещают не менее десяти рабочих мест в месяц, а руководитель структурного подразделения не менее десяти рабочих мест в неделю.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9987,108 +9881,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="152"/>
+    <w:bookmarkStart w:name="z118" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        96. Результаты каждого обхода оформляются записью в оперативном журнале или в другой оперативной документации на рабочем месте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z119" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z119" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 12. Коллективные формы работы с персоналом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z120" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z120" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. К коллективным формам работы с персоналом относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) производственные совещания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10135,108 +10029,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) общественный контроль за охраной труда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) информационное обеспечение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="155"/>
+    <w:bookmarkStart w:name="z121" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Производственные совещания проводятся ежемесячно в цехах, сменах, бригадах, на участках с целью подведения итогов работы, проработки распорядительных документов, разбора имевших место технологических нарушений, случаев травматизма, нарушений производственной и трудовой дисциплины.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Производственные совещания оперативного персонала электростанций проводят начальники смен. Производственные совещания ремонтно-наладочного персонала электростанций и ремонтных организаций, структурных подразделений электрических, тепловых сетей проводят руководители цехов, служб, районов, участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="156"/>
+    <w:bookmarkStart w:name="z122" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. По результатам производственного совещания оформляется протокол с указанием:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) требуемых мероприятий в целях исключения аналогичных случаев технологических нарушений, травматизма, нарушений производственной и трудовой дисциплины, а также сроки исполнения мероприятий и конкретных ответственных лиц за их исполнение с учетом полномочий по должностной инструкции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10425,80 +10319,80 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Форма      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="157"/>
+    <w:bookmarkStart w:name="z124" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРОТОКОЛ №</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>квалификационной проверки знаний</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата проведения квалификационной проверки знаний ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11207,90 +11101,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в энергетических организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="158"/>
+    <w:bookmarkStart w:name="z127" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма                   </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z128" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z128" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Квалификационное удостоверение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11441,126 +11335,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в энергетических организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="160"/>
+    <w:bookmarkStart w:name="z130" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма                   </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                               Формат 297х210</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                                      Обложка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="161"/>
+    <w:bookmarkStart w:name="z131" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журнал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       регистрации инструктажа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12911,108 +12805,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в энергетических организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="162"/>
+    <w:bookmarkStart w:name="z133" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Примерный перечень вопросов вводного инструктажа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z134" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z134" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Общие сведения о предприятии (организации), характерные особенности производства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z135" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z135" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные положения законодательства об охране труда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Трудовой договор, рабочее время и время отдыха. Охрана труда женщин и лиц моложе 18 лет. Льготы и компенсации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13023,210 +12917,210 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Правила внутреннего трудового распорядка организации, ответственность за нарушение правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Организация работы по охране труда на объекте. Ведомственный, государственный надзор за состоянием охраны труда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="165"/>
+    <w:bookmarkStart w:name="z136" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Общие правила поведения работающих на территории объекта, в производственных и вспомогательных помещениях. Расположение основных цехов, служб, вспомогательных помещений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z137" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z137" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Основные опасные и вредные производственные факторы, характерные для данного производства. Методы и средства предупреждения несчастных случаев и профессиональных заболеваний. Средства коллективной защиты, плакаты, знаки безопасности, сигнализация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z138" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z138" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Основные требования производственной санитарии и личной гигиены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z139" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z139" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Средства индивидуальной защиты. Порядок и нормы выдачи средств индивидуальной защиты, сроки их ношения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z140" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z140" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Обстоятельства и причины отдельных характерных несчастных случаев, технологических нарушений, происшедших на данном производстве и других аналогичных объектах из-за нарушений требований правил техники безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z141" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z141" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Порядок расследования и оформления несчастных случаев и профессиональных заболеваний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z142" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z142" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Безопасность в области электроэнергетики. Способы и средства предупреждения технологических нарушений. Действия персонала при их возникновении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z143" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z143" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Первая помощь пострадавшим. Действия работающих при травмировании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13305,126 +13199,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в энергетических организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="173"/>
+    <w:bookmarkStart w:name="z145" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма                 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                               Формат 297х210</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                                      Обложка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="174"/>
+    <w:bookmarkStart w:name="z146" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журнал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       регистрации вводного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14602,240 +14496,240 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в энергетических организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="175"/>
+    <w:bookmarkStart w:name="z148" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Примерный перечень вопросов первичного инструктажа</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на рабочем месте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z149" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z149" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Общие сведения о технологическом процессе и оборудовании на данном производственном участке. Основные опасные и вредные производственные факторы, возникающие при данном технологическом процессе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z150" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z150" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Безопасная организация и содержание рабочего места.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z151" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z151" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Устройство оборудования, опасные зоны обслуживания. Предохранительные устройства и ограждения, системы блокировки и сигнализации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z152" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z152" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Порядок подготовки к работе (проверка исправности оборудования, пусковых устройств, инструмента и приспособлений блокировок, заземления и других средств и приспособлений безопасности). Средства индивидуальной защиты и правила пользования ими.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z153" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z153" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Безопасные приемы и методы работы. Действия при возникновении опасной ситуации. Опасность поражения электрическим током. Общие понятия по электробезопасности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z154" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z154" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Схема безопасного передвижения работающих на территории объекта, цеха, участка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z155" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z155" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Внутрицеховые транспортные и грузоподъемные средства и механизмы. Требования безопасности при погрузо-разгрузочных работах и транспортировке грузов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z156" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z156" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Характерные причины технологических нарушений, случаев производственного травматизма, меры их предупреждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действия персонала при технологических нарушениях. Способы оповещения, локализации, ликвидации и восстановления нарушенного энергоснабжения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>