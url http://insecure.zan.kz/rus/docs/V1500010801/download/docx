--- v0 (2025-10-05)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="16ee263" w14:textId="16ee263">
+    <w:p w14:paraId="3bc2629" w14:textId="3bc2629">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1744,455 +1744,399 @@
         <w:t>
       3) уполномоченный орган по управлению государственным имуществом - центральный исполнительный орган, осуществляющий в пределах своей компетенции руководство в сфере управления республиканским имуществом, реализации прав государства на республиканское имущество, приватизации и государственного мониторинга собственности в отраслях экономики, имеющих стратегическое значение, и стратегических объектов, за исключением имущества, закрепленного за Национальным Банком Республики Казахстан (Министерство финансов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z132" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) областной уполномоченный орган - исполнительный орган, финансируемый из местного бюджета, уполномоченный на распоряжение областным коммунальным имуществом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z189" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) заявочный перечень государственного имущества - список юридических лиц, контрольный пакет акций (долей участия в уставном капитале) которых принадлежат государству, размещаемый на веб-портале реестра государственного имущества, по которым потенциальные покупатели (приобретатели) инициируют процесс приватизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z133" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) исполнитель – работник единого оператора в сфере учета государственного имущества (далее – Единый оператор), уполномоченного органа соответствующей отрасли (по республиканской собственности) или областного (районного) уполномоченного органа и аппарата акима города районного значения, села, поселка, сельского округа (по коммунальной собственности), осуществляющий исполнение приказов в реестре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z134" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) веб-портал реестра - интернет-ресурс, размещенный в сети Интернет по электронному адресу www.e-Qazyna.kz, предоставляющий единую точку доступа к данным реестра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z135" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) регистратор – уполномоченное лицо Единого оператора в сфере учета государственного имущества, уполномоченного органа соответствующей отрасли (по республиканской собственности) или областного (районного) уполномоченного органа и аппарата акима города районного значения, села, поселка, сельского округа (по коммунальной собственности), наделенное правом регистрации приказов в реестре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z136" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организации - акционерные общества и товарищества с ограниченной ответственностью с участием государства в уставном капитале;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z137" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) электронная цифровая подпись (далее - ЭЦП) - набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции приказа Министра финансов РК от 08.09.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2018 для городов районного значения, сел, поселков, сельских округов с численностью населения более двух тысяч человек, с 01.01.2020 для городов районного значения, сел, поселков, сельских округов с численностью населения две тысячи и менее человек); с изменениями, внесенными приказами Министра финансов РК от 28.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1049</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...163 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 2. Порядок ведения реестра. Организация учета государственногоимущества в реестре</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z138" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z138" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Министра финансов РК от 28.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1049</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. По видам государственного имущества в реестре осуществляется раздельный учет республиканского и коммунального имущества, а по уровням местного государственного управления и самоуправления – раздельный учет областного и районного коммунального имущества, а также коммунального имущества местного самоуправления, за исключением имущества, находящегося в оперативном управлении специальных государственных органов, Вооруженных Сил, других войск и воинских формирований Республики Казахстан, и государственного материального резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2211,290 +2155,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Объектами учета реестра (далее – объекты учета) являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z141" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z141" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственные юридические лица и имущество, закрепленное за ними;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z142" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z142" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) земельные участки, находящиеся в землепользовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z143" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z143" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принадлежащие государству акции акционерных обществ и доли участия в уставном капитале товариществ с ограниченной ответственностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z144" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z144" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) объекты национального культурного достояния, принадлежащие государству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z145" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z145" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объекты интеллектуальной собственности, принадлежащие государству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z146" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z146" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) маломерные и речные суда, зарегистрированные за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z147" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z147" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) транспортные средства и сельскохозяйственные транспортные средства, зарегистрированные за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z148" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z148" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) лицензии и разрешения, выданные государственным юридическим лицам и организациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z149" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z149" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) объекты кадастров природных ресурсов, зарегистрированные за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z150" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z150" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сведения по решениям о возбуждении дел о банкротстве юридических лиц (копии решений) и о вступивших в законную силу решений судов (приговоров, постановлений), предусматривающих обращения в доход государства имущества по отдельным основаниям, в соответствии со списком юридических лиц уполномоченного органа по государственному имуществу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z151" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z151" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) объекты информатизации, принадлежащие государству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2513,126 +2457,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="35"/>
+    <w:bookmarkStart w:name="z28" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Объекты учета подразделяются на закрепляемые и не закрепляемые за государственными юридическими лицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К не закрепляемым объектам учета относятся: земельные участки, находящиеся в землепользовании, принадлежащие государству акции акционерных обществ и доли участия в уставном капитале товариществ с ограниченной ответственностью, объекты национального культурного достояния, принадлежащие государству.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К закрепляемым объектам учета относится государственное имущество, закрепленное за государственными юридическими лицами - долгосрочные активы, включающие в себя основные средства, инвестиционную недвижимость, биологические активы, нематериальные активы, незавершенное строительство и долгосрочные активы, предназначенные для продажи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="36"/>
+    <w:bookmarkStart w:name="z29" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Единый централизованный учет государственного имущества в реестре осуществляет уполномоченный орган по государственному имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Учет в реестре закрепляемых объектов учета организуют:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2779,370 +2723,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2018 для городов районного значения, сел, поселков, сельских округов с численностью населения более двух тысяч человек, с 01.01.2020 для городов районного значения, сел, поселков, сельских округов с численностью населения две тысячи и менее человек).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="37"/>
+    <w:bookmarkStart w:name="z2" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Государственные органы представляют сведения об объектах учета в реестр и (или) организуют доступ к ведомственным информационным системам для интеграции с реестром по объектам учета, в частности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z153" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z153" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственный орган, осуществляющий регулирование в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет – в отношении государственных юридических лиц, их филиалов и представительств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z154" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z154" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственный орган, осуществляющий реализацию государственной политики и государственное регулирование деятельности в сфере государственной регистрации и государственного технического обследования недвижимого имущества – в отношении объектов недвижимости, зарегистрированных за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z155" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z155" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственный орган, осуществляющий регулирование в области земельных отношений – в отношении земельных участков, находящихся в землепользовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z156" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z156" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) областной уполномоченный орган – в отношении акций акционерных обществ и долей участия в уставном капитале товариществ с ограниченной ответственностью, отнесенных к областному коммунальному имуществу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z157" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z157" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) районный уполномоченный орган – в отношении акций акционерных обществ и долей участия в уставном капитале товариществ с ограниченной ответственностью, отнесенных к районному коммунальному имуществу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z158" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z158" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) государственный орган, осуществляющий реализацию государственной политики в области культуры – в отношении объектов национального культурного достояния, принадлежащих государству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z159" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z159" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) государственный орган, осуществляющий государственную политику в области защиты прав интеллектуальной собственности – в отношении объектов интеллектуальной собственности, принадлежащих государству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z160" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z160" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) государственный орган, осуществляющий руководство в сферах транспорта и коммуникаций, а также в пределах, предусмотренных законодательством межотраслевую координацию – в отношении маломерных и речных судов, зарегистрированных за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z161" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z161" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) государственный орган, осуществляющий руководство в пределах своей компетенции и межотраслевую координацию в сфере обеспечения безопасности дорожного движения – в отношении транспортных средств, зарегистрированных за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z162" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z162" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) государственный орган, осуществляющий регулирование деятельности в сфере бухгалтерского учета и финансовой отчетности – в отношении годовой финансовой отчетности государственных юридических лиц и организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z163" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z163" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) государственный орган, осуществляющий руководство в сферах связи, информатизации, "электронного правительства", информации и развития государственной политики в сфере оказания государственных услуг – в отношении лицензий и разрешений, выданным государственным юридическим лицам и организациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z164" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z164" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) государственный орган, осуществляющий руководство в области агропромышленного комплекса, водного, рыбного, лесного и охотничьего хозяйства, земельных ресурсов, геодезии и картографии, а также в пределах, предусмотренных законодательством, межотраслевую координацию государственных органов в сфере деятельности, отнесенной к его компетенции – в отношении сельскохозяйственных транспортных средств, зарегистрированных за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z165" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z165" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) государственный орган, осуществляющий руководство в сферах формирования и реализации государственной политики, координации процессов управления в сферах охраны окружающей среды, развития "зеленой экономики", обращения с отходами (за исключением коммунальных, медицинских и радиоактивных отходов), охраны, контроля и надзора за рациональным использованием природных ресурсов, государственного геологического изучения недр, воспроизводства минерально-сырьевой базы, использования и охраны водного фонда, водоснабжения, водоотведения, лесного хозяйства, охраны, воспроизводства и использования животного мира и особо охраняемых природных территорий, а также его территориальные органы – в отношении объектов кадастра природных ресурсов (лесного кадастра и особо охраняемых природных территорий), зарегистрированных за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z166" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z166" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) государственный орган, осуществляющий организационное и материально-техническое обеспечение деятельности Верховного Суда Республики Казахстан, местных и других судов, с территориальными подразделениями (администраторами судов) в областях, столице и городах республиканского значения – в отношении решений о возбуждении дел о банкротстве юридических лиц (копии решений) и о вступивших в законную силу решений судов (приговоров, постановлений), предусматривающих обращения в доход государства имущества по отдельным основаниям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z167" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z167" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) государственные органы, являющиеся владельцами объектов информатизации, принадлежащих государству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3251,126 +3195,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) формирует состав дополнительных сведений дополнительного подраздела реестра;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принимает решения по организационным вопросам, связанным с поддержкой функционирования реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="53"/>
+    <w:bookmarkStart w:name="z31" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Структура данных реестра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 в редакции приказа Министра финансов РК от 28.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1049</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="54"/>
+    <w:bookmarkStart w:name="z32" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Реестр состоит из двух подразделов: основного и дополнительного. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Учет в реестре по объектам информатизации, принадлежащим государству, осуществляется в отношении программного обеспечения, интернет-ресурсов и электронных информационных ресурсов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3479,70 +3423,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="55"/>
+    <w:bookmarkStart w:name="z33" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Основной подраздел содержит: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поименный перечень государственных юридических лиц, их филиалов и представительств, а также организаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3553,70 +3497,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения о государственном органе, осуществляющем права субъекта права собственности в отношении имущества государственных юридических лиц и права распоряжения принадлежащими государству акциями и/или долями участия организации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения об уполномоченном органе соответствующей отрасли или об исполнительном органе, финансируемом из местного бюджета, осуществляющем управление организацией и/или государственным юридическим лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="56"/>
+    <w:bookmarkStart w:name="z34" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В дополнительном подразделе реестра по объекту учета указываются следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) описание объекта учета, с указанием его индивидуальных характеристик, позволяющих отличить его от других объектов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3721,624 +3665,548 @@
         </w:rPr>
         <w:t xml:space="preserve">
       6) основания возникновения и прекращения прав на объект учета, а в случаях обязательной регистрации прав на государственное имущество, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, - сведения о государственной регистрации объекта учета и (или) прав на него. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="57"/>
+    <w:bookmarkStart w:name="z35" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В дополнительном подразделе содержатся различные динамические показатели, необходимые для решения государственных задач:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z103" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z103" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о государственном имуществе, закрепленном за государственными юридическими лицами, их филиалами и представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z188" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1) заявочный перечень государственного имущества, формируемый центральным уполномоченным органом по государственному планированию в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 199 Закона Республики Казахстан "О государственном имуществе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z104" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения о не закрепляемых объектах учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z105" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z105" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) планы развития национальных управляющих холдингов, национальных холдингов и национальных компаний, планы мероприятий, планы развития государственных предприятий, контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью, в том числе национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство, а также, мониторинг и оценка их реализации и отчеты об их исполнении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z106" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z106" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения о субъектах квазигосударственного сектора, их приватизации и отчуждении, а также пространственных (географических) данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z107" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z107" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) результаты мониторинга эффективности управления государственным имуществом, в том числе государственными предприятиями и юридическими лицами с участием государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z108" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z108" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) информация по инвентаризации, паспортизации и переоценке имущества, закрепленного за государственными юридическими лицами, в том числе о потребности государственных юридических лиц в площадях, по занимаемым площадям зданий или помещений государственными юридическими лицами, а также по оснащенности государственных юридических лиц автомобилями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z109" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z109" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сведения об объектах учета, предлагаемых для передачи в имущественный наем (аренду) или доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z110" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z110" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сведения по заключенным договорам имущественного найма (аренды) и доверительного управления, в частности по условиям договора, начислениям по такому договору, пене и перечисленным платежам в бюджет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z111" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z111" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) информация и материалы о государственном имуществе, включенном в график выставления на торги объектов государственной собственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z112" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z112" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сведения по заключенным договорам концессии и договорам государственного частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z113" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z113" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сведения по заключенным договорам дарения по приобретению государством прав на имущество, относящимся к республиканскому и коммунальному имуществу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z114" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z114" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) сведения по заключенным договорам найма объектов государственного жилищного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z115" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z115" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) сведения по имуществу Республики Казахстан на комплексе "Байконур", переданному в имущественный наем (аренду) Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z116" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z116" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) сведения по имуществу, поступившему в состав государственного имущества по отдельным основаниям (за исключением имущества подлежащего немедленному уничтожению или реализации); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z117" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z117" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) сведения о результатах анализа состояния конкуренции на товарных рынках по организациям и государственным предприятиям, с целью установления целесообразности присутствия государства в предпринимательской среде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z118" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z118" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-1) Сведения о структуре внешнего и внутреннего заимствования в разрезе государственных предприятий, контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью, в том числе национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-2) дополнительные сведения об имуществе автономных организаций образования, полученном за счет реализации бюджетных инвестиций, направленных на финансирование инвестиционных затрат автономных организаций образования, а также переданном государством в собственность автономных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="74"/>
+    <w:bookmarkStart w:name="z119" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) годовая финансовая отчетность государственных юридических лиц и организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z120" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z120" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) сведения по договорам приватизации жилища из государственного жилищного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z121" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z121" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) сведения по договорам на ведение охотничьего или рыбного хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z122" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z122" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) сведения по заключенным договорам первичного водопользования; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z123" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z123" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) сведения по договорам землепользования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4380,143 +4248,183 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="79"/>
+    <w:bookmarkStart w:name="z36" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Изменение данных реестра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 в редакции приказа Министра финансов РК от 28.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1049</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="80"/>
+    <w:bookmarkStart w:name="z37" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Регистрации в реестре подлежат следующие приказы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) включение в реестр данных об объекте учета; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4527,70 +4435,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) актуализация данных об объекте учета; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исключение из реестра объекта учета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="81"/>
+    <w:bookmarkStart w:name="z38" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Государственные органы, указанные в пункте 9 настоящих Правил, обеспечивают представление сведений об объектах учета из ведомственных информационных систем и (или) организуют доступ к ведомственным информационным системам согласно пункту 3 статьи 200 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4609,70 +4517,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="82"/>
+    <w:bookmarkStart w:name="z39" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Актуализация сведений реестра осуществляется Единым оператором путем обновления, дополнения, изменения и иных действий, позволяющих отразить в реестре объективную и адекватную информацию об объектах учета, посредством ввода (регистрации) и исполнения приказов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4691,208 +4599,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="83"/>
+    <w:bookmarkStart w:name="z69" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17-1. Актуализация сведений реестра по результатам анализа состояния конкуренции на товарных рынках с целью установления целесообразности присутствия государства в предпринимательской среде проводится антимонопольным органом на основании его информации согласно подпункту 27) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 90-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В реестре автоматически формируется список по организациям, государственным предприятиям с присвоением им следующих статусов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="84"/>
+    <w:bookmarkStart w:name="z168" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сохранить в государственной собственности постоянно/временно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z169" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z169" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ликвидировать;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z170" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z170" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реорганизовать;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z171" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z171" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) приватизировать;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z172" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z172" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объект государственно-частного партнерства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5147,128 +5055,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="89"/>
+    <w:bookmarkStart w:name="z43" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. При исключении объекта учета из реестра в связи с прекращением прав государства на него, наблюдение за этим объектом прекращается. Передача объекта учета реестра из управления одного государственного органа другому, а также передача во владение и (или) пользование государственным и негосударственным юридическим лицам и физическим лицам не являются основаниями для исключения объекта учета из реестра. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данные об объектах учета, исключенных из реестра, переносятся в архив базы данных реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="90"/>
+    <w:bookmarkStart w:name="z44" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Государственные юридические лица согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерства финансов Республики Казахстан от 15 декабря 2011 года № 636 "Об утверждении Единой методики и формата ввода данных объектов учета в реестр государственного имущества, а также проведение инвентаризации, паспортизации и переоценки государственного имущества в единые сроки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7375), обеспечивают ввод результатов проведенной инвентаризации имущества, закрепленного на балансе государственных юридических лиц, в реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5297,150 +5205,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="91"/>
+    <w:bookmarkStart w:name="z4" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Для регистрации, реорганизации (преобразования, слияния, присоединения, разделения, выделения), ликвидации, перерегистрации государственных юридических лиц, их филиалов и представительств, а также организаций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z99" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       государственные юридические лица, их филиалы и представительства, а также организации представляют Единому оператору заполненный и подписанный уполномоченным лицом бланк заявления по форме, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра юстиции Республики Казахстан от 29 мая 2020 года № 66 "Об утверждении правил оказания государственных услуг в сфере государственной регистрации юридических лиц и учетной регистрации филиалов и представительств" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20771);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z100" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       единый оператор в течение двух рабочих дней с момента получения заявления проверяет содержащуюся в реестре информацию по указанному в заявлении государственному юридическому лицу или организации, вносит необходимые изменения и дополнения в реестр и ставит соответствующую отметку на бланке заявления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z101" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       государственные юридические лица, их филиалы и представительства, а также организации подают в некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – регистрирующий орган) заявление с отметкой единого оператора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5459,130 +5367,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="95"/>
+    <w:bookmarkStart w:name="z46" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. При изменении размера уставного капитала организации в регистрирующий орган подается заявление, заверенное единым оператором в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z48" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z48" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Регистрирующий орган в течение пяти рабочих дней извещает единого оператора о произведенной государственной регистрации (перерегистрации) либо отказе в регистрации (перерегистрации) государственных юридических лиц, их филиалов и представительств, а также организаций для внесения изменений в реестр. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z47" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z47" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Для регистрации в реестре держателей ценных бумаг сделки с ценными бумагами, принадлежащими государству, приказ на регистрацию сделки с ценными бумагами уполномоченного органа по управлению государственным имуществом, областного уполномоченного органа, районного уполномоченного органа подается с отметкой единого оператора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единый регистратор, определенный в соответствии с законодательством Республики Казахстан о рынке ценных бумаг, в течение двух рабочих дней извещает единого оператора о результатах регистрации либо отказе в регистрации сделок с ценными бумагами, принадлежащими государству, для внесения изменений и дополнений в реестр с указанием следующих сведений:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5749,642 +5657,568 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="98"/>
+    <w:bookmarkStart w:name="z5" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Государственный орган, являющийся одной из сторон договора купли-продажи, передачи в залог или доверительного управления государственным имуществом, в течение пяти рабочих дней со дня регистрации сделки извещает единого оператора о заключении договора для внесения изменений и дополнений в реестр, и единым оператором ставится отметка на соответствующем договоре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z49" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z49" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. В случае расторжения договора, указанного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, государственный орган, являющийся одной из сторон договора, в течение пяти рабочих дней извещает единого оператора о расторжении договора для внесения изменений и дополнений в реестр. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z50" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z50" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Уполномоченный орган, осуществляющий в пределах компетенции центрального исполнительного органа реализационные и контрольные функции в сфере контроля за проведением процедур банкротства (за исключением банков, страховых (перестраховочных) организаций и накопительных пенсионных фондов), в случае ликвидации государственных юридических лиц, организаций извещает единого оператора о начале ликвидационной процедуры в течение пяти рабочих дней со дня вступления в законную силу решения о ликвидации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z51" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z51" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Доступ к реестру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 в редакции приказа Министра финансов РК от 28.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1049</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="102"/>
+    <w:bookmarkStart w:name="z52" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Ведение реестра осуществляется с помощью средств электронных систем сбора, обработки и хранения информации на базе специализированных программно-технических комплексов, позволяющих оптимизировать управление реестром и администрировать доступ к информации, обеспечивающих надежность и сохранность данных. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z53" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z53" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Доступ к данным реестра обеспечивается Единым оператором через веб-портал реестра. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z6" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. По уровню доступа к веб-порталу реестра пользователи подразделяются на следующие категории:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z190" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) физические и юридические лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z191" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственные юридические лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z192" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уполномоченные органы соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z193" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган по управлению государственным имуществом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z194" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уполномоченный орган внешнего государственного аудита и финансового контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z195" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченный орган по государственному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z196" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) областной уполномоченный орган и государственный орган по контролю за исполнением областного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z197" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) районный уполномоченный орган и государственный орган по контролю за исполнением районного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z198" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) исполнительные органы, финансируемые из местного бюджета, наделенные полномочиями на осуществление прав владения и пользования государственным пакетом акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью и на управление коммунальными юридическими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z199" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) антимонопольный орган и его территориальные подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z200" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Генеральная прокуратура, прокуратуры областей и приравненные к ним прокуратуры (городов республиканского значения и столицы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа Министра финансов РК от 09.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...344 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="114"/>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Для предоставления доступа к данным реестра:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) пользователи, указанные в подпунктах 2), 3), 4), 5), 6), 7), 8) и 9) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6459,210 +6293,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="115"/>
+    <w:bookmarkStart w:name="z55" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Для физических и юридических лиц на веб-портале реестра доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z37" w:id="116"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z37" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр сведений по организациям, а также государственным юридическим лицам и недвижимому имуществу, закрепленному за ними;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z38" w:id="117"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z38" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) ознакомление с правовой и справочной информацией по реестру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z39" w:id="118"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z39" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) просмотр информации о государственном имуществе, включенной в график выставления на торги объектов государственной собственности, в том числе отчетов по оценке рыночной стоимости имущества в электронном формате "Acrobat Reader", а также информационных сообщений о предстоящих торгах по приватизации государственного имущества, публикуемых в печатных средствах массовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z40" w:id="119"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z40" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) просмотр арендаторами, доверительными управляющими государственного имущества информации по заключенным с ними договорам аренды и доверительного управления, в частности, по условиям договора, начислениям по такому договору, пене и перечисленным платежам в бюджет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z41" w:id="120"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z41" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) просмотр сведений о результатах анализа состояния конкуренции на товарных рынках по организациям и государственным предприятиям, с целью установления целесообразности присутствия государства в предпринимательской среде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z42" w:id="121"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z42" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) просмотр информации по инвентаризации имущества государственных юридических лиц; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z124" w:id="122"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z124" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) просмотр планов мероприятий, планов развития организаций и государственных предприятий и отчетов об их исполнении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6701,70 +6535,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="123"/>
+    <w:bookmarkStart w:name="z56" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Для государственных юридических лиц в реестре доступны следующие функции в отношении данного государственного юридического</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лица:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6865,70 +6699,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       время и дата исполнения зарегистрированного приказа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       результат исполнения приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="124"/>
+    <w:bookmarkStart w:name="z57" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Для уполномоченного органа соответствующей отрасли в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, управление которыми осуществляется уполномоченным органом соответствующей отрасли, и информации по ним, включенной в дополнительный подраздел реестра;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6939,182 +6773,182 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) просмотр сохраненных и исполненных в реестре приказов по имуществу государственных юридических лиц, управление которыми осуществляется уполномоченным органом соответствующей отрасли; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) формирование отчетности по организациям и государственным юридическим лицам, управление которыми осуществляется уполномоченным органом соответствующей отрасли. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="125"/>
+    <w:bookmarkStart w:name="z58" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Для государственного органа по контролю за исполнением республиканского бюджета в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, находящихся в коммунальной и республиканской собственности и сведений по ним;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формирование аналитической и статистической отчетности по республиканскому и коммунальному имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="126"/>
+    <w:bookmarkStart w:name="z59" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Для уполномоченного органа по государственному планированию в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, находящихся в коммунальной и республиканской собственности, и сведений по ним;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формирование аналитической и статистической отчетности по республиканскому и коммунальному имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="127"/>
+    <w:bookmarkStart w:name="z60" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Для уполномоченного органа по управлению государственным имуществом в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, находящихся в республиканской и коммунальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7143,70 +6977,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исполнение приказов на проведение сделок с имуществом государственных юридических лиц, отнесенным к республиканской собственности; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) формирование аналитической и статистической отчетности по государственному имуществу, находящемуся в республиканской собственности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="128"/>
+    <w:bookmarkStart w:name="z61" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Для областного уполномоченного органа в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, находящихся в областной коммунальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7235,70 +7069,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исполнение приказов на проведение сделок с имуществом государственных юридических лиц, отнесенных к областному коммунальному имуществу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) формирование аналитической и статистической отчетности по областному коммунальному имуществу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="129"/>
+    <w:bookmarkStart w:name="z62" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Для районного уполномоченного органа в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, находящихся в районной коммунальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7327,70 +7161,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исполнение приказов на проведение сделок с имуществом государственных юридических лиц, отнесенных к районному коммунальному имуществу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) формирование аналитической и статистической отчетности по государственному имуществу, отнесенному к районному коммунальному имуществу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="130"/>
+    <w:bookmarkStart w:name="z63" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Для исполнительных органов, финансируемых из местного бюджета, наделенных полномочиями на осуществление прав владения и пользования государственными пакетами акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью и на управление коммунальными юридическими лицами, в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, управление которыми осуществляется исполнительными органами, финансируемыми из местного бюджета, и информации по ним, включенной в дополнительный подраздел реестра;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7401,70 +7235,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) просмотр сохраненных и исполненных в реестре приказов по имуществу государственных юридических лиц, управление которыми осуществляется исполнительными органами, финансируемыми из местного бюджета; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) формирование отчетности по организациям и государственным юридическим лицам, управление которыми осуществляется исполнительными органами, финансируемыми из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="131"/>
+    <w:bookmarkStart w:name="z75" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44-1. Для аппарата акима города районного значения, села, поселка, сельского округа в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, управление которыми осуществляется аппаратом акима города районного значения, села, поселка, сельского округа, и информации по ним, включенной в дополнительный подраздел реестра;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7557,110 +7391,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2018 для городов районного значения, сел, поселков, сельских округов с численностью населения более двух тысяч человек, с 01.01.2020 для городов районного значения, сел, поселков, сельских округов с численностью населения две тысячи и менее человек).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="132"/>
+    <w:bookmarkStart w:name="z76" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44-2. Для государственного органа по контролю за исполнением областного или районного бюджета в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z77" w:id="133"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z77" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, находящихся в коммунальной областной или районной собственности и сведений по ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z78" w:id="134"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z78" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формирование аналитической и статистической отчетности по коммунальному имуществу областного или районного уровней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7679,110 +7513,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="135"/>
+    <w:bookmarkStart w:name="z184" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44-3. Для антимонопольного органа и его территориальных подразделений в реестре доступны следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z185" w:id="136"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z185" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) просмотр перечней организаций и государственных юридических лиц, находящихся в коммунальной и республиканской собственности, и сведений по ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z186" w:id="137"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z186" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формирование аналитической и статистической отчетности по республиканскому и коммунальному имуществу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7801,110 +7635,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="138"/>
+    <w:bookmarkStart w:name="z64" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Доступ к реестру обеспечивается в круглосуточном режиме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z65" w:id="139"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z65" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Единый оператор не позднее пяти рабочих дней уведомляет уполномоченный орган по управлению государственным имуществом о планируемых технических перерывах в работе реестра с размещением такой информации на веб-портале реестра. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z66" w:id="140"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z66" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Уполномоченные органы соответствующих отраслей, местные исполнительные органы по письменному запросу Единого оператора безвозмездно представляют запрашиваемые данные для актуализации и уточнения показателей основного и дополнительного подразделов реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7923,90 +7757,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="141"/>
+    <w:bookmarkStart w:name="z67" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Финансирование работ по обеспечению учета республиканской собственности осуществляется уполномоченным органом по управлению государственным имуществом за счет средств республиканского бюджета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z68" w:id="142"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z68" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Финансирование работ связанных с обеспечением учета коммунальной собственности, поддержанием и предоставлением доступа к реестру осуществляется местными исполнительными органами за счет средств местных бюджетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>