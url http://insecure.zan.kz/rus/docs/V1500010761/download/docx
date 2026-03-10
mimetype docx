--- v0 (2025-11-26)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="362704c" w14:textId="362704c">
+    <w:p w14:paraId="ddc85e0" w14:textId="ddc85e0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8033,70 +8033,648 @@
         <w:t>
       66. В случаях необходимости (отсутствие соответствующих должностей, отдаленность района совершения уголовного правонарушения) сотрудники служб, наделенных функциями по производству дознания, осуществляют досудебное расследование по другим составам уголовных проступков в протокольной форме, в порядке приказного производства, а также уголовных правонарушений в форме дознания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
     <w:bookmarkStart w:name="z412" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Подразделения дознания являются структурными подразделениями и подчиняются начальнику СД, начальникам ДП, горрайлинорганов и их заместителям, курирующим следствие и дознание.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z413" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Помощники следователя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z414" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Инструкция дополнена главой 7 в соответствии с приказом Министра внутренних дел РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1078</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z415" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Помощники следователя назначаются для оказания содействия в подготовке, ведении и сопровождении уголовных дел, обеспечения соблюдения процессуальных требований и повышения эффективности работы следственных подразделений, при этом, не имеет самостоятельных процессуальных полномочий и действует исключительно в рамках поручений следователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z416" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Закрепление помощника за следователем осуществляется приказом руководителя подразделения с определением объема обязанностей и функций, предусмотренных настоящей главой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z417" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Обязанности помощника следователя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z418" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подготовка и систематизация материалов уголовного дела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z419" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сопровождение следственных действий (по поручению следователя) и обеспечение технического оформления и упорядочения материалов, полученных при проведении следственных действий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z420" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ведение служебной документации, подготовка процессуальных документов и их оформление в установленной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z421" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечение взаимодействия с экспертами, органами дознания и другими подразделениями по поручению следователя, дознавателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z422" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) несет дисциплинарную ответственность за ненадлежащее исполнение обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z423" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) соблюдать требования статьи 201 УПК о недопустимости разглашения данных досудебного расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z424" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Права помощника следователя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z425" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать необходимые для работы материалы и доступ к информационным системам и базам данных в рамках полномочий, закрепленных приказом руководителя подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z426" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) участвовать в служебных совещаниях и инструктажах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z427" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получать денежные премии и иные меры материального или нематериального стимулирования на основании оценки их вклада в качественное и своевременное ведение уголовных дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z428" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Совершенствование дисциплинарной практики и системы поощрений сотрудников подразделений следствия и дознания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z429" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Инструкция дополнена главой 8 в соответствии с приказом Министра внутренних дел РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1078</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z430" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок поощрения и поддержки сотрудников подразделений следствия и дознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z431" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. В целях повышения мотивации сотрудников подразделений следствия и дознания, а также стимулирования качественного и своевременного расследования уголовных дел, достигших установленных показателей служебной деятельности, установить практику ежеквартального поощрения денежными премиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z432" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Указанные премии могут выплачиваться за счет экономии бюджетных средств, предусмотренных для оплаты труда, и формируются на основании объективных критериев оценки служебной деятельности, в соответствии с рейтингом сотрудников, утвержденным приказом Министра внутренних дел Республики Казахстан от 22 июля 2015 года № 617 "Об утверждении методики определения индивидуального рейтинга следователей и дознавателей органов внутренних дел Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z433" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок привлечения сотрудников подразделений следствия и дознания к дисциплинарной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z434" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Применение дисциплинарных взысканий осуществляется с учетом характера и последствий допущенного процессуального нарушения, степени его влияния на полноту, объективность и законность расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z435" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. По результатам проверок процессуальной деятельности меры дисциплинарного воздействия применяются только в случаях, когда нарушение повлекло или могло повлечь существенное ущемление прав участников уголовного процесса либо привело к искажению установленных фактических обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z436" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      76. Незначительные процессуальные нарушения, не влияющие на ход расследования, квалификацию уголовного правонарушения или конституционные права участников уголовного процесса, не являются основанием для привлечения к строгой дисциплинарной ответственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z437" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К таким нарушениям относятся технические, грамматические, орфографические ошибки, а также иные неточности в подготовке процессуальных документов, не влияющие на содержание процессуального решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z438" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Решение о применении дисциплинарного взыскания принимается руководителем подразделения на основании всестороннего исследования обстоятельств допущенного нарушения, оценки его последствий, а также с обязательным учетом фактической нагрузки на сотрудника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z439" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Привлечение следователей и дознавателей к дисциплинарной ответственности за дисциплинарные проступки, допущенные при осуществлении досудебного расследования, а также по общим основаниям, предусмотренным Законом Республики Казахстан "О правоохранительной службе", осуществляется по согласованию с начальниками Департаментов полиции столицы, городов республиканского значения и областей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z440" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Наложение дисциплинарных взысканий за допущенные процессуальные нарушения, при осуществлении досудебного расследования в виде "предупреждение о неполном служебном соответствии", "освобождение от занимаемой должности" и "увольнение из органов внутренних дел" подлежат обязательному согласованию со Следственным департаментом МВД Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -8201,92 +8779,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 марта 2015 года № 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="333"/>
+    <w:bookmarkStart w:name="z84" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ИНСТРУКЦИЯ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по организации деятельности военно-следственных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>подразделений Министерства внутренних дел</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkEnd w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Инструкция исключена приказом Министра внутренних дел РК от 06.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8330,55 +8908,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>