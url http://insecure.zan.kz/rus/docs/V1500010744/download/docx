--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8895f21" w14:textId="8895f21">
+    <w:p w14:paraId="f3e6598" w14:textId="f3e6598">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,160 +112,180 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра внутренних дел Республики Казахстан от 10 марта 2015 года № 200. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 апреля 2015 года № 10744.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 11) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальной гвардии Республики Казахстан", </w:t>
+      В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 16)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 1 статьи 7 и пунктом 10 статьи 26 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" </w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 7, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 26 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 290)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве внутренних дел Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 22 июня 2005 года № 607 "Вопросы Министерства внутренних дел Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Преамбула - в редакции приказа и.о. Министра внутренних дел РК от 22.07.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 608</w:t>
+        <w:t xml:space="preserve">Сноска. Преамбула - в редакции приказа Министра внутренних дел РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -802,415 +822,529 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила возмещения государству бюджетных средств, затраченных на обучение военнослужащих Национальной гвардии Республики Казахстан (далее - Национальная гвардия) (далее - Правила) разработаны в соответствии с подпунктом 11) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальной гвардии Республики Казахстан" и </w:t>
+      1. Настоящие Правила возмещения государству бюджетных средств, затраченных на обучение военнослужащих Национальной гвардии Республики Казахстан (далее - Национальная гвардия) (далее - Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 16)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 1 статьи 7 и </w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 26 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" (далее – Закон) и определяют порядок возмещения государству денег, затраченных на обучение военнослужащего Национальной гвардии в военном, специальном учебном заведении (далее – ВСУЗ) Министерства внутренних дел (далее – МВД) или в ВСУЗе иностранного государства.</w:t>
+        <w:t xml:space="preserve"> статьи 26 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" (далее – Закон) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 109)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве внутренних дел Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 22 июня 2005 года № 607 "Вопросы Министерства внутренних дел Республики Казахстан" и определяют порядок возмещения государству денег, затраченных на обучение военнослужащего Национальной гвардии в военном, специальном учебном заведении (далее – ВСУЗ) Министерства внутренних дел (далее – МВД) или в ВСУЗе иностранного государства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра внутренних дел РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Курсант или кадет, отчисленный из ВСУЗа МВД или иностранного государства за неуспеваемость, недисциплинированность, по своей инициативе, в результате увольнения с воинской службы по отрицательным мотивам, в связи с прекращением гражданства Республики Казахстан, а также отказавшийся заключить контракт о прохождении воинской службы, возмещает государству деньги, соответствующие затратам на обеспечение питанием, выплату стипендии и проезд в период его обучения в ВСУЗе МВД или иностранного государства, за исключением затрат первого года обучения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z35" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Восстановление в ВСУЗ МВД или иностранного государства или поступление на воинскую службу по контракту является основанием для приостановления взыскания денег, затраченных на обучение, на период обучения и (или) прохождения воинской службы по контракту. После десяти лет воинской службы (для летного состава – пятнадцать лет) по контракту в календарном исчислении без учета периода обучения в ВСУЗе МВД или иностранного государства взыскание денег, затраченных на обучение, прекращается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Указанные обязательства не распространяются на курсантов и кадетов, отчисленных в течение первого года обучения в ВСУЗе МВД или иностранного государства и не переведенных на следующий курс, направленных в установленном порядке в воинские части (учреждения) для прохождения оставшегося срока срочной воинской службы.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра внутренних дел РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Восстановление в ВСУЗ МВД или иностранного государства или поступление на воинскую службу по контракту является основанием для приостановления взыскания денег, затраченных на обучение, на период обучения и (или) прохождения воинской службы по контракту. После десяти лет воинской службы (для летного состава – пятнадцать лет) по контракту в календарном исчислении без учета периода обучения в ВСУЗе МВД или иностранного государства взыскание денег, затраченных на обучение, прекращается.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="14"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнослужащий, окончивший ВСУЗ МВД или иностранного государства, в случае увольнения с воинской службы по отрицательным мотивам, в связи с прекращением гражданства Республики Казахстан или по служебному несоответствию, выявившемуся по итогам аттестации, возмещает государству деньги, соответствующие затратам на обеспечение питанием, выплату стипендии и проезд курсантов и кадетов в период их обучения в ВСУЗе МВД или иностранного государства, за исключением затрат первого года обучения, пропорционально за каждый полный недослуженный месяц до окончания срока контракта о прохождении воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z38" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z38" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сводный расчет денег, затраченных на обучение военнослужащего Национальной гвардии в ВСУЗе МВД или иностранного государства (далее – сводный расчет) в месячный срок с момента окончания (отчисления) военнослужащим ВСУЗа МВД или иностранного государства: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z39" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z39" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на обучающихся в ВСУЗе МВД - составляется финансовой службой совместно с продовольственной службой и кадровой службой ВСУЗа МВД в двух экземплярах на бумажном носителе по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и утверждается руководителем ВСУЗа МВД; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z40" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z40" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на обучающихся в ВСУЗе иностранных государств – составляется бюджетно-финансовым управлением совместно с управлением кадров и военного образования Главного командования Национальной гвардии Республики Казахстан (далее – ГКНГ) в двух экземплярах на бумажном носителе по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и утверждается заместителем Министра внутренних дел Республики Казахстан – Главнокомандующим Национальной гвардией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z41" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z41" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Один экземпляр сводного расчета в трехдневный срок с момента утверждения передается: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z42" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z42" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на выпускника ВСУЗа МВД - в кадровую службу ВСУЗа МВД для приобщения в личное дело;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z43" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z43" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на выпускника ВСУЗа иностранного государства – в управление кадров и военного образования ГКНГ для приобщения в личное дело; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z44" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z44" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на военнослужащих, отчисленных из ВСУЗа МВД или ВСУЗа иностранного государства за неуспеваемость, недисциплинированность, по своей инициативе, в результате увольнения с воинской службы по отрицательным мотивам, в связи с прекращением гражданства Республики Казахстан, а также отказавшийся заключить контракт о прохождении воинской службы – в юридическую службу ВСУЗа МВД или юридическое управление ГКНГ соответственно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z45" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z45" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Второй экземпляр сводного расчета хранится в финансовой службе, составлявшей расчет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z46" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z46" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Главное командование, региональное командование и воинская часть (учреждение) Национальной гвардии (далее – подразделения НГ), ВСУЗ МВД, в котором проходит воинскую службу военнослужащий, окончивший ВСУЗ МВД или иностранного государства, проводят работу по возмещению государству денег, затраченных на обучение военнослужащего в ВСУЗе МВД или иностранного государства, в случае увольнения с воинской службы по отрицательным мотивам, в связи с прекращением гражданства Республики Казахстан или по служебному несоответствию, выявившемуся по итогам аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z47" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z47" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Работа подразделений НГ и ВСУЗа МВД по возмещению военнослужащим, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1225,332 +1359,332 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, государству денег, включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z48" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z48" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) кадровая служба подразделений НГ и ВСУЗа МВД: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z49" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z49" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в течении 3-х рабочих дней со дня увольнения подает на имя руководителя подразделения НГ, ВСУЗа МВД рапорт о необходимости возмещения государству денег, затраченных на обучение военнослужащего в ВСУЗе МВД или ВСУЗе зарубежного государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z50" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z50" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в течении 7-ми рабочих дней с момента получения расчета задолженности, подлежащей возмещению государству, извещает военнослужащего о необходимости погасить ее в добровольном порядке в месячный срок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z51" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z51" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в случае неуплаты задолженности в добровольном порядке в месячный срок со дня извещения, передает рапорт, с приложением к нему выписки из приказа о зачислении в ВСУЗ и увольнении, копий: контракта, удостоверения личности, извещения об имеющейся задолженности в юридическую службу для подачи в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z52" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z52" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) финансовая служба подразделений НГ и ВСУЗа МВД на основании сводного расчета фактических затрат на обучение военнослужащего Национальной гвардии в ВСУЗе МВД или иностранного государства в течение 5-ти рабочих дней с момента получения рапорта кадровой службы производит расчет задолженности за уволенным военнослужащим, подлежащей возмещению государству, и передает ее в кадровую службу подразделений НГ и ВСУЗа МВД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z53" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z53" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер денежных средств, возмещаемых государству (Pвоз) военнослужащим окончившим ВСУЗ и уволенным с воинской службы по отрицательным мотивам, в связи с прекращением гражданства Республики Казахстан или по служебному несоответствию, выявившемуся по итогам аттестации, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z54" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z54" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Pвоз = (Роро - Р1) * X / Y</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z55" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z55" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z56" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z56" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Pвоз – размер денежных средств, возмещаемых военнослужащим государству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z57" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z57" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Роро – общий расход за обучение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z58" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z58" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Р1 – расходы первого года обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z59" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z59" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Х - количество полных недослуженных месяцев до окончания срока контракта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z60" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z60" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Y – срок службы (количество полных месяцев), который военнослужащий Национальной гвардии должен отслужить по контракту после окончания ВСУЗа МВД или зарубежного ВСУЗа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z61" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z61" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) юридическая служба подразделений НГ и ВСУЗа МВД при поступлении рапорта и необходимых документов в месячный срок передают их в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z62" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z62" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Учет и мониторинг возмещения государству денег военнослужащими, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1565,51 +1699,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, осуществляется юридическими службами подразделений НГ и ВСУЗом МВД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1922,100 +2056,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="40"/>
+    <w:bookmarkStart w:name="z66" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Сводный расчет денег, затраченных на обучение военнослужащего </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Национальной гвардии в</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z67" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                    ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (наименование ВСУЗа МВД (ВСУЗа иностранного государства))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2086,70 +2220,70 @@
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="42"/>
+          <w:bookmarkStart w:name="z68" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3695,64 +3829,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z69" w:id="43"/>
+      <w:bookmarkStart w:name="z69" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Примечание: все расходы подтверждаются подписанными расчетами – обоснованиями</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>начальников кадровых и продовольственных служб, которые предоставляются в финансовую</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3828,124 +3962,124 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"_____" __________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (дата)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="44"/>
+    <w:bookmarkStart w:name="z70" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.П.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4271,31 +4405,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>