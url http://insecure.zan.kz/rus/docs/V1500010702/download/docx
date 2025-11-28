--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e9fdafa" w14:textId="e9fdafa">
+    <w:p w14:paraId="b7da42c" w14:textId="b7da42c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2203,1527 +2203,132 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 февраля 2015 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 18-03/145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балық аулауды жүзеге асыруға арналған жолдаманың үлгілік нысаны</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Типовая форма путевки для осуществления рыболовства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Жолдаманың алдыңғы беті (лицевая сторона путевки)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z63" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приказ дополнен приложением 1-1 в соответствии с приказом Министра экологии и природных ресурсов РК от 15.01.2024 </w:t>
+      Сноска. Приложение 1-1 исключено приказом Министра экологии и природных ресурсов РК от 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 6</w:t>
+        <w:t>№ 269</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="6"/>
-[...1437 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3828,602 +2433,788 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 февраля 2015 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 18-03/145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="11"/>
+    <w:bookmarkStart w:name="z7" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила выдачи путевки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 – в редакции приказа Министра экологии и природных ресурсов РК от 17.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="12"/>
+    <w:bookmarkStart w:name="z64" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z65" w:id="13"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z65" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила выдачи путевок (далее - Правила) разработаны в соответствии с подпунктом 14) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" (далее - Закон) и определяют порядок выдачи путевки субъектами охотничьего и рыбного хозяйства.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="14"/>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" (далее - Закон) и определяют порядок выдачи путевки субъектами охотничьего хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра экологии и природных ресурсов РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z67" w:id="15"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z67" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) администратор электронной системы – лицо, обеспечивающее работоспособность и осуществляющее оперативное реагирование на заявки пользователей по вопросам функционирования электронной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z68" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z68" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электронная система – система, обеспечивающая выдачу путевок в электронной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z69" w:id="17"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z69" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Администратор электронной системы обеспечивает работоспособность и осуществляет оперативное реагирование на заявки пользователей по вопросам функционирования электронной системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z70" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z70" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Электронная система функционируют бесперебойно, включая праздничные и выходные дни на казахском и русском языках в круглосуточном режиме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z71" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z71" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В целях обеспечения работоспособности электронной системы, администратор электронной системы обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z72" w:id="20"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z72" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сохранность, защиту, восстановление в случае сбоя или повреждения информации, автоматизированный учет по выданным путевкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z73" w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z73" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) сбор и обработку персональных данных субъекта охотничьего и рыбного хозяйства, а также доступ к ним в соответствии со </w:t>
+      2) сбор и обработку персональных данных субъекта охотничьего хозяйства, а также доступ к ним в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закон Республики Казахстан "О персональных данных и их защите";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z74" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z74" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) взаимодействие с информационными системами государственных органов и иными объектами информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z75" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z75" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) предоставление отчета по выданным путевкам по запросу уполномоченного органа в области охраны, воспроизводства и использования животного мира по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в течении 3 (трех) рабочих дней со дня поступления запроса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z76" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z76" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) предоставление доступа к электронной системы уполномоченным лицам в области охраны, воспроизводства и использования животного мира в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z77" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок выдачи путевки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z78" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z78" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Путевка выдается субъектом охотничьего хозяйства физическим лицам по их обращению (устное или письменное), для посещения закрепленных охотничьих угодий с целью добывания объектов животного мира при наличии разрешения на пользование животным миром.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z79" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Путевка выдается в бумажном или в электронной форме, при наличии разрешения на пользование животным миром субъектом охотничьего хозяйства физическим лицам по их обращению устно, а также в бумажной или электронной форме для посещения закрепленных охотничьих хозяйств с целью изъятия животного мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z80" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае обращения физического лица за получением путевки в электронном формате она формируется автоматически по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и (или) 1-1 к приказу и направляется в его личный кабинет и (или) на электронную почту физического лица (при наличии).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="29"/>
+        <w:t xml:space="preserve"> к приказу и направляется в его личный кабинет и (или) на электронную почту физического лица (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра экологии и природных ресурсов РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Срок действия путевки для охоты устанавливает субъект охотничьего хозяйства согласно правил охоты, утверждаемых в соответствии с подпунктом 57) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z154" w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z154" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выдаче путевки на производство любительской (спортивной) охоты на сайгаков срок действия путевки составляет 3 (три) календарных дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4442,352 +3233,434 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="31"/>
+    <w:bookmarkStart w:name="z82" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В выдаче путевок для проведения охоты и рыболовства отказывается в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z83" w:id="32"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z83" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) отсутствие или полное освоение субъектами охотничьего или рыбного хозяйства квоты на изъятие объектов животного мира, согласно правил распределения квот изъятия животного мира, утверждаемых в соответствии с подпунктом 56) пункта 1 </w:t>
+      1) отсутствие или полное освоение субъектами охотничьего хозяйства квоты на изъятие объектов животного мира, согласно правил распределения квот изъятия животного мира, утверждаемых в соответствии с подпунктом 56) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z84" w:id="33"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z84" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) отсутствия удостоверения охотника (для охоты), согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 статьи 38 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z85" w:id="34"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z85" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ограничений и запретов на пользование животным миром в местах и сроках, согласно решении о введении ограничений и запретов на пользование объектами животного мира, их частей и дериватов, устанавливаемых мест и сроков их пользования на основании биологического обоснования, выданного соответствующими научными организациями, подлежащего государственной экологической экспертизе, принимаемых в соответствии с подпунктом 62) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z86" w:id="35"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z86" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наличия в охотничьих угодьях одновременно предельно допустимого количества охотников, определенных пропускной способностью охотничьих угодий, согласно внутреннего регламента охотничьего хозяйства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 22.07.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменениями, внесенными приказами Министра экологии и природных ресурсов РК от 22.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="36"/>
+    <w:bookmarkStart w:name="z87" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Субъекты охотничьего хозяйства в случае выдачи путевок на бумажном носителе регистрируют их в журнале по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. Журнал пронумеровывается, прошнуровывается и заверяется печатью территориального подразделения ведомства уполномоченного органа в области охраны, воспроизводства и использования животного мира.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z88" w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z88" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае выдачи субъектами охотничьего и рыбного хозяйства путевок в электронном формате они регистрируются автоматически по форме согласно </w:t>
+      В случае выдачи субъектами охотничьего хозяйства путевок в электронном формате они регистрируются автоматически по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и направляются в личный кабинет инспектора в области охраны, воспроизводства и использования животного мира.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра экологии и природных ресурсов РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4905,271 +3778,265 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="38"/>
+    <w:bookmarkStart w:name="z91" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Журнал регистрации путевок, выданных субъектами охотничьего и рыбного хозяйства</w:t>
+        <w:t xml:space="preserve"> Журнал регистрации путевок, выданных субъектами охотничьего хозяйства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>___________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(наименование субъекта охотничьего или рыбного хозяйства)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+        <w:t>(наименование субъекта охотничьего хозяйства)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра экологии и природных ресурсов РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="39"/>
+          <w:bookmarkStart w:name="z116" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="39"/>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество</w:t>
-[...33 lines deleted...]
-              <w:t>охотника, рыболова</w:t>
+Фамилия, имя, отчество (при его наличии) охотника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес места жительства охотника, рыболова</w:t>
+Адрес места жительства охотника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5197,87 +4064,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид дичи, животных, рыб и других водных животных</w:t>
+Вид дичи, животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки охоты, рыболовства</w:t>
+Сроки охоты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5739,79 +4606,94 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z116" w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________</w:t>
-[...17 lines deleted...]
-        <w:t>(Фамилия, имя, отчество (при его наличии)) подпись субъекта охотничьего или рыбного хозяйства)</w:t>
+      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись субъекта охотничьего хозяйства)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5931,221 +4813,230 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="41"/>
+    <w:bookmarkStart w:name="z119" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Реестр выданных путевок субъектами охотничьего и рыбного хозяйства</w:t>
+        <w:t xml:space="preserve"> Реестр выданных путевок субъектами охотничьего хозяйства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(наименование охотничьего хозяйства и водоема и (или) участка)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+        <w:t>(наименование охотничьего хозяйства)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра экологии и природных ресурсов РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="42"/>
+№</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тип путевки</w:t>
-[...16 lines deleted...]
-              <w:t>(разовая, сезонная)</w:t>
+Тип путевки (разовая, сезонная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6209,229 +5100,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид животного и рыбы</w:t>
+Вид животного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество (особь, килограмм)</w:t>
+Количество (особь)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки охоты, рыболовства</w:t>
+Сроки охоты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид орудия изъятия, лова</w:t>
+Вид орудия изъятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество</w:t>
-[...33 lines deleted...]
-              <w:t>индивидуальный идентификационный номер</w:t>
+Фамилия, имя, отчество (при его наличии), индивидуальный идентификационный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7205,55 +6062,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7579,31 +6436,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>