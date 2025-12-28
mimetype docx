--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8dedc56" w14:textId="8dedc56">
+    <w:p w14:paraId="e765054" w14:textId="e765054">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -839,50 +839,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра экологии и природных ресурсов РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -7345,151 +7423,245 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) второй - направляется в лесничество, он служит основанием для предоставления участка, допуска к лесопользованию и сдается лесничим государственному лесовладельцу вместе с актом освидетельствования;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) третий - остается у государственного лесовладельца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 13-1 предусматривается в редакции приказа Министра экологии и природных ресурсов РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1. Для получения государственной услуги "Выдача лесорубочного и лесного билета" (далее – государственная услуга) физические и юридические лица (далее – услугополучатели) подают государственным лесовладельцам (далее – услугодатель) заявление по форме согласно приложению 4 к настоящим Правилам в канцелярию услугодателя или через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z177" w:id="63"/>
+    <w:bookmarkStart w:name="z177" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в стандарте государственной услуги согласно приложению 5 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z178" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z178" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При подаче заявления через канцелярию услугодателя на его копии ставится отметка о принятии с указанием даты и фамилии сотрудника канцелярии услугодателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z179" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z179" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении через портал в "личный кабинет" услугополучателя направляется статус о принятии запроса на оказание государственной услуги, а также уведомление с указанием даты и времени получения результата оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z180" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z180" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации в качестве индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, оплаты в бюджет за лесные пользования, услугодатель получает из соответствующих информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z181" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z181" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя после 17.00 часов или в выходные и праздничные дни, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7504,91 +7676,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 декабря 2017 года и статьей 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан", прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z182" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z182" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения услугополучателя за результатом оказания государственной услуги в канцелярию услугадателя, результат оказания государственной услуги оформляется в электронной форме, распечатывается и заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z183" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z183" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На портале результат рассмотрения заявления направляется в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7607,71 +7779,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="70"/>
+    <w:bookmarkStart w:name="z184" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-2. Услугодатель в течении 1 (одного) рабочего дня с момента получения документов проверяет полноту представленных документов. В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления и направляет его в форме электронного документа в "личный кабинет" услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z185" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z185" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При полном пакете документов, услугодатель в течении 1 (одного) рабочего дня рассматривает на соответствие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7706,51 +7878,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам или заполняет лесной билет согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7769,190 +7941,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="72"/>
+    <w:bookmarkStart w:name="z186" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-3. Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z187" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z187" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z188" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z188" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствие услугополучателя и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги требованиям настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z189" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z189" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z190" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z190" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z191" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z191" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7971,70 +8143,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="78"/>
+    <w:bookmarkStart w:name="z27" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Бланки лесорубочного и лесного билета заполняются с помощью средств машинописи (компьютер), а в случае их отсутствия - шариковой ручкой синего цвета аккуратно, четко и чисто каждый экземпляр. Подчистки и помарки не допускаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8063,70 +8235,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="79"/>
+    <w:bookmarkStart w:name="z29" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В течение срока действия лесорубочного билета на нем при необходимости производятся записи и отметки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о разрешении вывозки заготовленных лесоматериалов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8257,70 +8429,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="80"/>
+    <w:bookmarkStart w:name="z30" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        17. Лесорубочный билет заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в строке 6 "Вид пользования" указывается: главное, промежуточное, прочие рубки или указывается конкретный вид заготовки второстепенных древесных ресурсов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8349,70 +8521,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выписке лесорубочного билета на рубки ухода за лесом после слова "выборочная" необходимо указать вид рубок ухода (осветление, прочистка, прореживание, проходная рубка, санитарная рубка), а при выписке лесорубочного билета на прочие рубки – после способа рубки (сплошная, выборочная) указать целевое назначение рубки (санитарная рубка, уборка ликвидной захламленности, разрубка трассы линии электропередачи, расчистка площади под строительство, разрубка визиров при изыскательских работах и для иных целей). В случае заготовки второстепенных древесных ресурсов в строке делается прочерк;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в строке 7 "Способ учета" указывается способ учета: по площади, по числу деревьев, назначенных в рубку, по количеству заготовленных лесоматериалов или второстепенных древесных ресурсов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="81"/>
+    <w:bookmarkStart w:name="z31" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Учет древесины, отпускаемой на корню, в зависимости от способов рубки производится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по площади – при всех видах сплошных рубок, а также при уборке ликвидной захламленности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8531,136 +8703,120 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) складочные кубометры – для порубочных остатков, пней, корней, хвороста, веточного корма, хвойной лапки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) штуки – для мелких сортиментов из тонкомера и хвороста, ивового прута, а также елок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="82"/>
+    <w:bookmarkStart w:name="z32" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19. В текстовой части лесорубочного билета после слов "На основании" указывается основание для производимого отпуска древесины на корню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z193" w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z193" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основанием отпуска древесины на корню является приказ руководителя ведомства об утверждении ежегодных объемов рубок леса на территории государственного лесного фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z194" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После слова "разрешается" указывается полное наименование лесопользователя, его индивидуальный идентификационный номер заявителя или юридический адрес бизнес-идентификационный номер.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z195" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В строке 10 "Вырубить в счет лесосечного фонда 20_ года" указывается год, на который выделен лесосечный фонд, а также вырубка какого леса разрешается (растущего, сухостойного, поврежденного огнем, насекомыми, ветровального и другие).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z196" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -13835,50 +13991,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции приказа Министра экологии и природных ресурсов РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -15280,50 +15514,146 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись) фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__" __________20__ года.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 5 предусматривается в редакции приказа Министра экологии и природных ресурсов РК от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17200,55 +17530,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17574,31 +17904,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>