--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e765054" w14:textId="e765054">
+    <w:p w14:paraId="754f44b" w14:textId="754f44b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,74 +123,146 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 18-28)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 13 Лесного кодекса Республики Казахстан от 8 июля 2003 года, </w:t>
+        <w:t>подпунктом 195)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6479,64 +6551,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила учета, хранения, заполнения и выдачи лесорубочного билета и лесного билета (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 18-28)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 13 Лесного кодекса Республики Казахстан от 8 июля 2003 года (далее - Кодекс) и определяют порядок учета, хранения, заполнения и выдачи лесорубочного бидета и лесного билета.</w:t>
+        <w:t>подпунктом 195)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан" и определяют порядок учета, хранения, заполнения и выдачи лесорубочного билета и лесного билета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z13" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -7835,51 +7969,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При полном пакете документов, услугодатель в течении 1 (одного) рабочего дня рассматривает на соответствие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кодекса представленных данных и заполняет лесорубочный билет согласно </w:t>
+        <w:t xml:space="preserve"> Лесного кодекса Республики Казахстан представленных данных и заполняет лесорубочный билет согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам или заполняет лесной билет согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -7924,51 +8058,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 13-2 в соответствии с приказом Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z186" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8819,61 +8973,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В строке 11 "Расстояние вывозки" указывается расстояние удаленности лесосеки от дороги общего пользования, которая определяется по картографическим материалам по кратчайшему расстоянию от центра лесосеки до дороги и корректируется в зависимости от рельефа местности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 587</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс).</w:t>
+        <w:t>статьей 630</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан от 18 июля 2025 года "Налоговый кодекс Республики Казахстан" (далее – Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z197" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В строке 5 "Категория государственного лесного фонда" указывается категория государственного лесного фонда: особо охраняемые лесные территории, городские леса и лесопарки, зеленые зоны, противоэрозионные леса, поле - и почвозащитные леса или другие.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
@@ -8898,51 +9052,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9031,51 +9205,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) в графах "Стоимость по ставке в тенге" – размер платы за лесные пользования определяется государственным лесовладельцем на основании материально-денежной оценки лесосек, рассчитанной исходя из объемов и установленных ставок платы за древесину, отпускаемую на корню, объемов заготовки живицы, древесных соков, второстепенных древесных ресурсов их стоимости, установленных в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 587</w:t>
+        <w:t>статьей 630</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9170,51 +9344,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции приказа Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9936,843 +10130,805 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В строке 31 "Руководитель учреждения" проставляется подпись и фамилия, инициалы руководителя государственного лесовладельца, которые заверяются печатью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>34. Лесной билет заполняется следующим образом:</w:t>
+        <w:t>
+      34. Лесной билет заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z207" w:id="109"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "В строке 6 "На основании" приводится решение по протоколу о результатах тендера по предоставлению лесных ресурсов на участках государственного лесного фонда в долгосрочное лесопользование, решение государственного лесовладельца, решение территориального органа или ведомства о предоставлении лесопользования.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В строке 7 "Допустить" указывается наименование лесопользователя – фамилия, имя, отчество физического лица, его индивидуальный идентификационный номер и для юридического лица адрес местонахождения, бизнес-идентификационный номер и далее в строке "к" – указывается вид лесопользования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z209" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) побочные лесные пользования (с определением конкретного пользования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z210" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пользование участками государственного лесного фонда для нужд охотничьего хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z211" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пользование участками государственного лесного фонда для научно-исследовательских целей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z212" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пользование участками государственного лесного фонда для оздоровительных, рекреационных, историко-культурных, туристских и спортивных целей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z213" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) пользование участками государственного лесного фонда для выращивания посадочного материала древесных и кустарниковых пород и плантационных насаждений специального назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z214" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В строке 8 в показателях "На площади" и "в размере" – указываются площадь в гектарах и данные по лесопользованию: объемы в кубических метрах, штуках, тоннах, килограммах. При определении площади и объемов лесопользования учитываются научно-обоснованные нормы и нормативы, утверждаемые местными представительными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z215" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В строке 9 "Стоимость по таксе" проставляется сумма платы за лесопользование (в тенге), которая определяется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z216" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) за побочные лесные пользования и пользование участками государственного лесного фонда в научно-исследовательских, оздоровительных, рекреационных, историко-культурных, туристских и спортивных целях – по ставкам, установленным местными представительными органами на основании расчетов, составленных местными исполнительными органами областей, согласованных с территориальными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z217" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) за пользование в хозяйственных целях животным миром, не относящимся к объектам охоты и рыболовства, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 582</w:t>
+        <w:t>статьей 629</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z218" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Внесение в бюджет платы за указанные пользования производится до получения разрешительного документа, в котором делается отметка о произведенной оплате с указанием реквизитов платежного документа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z219" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В строке 10 "Особые условия" приводятся основные особенности и условия, характерные для каждого вида лесопользования, которые необходимо соблюдать при его осуществлении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z220" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При краткосрочном лесопользовании необходимо указать временные сооружения – склады для хранения инструментов и кошары, сторожки, временные грунтовые дороги. Предельные размеры, вид и характер указанных строений, порядок их сноса (выноса), а также направление, протяженность и размеры прокладываемых дорог определяются в данной строке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 34– в редакции приказа Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. В строке 11 "Срок пользования" устанавливаются конкретные даты начала и окончания лесопользования. По окончании лесопользования, определенного лесным билетом, составляется акт освидетельствования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z49" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Срок пользования по лесному билету устанавливается на один год (с 1 января по 31 декабря) или на сезон (медосбора, заготовки, грибов, ягод и другой).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. Исключен приказом Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. Исключен приказом Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">39. Исключен приказом Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z221" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...179 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 4 в соответствии с приказом Министра экологии, геологии и природных ресурсов РК от 01.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="126"/>
+    <w:bookmarkStart w:name="z222" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z223" w:id="127"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z223" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z224" w:id="128"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z224" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z225" w:id="129"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z225" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в соответствии с подпунктом 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10916,51 +11072,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="130"/>
+    <w:bookmarkStart w:name="z55" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Отчет</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -10969,51 +11125,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за 20___ год по __________________________________ области</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Государственный лесовладелец ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11961,51 +12117,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="131"/>
+    <w:bookmarkStart w:name="z58" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Книга</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -12014,51 +12170,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на 20___ год по _________________________ области</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Государственный лесовладелец __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -13703,80 +13859,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="132"/>
+    <w:bookmarkStart w:name="z61" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АКТ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об уничтожении бланков лесорубочных и лесных билетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий акт составлен на основании приказа государственного лесовладельца "__" _______________ 20_ года о том, что в присутствии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14573,88 +14729,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(для физических лиц – ИИН,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>для юридических лиц – БИН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z229" w:id="133"/>
+    <w:bookmarkStart w:name="z229" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                          ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z230" w:id="134"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z230" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу _________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   (цель заявления)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14669,80 +14825,80 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z231" w:id="135"/>
+          <w:bookmarkStart w:name="z231" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14790,80 +14946,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z235" w:id="136"/>
+          <w:bookmarkStart w:name="z235" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14911,80 +15067,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z239" w:id="137"/>
+          <w:bookmarkStart w:name="z239" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="123"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15032,80 +15188,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="138"/>
+          <w:bookmarkStart w:name="z243" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15153,80 +15309,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z247" w:id="139"/>
+          <w:bookmarkStart w:name="z247" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="125"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15274,80 +15430,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z251" w:id="140"/>
+          <w:bookmarkStart w:name="z251" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15381,64 +15537,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z255" w:id="141"/>
+      <w:bookmarkStart w:name="z255" w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ответственности за представление недостоверных сведений в соответствии с</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15812,130 +15968,130 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z258" w:id="142"/>
+          <w:bookmarkStart w:name="z258" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Стандарт государственной услуги "Выдача лесорубочного и лесного билета" </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="128"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z260" w:id="143"/>
+          <w:bookmarkStart w:name="z260" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="129"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15987,80 +16143,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z264" w:id="144"/>
+          <w:bookmarkStart w:name="z264" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16071,141 +16227,141 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z266" w:id="145"/>
+          <w:bookmarkStart w:name="z266" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Канцелярия услугодателя</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) веб-портал "электронного правительства" www.egov.kz (далее – портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z269" w:id="146"/>
+          <w:bookmarkStart w:name="z269" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="132"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16257,80 +16413,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z273" w:id="147"/>
+          <w:bookmarkStart w:name="z273" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="133"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16382,80 +16538,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z277" w:id="148"/>
+          <w:bookmarkStart w:name="z277" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="134"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16466,141 +16622,141 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z279" w:id="149"/>
+          <w:bookmarkStart w:name="z279" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выдача лесорубочного билета и (или) лесного билета, либо мотивированный отказ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="149"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная или бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z282" w:id="150"/>
+          <w:bookmarkStart w:name="z282" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="150"/>
+          <w:bookmarkEnd w:id="136"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16611,70 +16767,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z284" w:id="151"/>
+          <w:bookmarkStart w:name="z284" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="151"/>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16720,80 +16876,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z288" w:id="152"/>
+          <w:bookmarkStart w:name="z288" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="152"/>
+          <w:bookmarkEnd w:id="138"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16804,51 +16960,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z290" w:id="153"/>
+          <w:bookmarkStart w:name="z290" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Услугодатель – с понедельника по пятницу с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16863,51 +17019,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 23 декабря 2017 года (далее – Кодекс) и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" (далее – Закон).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="153"/>
+          <w:bookmarkEnd w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17009,80 +17165,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z296" w:id="154"/>
+          <w:bookmarkStart w:name="z296" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="154"/>
+          <w:bookmarkEnd w:id="140"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17134,80 +17290,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z300" w:id="155"/>
+          <w:bookmarkStart w:name="z300" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="155"/>
+          <w:bookmarkEnd w:id="141"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17218,70 +17374,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z302" w:id="156"/>
+          <w:bookmarkStart w:name="z302" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17335,80 +17491,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z307" w:id="157"/>
+          <w:bookmarkStart w:name="z307" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkEnd w:id="143"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17419,70 +17575,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z309" w:id="158"/>
+          <w:bookmarkStart w:name="z309" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -17530,55 +17686,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>