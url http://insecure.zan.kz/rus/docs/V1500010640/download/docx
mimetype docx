--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f9a58bb" w14:textId="f9a58bb">
+    <w:p w14:paraId="b44fb78" w14:textId="b44fb78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1220,1220 +1220,1134 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, как при выдаче свидетельства, так и на протяжении всего периода времени его действительности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z55" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок оказания государственной услуги "Аккредитация юридических лиц, претендующих на проведение комплексной вневедомственной экспертизы проектов строительства объектов"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z56" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственная услуга оказывается Комитетом по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Государственная услуга оказывается Комитетом по делам строительства и жилищно-коммунального хозяйства Министерства индустрии и инфраструктурного развития Республики Казахстан (далее – услугодатель).</w:t>
-[...1 lines deleted...]
-    </w:p>
+      13. Юридическое лицо (далее – услугополучатель) для получения государственной услуги направляет заявление с документами в форме электронного документа, удостоверенного электронно-цифровой подписью (далее - ЭЦП) услугодателю через веб-портал "электронного правительства" www.egov.kz (далее - портал) или объект информатизации "информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz) (далее – информационная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z430" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) при получении свидетельства об аккредитации для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства, за исключением проектов отнесенной к государственной монополии направляет заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z431" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при получении свидетельства об аккредитации экспертных организации особой индустриальной зоны для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства объектов на территории особой индустриальной зоны направляет заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z432" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при переоформлении свидетельства направляет заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z433" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      приложение с перечнем основных требований к оказанию государственной услуги, которое содержит "Аккредитация юридических лиц, претендующих на проведение комплексной вневедомственной экспертизы проектов строительства объектов" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень основных требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Перечень документов необходимых для оказания государственной услуги определены пунктом 8 Перечню основных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z434" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения документов, о государственной регистрации (перерегистрации) юридического лица предоставляются услугодателю из информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z435" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z436" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю в "личный кабинет" направляется статус о принятии заявления для оказания государственной услуги с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...183 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...176 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="33"/>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Действия, входящие в состав процесса оказания государственной услуги, длительность выполнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z67" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z67" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) автоматическая регистрация заявления с документами, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z68" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z68" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выдача, переоформление свидетельства в электронной форме осуществляется информационной системой (компьютером) без участия услугодателя –20-40 (двадцать - сорок) минут после принятия заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z69" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z69" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z70" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z70" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Свидетельства подлежат переоформлению при изменении наименования и (или) места нахождения юридического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z71" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z71" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Приостановление, возобновление действия, лишение (отзыв) свидетельств осуществляется в порядке и (или) по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z72" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z72" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Комплексная вневедомственная экспертиза проектов строительства объектов и комплексной вневедомственной экспертизы проектов строительства объектов, предназначенных для строительства объектов на территории особой индустриальной зоны осуществляется организациями при наличии действующего свидетельства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z73" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z73" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок обжалования решений, действий (бездействия) услугодателей и(или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z74" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z74" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Для обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда услугополучателю стало известно о принятии административного акта или совершении действий (бездействий) услугодателем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z75" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z75" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z76" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z76" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z77" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z77" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на имя руководства услугодателя, непосредственно оказывающего государственную услугу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z78" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z78" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z79" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z79" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       услугодателем, непосредственно оказывающим государственную услугу в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z80" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z80" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z81" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z81" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z82" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z82" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z83" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z83" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z84" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z84" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z85" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z85" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае поступления жалобы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее - АППК РК) услугодателем направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z86" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z86" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок рассмотрения жалобы органом, рассматривающим жалобу, составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z87" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z87" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. В случае несогласия с решением органа, рассматривающего жалобу, услугополучатель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 100 АППК РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2564,51 +2478,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="55"/>
+    <w:bookmarkStart w:name="z90" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СВИДЕТЕЛЬСТВО ОБ АККРЕДИТАЦИИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -2653,108 +2567,108 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>__________________________________________________________________,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(юридический адрес)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z91" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z91" w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на право осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства, за исключением проектов отнесенной к государственной монополии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               АККРЕДИТОВАН</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z92" w:id="57"/>
+      <w:bookmarkStart w:name="z92" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       и внесен в Реестр аккредитованных экспертных организаций по экспертизе проектов, предназначенных для строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Срок действия свидетельства до ________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2936,51 +2850,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="58"/>
+    <w:bookmarkStart w:name="z95" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СВИДЕТЕЛЬСТВО ОБ АККРЕДИТАЦИИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -3025,108 +2939,108 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>__________________________________________________________________,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(юридический адрес)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z96" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z96" w:id="62"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на право осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства объектов на территории особой индустриальной зоны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     АККРЕДИТОВАН</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z97" w:id="60"/>
+      <w:bookmarkStart w:name="z97" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       и внесен в Реестр аккредитованных экспертных организаций по экспертизе проектов, предназначенных для строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Срок действия свидетельства до ________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3308,141 +3222,141 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="61"/>
+    <w:bookmarkStart w:name="z100" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр аккредитованных экспертных организации по экспертизе проектов, предназначенных для строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="62"/>
+          <w:bookmarkStart w:name="z101" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4050,51 +3964,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="63"/>
+    <w:bookmarkStart w:name="z121" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -4115,71 +4029,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>от _____________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(полное наименование юридического лица, реквизиты бизнес-идентификационного номера)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z122" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z122" w:id="67"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу аккредитовать в качестве экспертной организации для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства, за исключением проектов отнесенной к государственной монополии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Адрес ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4272,130 +4186,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 (местонахождение и реквизиты)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="65"/>
+    <w:bookmarkStart w:name="z123" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       все указанные данные являются официальными контактами и на них может быть направлена любая информация по вопросам выдачи или отказа в выдаче свидетельства об аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z124" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z124" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявителю не запрещено судом заниматься данным видом деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z125" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z125" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z126" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z126" w:id="71"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявитель согласен на использование персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах, при выдаче свидетельства об аккредитации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Руководитель ____________             __________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4577,88 +4491,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="69"/>
+    <w:bookmarkStart w:name="z129" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z130" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z130" w:id="73"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4802,150 +4716,150 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Филиалы (представительства, объекты, пункты, участки) ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 (местонахождение и реквизиты)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="71"/>
+    <w:bookmarkStart w:name="z131" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z132" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z132" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       все указанные данные являются официальными контактами и на них может быть направлена любая информация по вопросам выдачи или отказа в выдаче свидетельства об аккредитации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z133" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z133" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заявителю не запрещено судом заниматься данным видом деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z134" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z134" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z135" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z135" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявитель согласен на использование персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах, при выдаче свидетельства об аккредитации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Руководитель ____________             _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5127,88 +5041,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="76"/>
+    <w:bookmarkStart w:name="z138" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление юридического лица для переоформления свидетельства об аккредитации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z139" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z139" w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5556,318 +5470,202 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (номер счета, наименование и местонахождение банка)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Прилагается ______ листов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="78"/>
+    <w:bookmarkStart w:name="z140" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z141" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z141" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       все указанные данные являются официальными контактами и на них может быть направлена любая информация по вопросам переоформления свидетельства об аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z142" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z142" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявителю и его специалистам не запрещено судом заниматься данным видом деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z143" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z143" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z144" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z144" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявитель согласен на использование персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах, при переоформлении свидетельства об аккредитации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z145" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z145" w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель __________             ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (подпись)             (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата заполнения: "__"__________ 20__ года</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5994,178 +5792,269 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="84"/>
-[...25 lines deleted...]
-          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень основных требований к оказанию государственной услуги "Аккредитация юридических лиц, претендующих на проведение комплексной вневедомственной экспертизы проектов строительства объектов":</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредитации экспертных организаций для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредитации экспертных организаций особых индустриальных зон для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства объектов на территории особой индустриальной зоны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переоформление свидетельства при изменении наименования и (или) места нахождения юридического лица.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="85"/>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6191,231 +6080,225 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комитет по делам строительства и жилищно-коммунального хозяйства Министерства индустрии и инфраструктурного развитию Республики Казахстан</w:t>
+Комитет по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z154" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="86"/>
+2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги (каналы доступа) </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Веб-портал "электронного правительства": www.egov.kz. </w:t>
+              <w:t>
+Веб-портал "электронного правительства": www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Информационная система в сфере архитектуры, градостроительства и строительства e-Qurylys.kz" (www.equrylys.kz).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="87"/>
+3</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6467,80 +6350,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z162" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="88"/>
+4</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6592,80 +6463,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="89"/>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6676,51 +6535,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Выдача либо переоформление свидетельства по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6735,122 +6593,109 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="91"/>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6902,265 +6747,239 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z175" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="92"/>
+7</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя, объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
-[...22 lines deleted...]
-          <w:bookmarkEnd w:id="93"/>
+1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Трудовому Кодексу</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодексу Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z180" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="94"/>
+8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7171,409 +6990,181 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z182" w:id="95"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+1) при получении свидетельства об аккредитации для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства, за исключением проектов отнесенной к государственной монополии: заявление по форме согласно приложению 4 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+форма сведений, для прохождения аккредитации организаций, для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства, за исключением проектов отнесенной к государственной монополии, согласно приложению 8 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">2) при получении свидетельства об аккредитации экспертных организации особой индустриальной зоны для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства объектов на территории особой индустриальной зоны: </w:t>
+2) при получении свидетельства об аккредитации экспертных организации особой индустриальной зоны для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства объектов на территории особой индустриальной зоны:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+заявление по форме согласно приложению 5 к настоящим Правилам; форма сведений, для прохождения аккредитации экспертных организации особой индустриальной зоны для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства объектов на территории особой индустриальной зоны, согласно приложению 9 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...95 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+3) при переоформлении свидетельства: заявление по форме согласно приложению 6 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z191" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="96"/>
+9</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7625,170 +7216,156 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z195" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="97"/>
+10</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z197" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель получает информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="98"/>
+Услугополучатель получает информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства и услугодателя: www.gov.kz.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа по делам архитектуры, градостроительства и строительства: www.gov.kz, услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 1414.</w:t>
+Единый контакт-центр по вопросам оказания государственных услуг: 1414.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7924,164 +7501,164 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z202" w:id="99"/>
+    <w:bookmarkStart w:name="z202" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений, для прохождения аккредитации организаций, для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства, за исключением проектов отнесенной к государственной монополии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z203" w:id="100"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z203" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сведения о сотрудниках имеющих соответствующий аттестат эксперта по экспертизе градостроительной, предпроектной и проектно-сметной документации экспертной организации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z204" w:id="101"/>
+          <w:bookmarkStart w:name="z204" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8826,183 +8403,183 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z235" w:id="102"/>
+    <w:bookmarkStart w:name="z235" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 64-8 Закона эксперту запрещается заниматься иными видами предпринимательской деятельности, связанными с архитектурной, градостроительной и строительной деятельностью и находиться в трудовых, финансовых и (или) прочих зависимых отношениях с иными субъектами этой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z236" w:id="103"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z236" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Сведения о наличии административно-бытовых помещений на праве собственности или ином законном основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z237" w:id="104"/>
+          <w:bookmarkStart w:name="z237" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="104"/>
+          <w:bookmarkEnd w:id="92"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9436,145 +9013,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z255" w:id="105"/>
+    <w:bookmarkStart w:name="z255" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Сведения о материально-технической оснащенности, в том числе программные обеспечения, необходимые для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z256" w:id="106"/>
+          <w:bookmarkStart w:name="z256" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10208,140 +9785,140 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="107"/>
+    <w:bookmarkStart w:name="z280" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Сведения о системе контроля качества экспертизы проектов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z281" w:id="108"/>
+          <w:bookmarkStart w:name="z281" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество (при его наличии), должность ответственного за службу качества. Указать № и дату приказа.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10353,80 +9930,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z284" w:id="109"/>
+          <w:bookmarkStart w:name="z284" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наличие оргтехники и персонального компьютера для проверки расчетов и графической части проектов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10438,80 +10015,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z287" w:id="110"/>
+          <w:bookmarkStart w:name="z287" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наличие нормативно-технической литературы. Информационное обеспечение проверки проектно-сметной документации (подробно перечислить)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10523,208 +10100,208 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z290" w:id="111"/>
+          <w:bookmarkStart w:name="z290" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наличие рекламации по качеству экспертных работ. Эффективность принятых мер.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z293" w:id="112"/>
+    <w:bookmarkStart w:name="z293" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Сведения о нормативно-справочной и методологической литературе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z294" w:id="113"/>
+          <w:bookmarkStart w:name="z294" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="101"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11158,130 +10735,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z312" w:id="114"/>
+    <w:bookmarkStart w:name="z312" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обо всех изменениях, указанных в настоящей форме сведений данных, обязуюсь своевременно сообщать в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z313" w:id="115"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z313" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осведомлен, что за предоставление недостоверной информаций буду нести ответственность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z314" w:id="116"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z314" w:id="104"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -11429,164 +11006,164 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z317" w:id="117"/>
+    <w:bookmarkStart w:name="z317" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений, для прохождения аккредитации экспертных организации особой индустриальной зоны для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации), предназначенных для строительства объектов на территории особой индустриальной зоны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z318" w:id="118"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z318" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сведения о сотрудниках имеющих соответствующий аттестат эксперта по экспертизе градостроительной, предпроектной и проектно-сметной документации экспертной организации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z319" w:id="119"/>
+          <w:bookmarkStart w:name="z319" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="107"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12331,183 +11908,183 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z350" w:id="120"/>
+    <w:bookmarkStart w:name="z350" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 64-8 Закона эксперту запрещается заниматься иными видами предпринимательской деятельности, связанными с архитектурной, градостроительной и строительной деятельностью и находиться в трудовых, финансовых и (или) прочих зависимых отношениях с иными субъектами этой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z351" w:id="121"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z351" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Сведения о наличии административно-бытовых помещений на праве собственности или ином законном основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z352" w:id="122"/>
+          <w:bookmarkStart w:name="z352" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="110"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12941,145 +12518,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z370" w:id="123"/>
+    <w:bookmarkStart w:name="z370" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Сведения о материально-технической оснащенности, в том числе программные обеспечения, необходимые для осуществления обязательной комплексной вневедомственной экспертизы проектов (технико-экономических обоснований и проектно-сметной документации):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z371" w:id="124"/>
+          <w:bookmarkStart w:name="z371" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
+          <w:bookmarkEnd w:id="112"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13713,140 +13290,140 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z395" w:id="125"/>
+    <w:bookmarkStart w:name="z395" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Сведения о системе контроля качества экспертизы проектов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z396" w:id="126"/>
+          <w:bookmarkStart w:name="z396" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество (при его наличии), должность ответственного за службу качества. Указать № и дату приказа.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
+          <w:bookmarkEnd w:id="114"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13858,80 +13435,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z399" w:id="127"/>
+          <w:bookmarkStart w:name="z399" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наличие оргтехники и персонального компьютера для проверки расчетов и графической части проектов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
+          <w:bookmarkEnd w:id="115"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13943,80 +13520,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z402" w:id="128"/>
+          <w:bookmarkStart w:name="z402" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наличие нормативно-технической литературы. Информационное обеспечение проверки проектно-сметной документации (подробно перечислить)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="116"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14028,208 +13605,208 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z405" w:id="129"/>
+          <w:bookmarkStart w:name="z405" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наличие рекламации по качеству экспертных работ. Эффективность принятых мер.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="117"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z408" w:id="130"/>
+    <w:bookmarkStart w:name="z408" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Сведения о нормативно-справочной и методологической литературе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z409" w:id="131"/>
+          <w:bookmarkStart w:name="z409" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
+          <w:bookmarkEnd w:id="119"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14663,130 +14240,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z427" w:id="132"/>
+    <w:bookmarkStart w:name="z427" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обо всех изменениях, указанных в настоящей форме сведений данных, обязуюсь своевременно сообщать в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z428" w:id="133"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z428" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осведомлен, что за предоставление недостоверной информаций буду нести ответственность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z429" w:id="134"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z429" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>