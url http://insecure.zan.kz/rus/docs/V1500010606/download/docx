--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae9d32d" w14:textId="ae9d32d">
+    <w:p w14:paraId="7d128bc" w14:textId="7d128bc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -838,91 +838,191 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Действие настоящих Правил распространяется на все рыбохозяйственные водоемы и (или) участки Республики Казахстан (реки и приравненные к ним каналы, озера, водно-болотные угодья, водохранилища, пруды и другие внутренние водоемы, территориальные воды), а также морские воды, которые используются или могут быть использованы для лова, разведения и выращивания рыбных ресурсов и других водных животных либо имеют значение для воспроизводства их запасов, кроме водоемов, используемых для искусственного выращивания рыб и других водных животных.</w:t>
+        <w:t xml:space="preserve">
+      2. Действие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подпунктов 1), 3), 6), 9), 10), 11) и 12) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подпунктов 2), 3), 4), 6), 12), 18) и 19) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил не распространяется на рыбохозяйственные водоемы и (или) участки для осуществления озерно-товарной хозяйственной деятельности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об аквакультуре".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -941,634 +1041,932 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Рыболовство на водоемах, входящих в состав особо охраняемых природных территорий со статусом юридического лица, регулируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 7 июля 2006 года "Об особо охраняемых природных территориях".</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "Об особо охраняемых природных территориях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В настоящих Правилах рыболовства используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z109" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аншлаг – вывеска, указывающая наименование и границы воспроизводственных участков и зон покоя, рыбохозяйственных водоемов и (или) участков, а также запретные для рыболовства сроки и места;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z110" w:id="11"/>
-[...15 lines deleted...]
-      2) территориальные подразделения – межобластные бассейновые инспекции рыбного хозяйства Комитета рыбного хозяйства Министерства экологии и природных ресурсов Республики Казахстан;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рыболовство – лов рыбных ресурсов и других водных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z111" w:id="12"/>
-[...15 lines deleted...]
-      3) рыбак – работник субъекта рыбного хозяйства, осуществляющий в силу своих трудовых обязанностей лов рыбных ресурсов и других водных животных на закрепленных рыбохозяйственных водоемах и (или) участках;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рыболов – физическое лицо, получившее право на любительское (спортивное) рыболовство;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z112" w:id="13"/>
-[...15 lines deleted...]
-      4) рыболовство – лов рыбных ресурсов и других водных животных;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) разрешение на пользование рыбными ресурсами и другими водными животными (далее – разрешение) – документ установленной формы, дающий право физическим и юридическим лицам на пользование рыбными ресурсами и другими водными животными, а также на вывоз и реализацию выловленных рыб и других водных животных, их частей и дериватов, в том числе рыболовных трофеев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z113" w:id="14"/>
-[...15 lines deleted...]
-      5) рыболов – физическое лицо, получившее право на любительское (спортивное) рыболовство;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) период размножения рыб – период времени, в течение которого происходит нерест рыб того или иного вида;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z114" w:id="15"/>
-[...15 lines deleted...]
-      6) период размножения рыб – период времени, в течение которого происходит нерест рыб того или иного вида;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) промысловая мера рыб – размеры рыб, допускаемые к вылову, измеряемые от вершины рыла (при закрытом рте) до основания средних лучей хвостового плавника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z115" w:id="16"/>
-[...15 lines deleted...]
-      7) промысловая мера рыб – размеры рыб, допускаемые к вылову, измеряемые от вершины рыла (при закрытом рте) до основания средних лучей хвостового плавника;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) замор – массовая гибель рыбных ресурсов и других водных животных, вызванная нарушением гидрохимического и иного режимов водоема и (или) участка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z116" w:id="17"/>
-[...15 lines deleted...]
-      8) замор – массовая гибель рыбных ресурсов и других водных животных, вызванная нарушением гидрохимического и иного режимов водоема и (или) участка;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) замороопасный водоем и (или) участок – рыбохозяйственный водоем и (или) участок, подверженный периодическим заморам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z117" w:id="18"/>
-[...15 lines deleted...]
-      9) замороопасный водоем и (или) участок – рыбохозяйственный водоем и (или) участок, подверженный периодическим заморам;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) рыбные ресурсы и другие водные животные – общая совокупность всех животных, обитающих в водной среде, в том числе водные биологические ресурсы, за исключением растений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z118" w:id="19"/>
-[...15 lines deleted...]
-      10) миграция рыб – массовое перемещение рыб из одного места обитания в другое;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) рыбное хозяйство – вид хозяйственной деятельности, связанный с охраной, воспроизводством, рыболовством, а также переработкой и реализацией рыбных ресурсов и других водных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z119" w:id="20"/>
-[...15 lines deleted...]
-      11) рыбные ресурсы и другие водные животные – общая совокупность всех животных, обитающих в водной среде, в том числе водные биологические ресурсы, за исключением растений;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) уполномоченный орган в области рыбного хозяйства (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных, а также в пределах своих полномочий межотраслевую координацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z120" w:id="21"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Закона;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) субъект рыбного хозяйства – физическое и юридическое лицо, основным направлением деятельности которого является ведение рыбного хозяйства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z141" w:id="22"/>
-[...15 lines deleted...]
-      12-1) уполномоченный орган в области рыбного хозяйства (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство в области охраны, воспроизводства и использования рыбных ресурсов и других водных животных, а также в пределах своих полномочий межотраслевую координацию;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) резервный фонд рыбохозяйственных водоемов и (или) участков – рыбохозяйственные водоемы и (или) участки, не закрепленные за пользователями животным миром;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z121" w:id="23"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) пользователи животным миром – физические и юридические лица, которым в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставлено право пользования животным миром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z126" w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z126" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) ихтиологические наблюдения – сбор и изучение данных о состоянии ихтиофауны рыбохозяйственного водоема;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z127" w:id="29"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z127" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) прилов – часть улова, состоящая из особей видов рыб и других водных животных, не указанных в разрешениях, и (или) рыб ниже установленных промысловых размеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z129" w:id="31"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) зимовальная яма – место массового скопления рыб в зимний период в углублениях дна водоема;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z130" w:id="32"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z130" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) зона рекреационного рыболовства – участок рыбохозяйственного водоема и (или) участка и прилегающей береговой полосы, определяемый местным исполнительным органом в соответствии с подпунктом 5-8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона для осуществления любительского (спортивного) рыболовства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1597,298 +1995,500 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="33"/>
+    <w:bookmarkStart w:name="z132" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) нерест – процесс выметывания рыбами зрелой икры и последующее ее оплодотворение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">25) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Сноска. Пункт 4 дополнен подпунктом 13-1) в соответствии с приказом и.о. Министра сельского хозяйства РК от 15.08.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра экологии и природных ресурсов РК от 07.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом и.о. Министра сельского хозяйства РК от 18.08.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами и.о. Министра сельского хозяйства РК от 18.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок осуществления рыболовства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-[...22 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 2 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Пользование рыбными ресурсами и другими водными животными осуществляется в порядке общего и специального пользования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К общему пользованию животным миром относится пользование объектами животного мира, а также их полезными свойствами без изъятия из среды обитания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1981,70 +2581,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Рыболовство подразделяется на следующие виды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) промысловое рыболовство;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2171,166 +2771,184 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Рыболовство осуществляется методами и способами, орудиями лова, включенными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> разрешенных к применению промысловых и непромысловых видов орудий и способов рыболовства (далее – перечень) утвержденный приказом Министра сельского хозяйства Республики Казахстан от 16 января 2015 года № 18-04/17 "Об утверждении Перечня разрешенных к применению промысловых и непромысловых видов орудий и способов рыболовства" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10266).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Промысловая мера рыбных ресурсов и других водных животных устанавливается согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам. Прилов видов рыбных ресурсов и других водных животных, не указанных в разрешениях, и (или) рыб менее установленной промысловой меры осуществляется в объеме, не превышающем восемь процентов от улова в объячеивающих орудиях лова и пять процентов – в отцеживающих орудиях лова.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+        <w:t xml:space="preserve"> к настоящим Правилам. Промысловым размером признается размер, допустимый к вылову раков, измеряемый от середины глаза до конца хвостовой пластинки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прилов видов рыбных ресурсов и других водных животных, неуказанных в разрешении, и (или) рыб менее установленной промысловой меры, осуществляется в объеме, не превышающем восемь процентов от улова в объячеивающих орудиях лова и пять процентов – в отцеживающих орудиях лова.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае превышения объема допустимого прилова, весь прилов незамедлительно выпускается в естественную среду обитания с наименьшими повреждениями с внесением соответствующих записей в журнал учета лова рыбных ресурсов и других водных животных (промысловый журнал) (далее – промысловый журнал), согласно форме, утвержденной </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 13 марта 2012 года № 25-03-02/96 "Об утверждении образцов аншлагов границ охотничьих хозяйств, воспроизводственных участков и зон покоя, рыбохозяйственных водоемов и (или) участков, а также запретные для охоты и рыболовства сроки и места, форму журнала учета лова рыбных ресурсов и других водных животных (промысловый журнал)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7573).</w:t>
+      В случае превышения объема допустимого прилова, весь прилов выпускается в естественную среду обитания с наименьшими повреждениями с внесением соответствующих записей в журнал учета лова рыбных ресурсов и других водных животных (промысловый журнал) (далее – промысловый журнал) по форме, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 508-89)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве сельского хозяйства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 6 апреля 2005 года № 310 "Некоторые вопросы Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для целей искусственного разведения осетровых видов рыб государственные предприятия воспроизводственного комплекса, выполняющие государственный заказ, могут использовать рыб, полученных в качестве прилова, для производства препаратов гормональной стимуляции нереста рыб, а также производства кормов для их содержания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2340,491 +2958,491 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях прилова осетровых видов рыб, а также при обнаружении бесхозяйных орудий лова с осетровыми видами рыб жизнеспособные особи подлежат выпуску в естественную среду обитания или передаче государственным предприятиям, осуществляющим выращивание молоди осетровых видов рыб в рамках государственного заказа, а нежизнеспособные (снулые) особи подлежат выпуску в естественную среду обитания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Факты прилова нежизнеспособных (снулые) особей осетровых видов рыб регистрируется в промысловом журнале или разрешении, или в путевке.</w:t>
-[...35 lines deleted...]
-      Прилов раков осуществляется без изъятия непромысловых размеров. При попадании в орудия лова раки непромыслового размера подлежат немедленному выпуску в естественную среду обитания с наименьшими повреждениями.</w:t>
+      Факты прилова нежизнеспособных (снулых) особей осетровых видов рыб регистрируется в промысловом журнале или разрешении, или в путевке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факты прилова нежизнеспособных (снулых) особей ценных, редких и находящихся под угрозой исчезновения видов рыб и других водных животных регистрируются в промысловом журнале или разрешении, или в путевке и подлежат уничтожению путем составления государственным инспектором соответствующего акта (в произвольной форме) об уничтожении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прилов раков осуществляется без изъятия непромысловых размеров. При попадании в орудия лова раки непромыслового размера подлежат выпуску в естественную среду обитания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        9. В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 39 Закона рыболовство не допускается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z142" w:id="42"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z142" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) у водохозяйственных и гидротехнических сооружений, шлюзов и мостов, на протоках, соединяющих озера между собой и основной рекой, подводящих каналах и отводах мелиоративных систем, на расстоянии ближе 500 метров перед устьями рек и каналов в обе стороны от их впадения и на расстоянии ближе 500 метров вглубь водоема, а также на расстоянии 1500 метров вверх по реке и каналу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z143" w:id="43"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z143" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орудиями лова, применение которых не предусмотрено настоящими Правилами рыболовства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z144" w:id="44"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z144" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в зимовальных ямах в зимний период, на нерестилищах во время нереста и иных участках в сроки и местах, устанавливаемых уполномоченным органом на основании биологического обоснования, выданного соответствующими научными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z145" w:id="45"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z145" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) плавучими средствами, не зарегистрированными и не обозначенными регистрационными номерами в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внутреннем водном транспорте"; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z146" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) орудиями лова промыслового рыболовства без бирок c указанием названия организации и параметров орудий лова согласно разрешению на пользование рыбными ресурсами и другими водными животными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z147" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ставными орудиями лова для добычи осетровых в море и реках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z148" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в состоянии алкогольного или наркотического опьянения или интоксикации иного типа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z149" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) способами, которые не допускаются настоящими Правилами рыболовства, ограничениями и запретами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z150" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) с занятием орудиями лова более двух третей ширины реки или протоки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z151" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) с установкой ставных орудий лова в шахматном порядке, вентерей и секретов в радиусе пятисот метров от устья рек и стоков, впадающих каналов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z152" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) на расстоянии ближе чем пятьсот метров у водохозяйственных и гидротехнических сооружений, шлюзов и мостов при осуществлении промыслового рыболовства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z153" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) в местах концентрации и на путях миграции рыбных ресурсов и других водных животных в период их размножения, в местах и в сроки, устанавливаемые уполномоченным органом на основании биологического обоснования, выданного соответствующими научными организациями;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z146" w:id="46"/>
-[...15 lines deleted...]
-      5) орудиями лова промыслового рыболовства без бирок c указанием названия организации и параметров орудий лова согласно разрешению на пользование рыбными ресурсами и другими водными животными;</w:t>
+    <w:bookmarkStart w:name="z154" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) с применением взрывных устройств, ядохимикатов и других химических препаратов, а также огнестрельного оружия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z147" w:id="47"/>
-[...15 lines deleted...]
-      6) ставными орудиями лова для добычи осетровых в море и реках;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) с применением видов орудий и способов рыболовства, не включенных в перечень разрешенных к применению промысловых и непромысловых видов орудий и способов рыболовства без разрешения уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z148" w:id="48"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2843,90 +3461,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="56"/>
+    <w:bookmarkStart w:name="z95" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9-1. Форма бирки на орудие лова указана в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2945,51 +3563,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="57"/>
+    <w:bookmarkStart w:name="z43" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3004,51 +3622,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 39 Закона на рыбохозяйственных водоемах и (или) участках в целях сохранения объектов животного мира не допускается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уничтожение растительности и иные действия, ухудшающие условия среды обитания рыбных ресурсов и других водных животных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3110,87 +3728,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) изъятие редких и находящихся под угрозой исчезновения видов рыб и других водных животных, их частей или дериватов без решения Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) добыча рыбных ресурсов и других водных животных сверх установленного лимита и вне сроков, указанных в разрешениях на пользование животным миром или путевках, а также в зонах покоя;</w:t>
+      6) добыча рыбных ресурсов и других водных животных сверх установленного лимита и вне сроков, указанных в разрешении или путевке, а также в зонах покоя и воспроизводственных участках;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) добыча рыбных ресурсов и других водных животных с применением не предусмотренных настоящими Правилами видов орудий, методов и способов их добывания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) добыча рыбных ресурсов и других водных животных с применением взрывных устройств, ядохимикатов;</w:t>
+      8) добыча рыбных ресурсов и других водных животных с применением взрывных устройств, ядохимикатов и других химических препаратов (за исключением применения ядохимикатов и других химических препаратов при истреблении полевых грызунов, а также в случаях эпизоотии бешенства и других болезней животных);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) производство без разрешения уполномоченного органа интродукции, реинтродукции и гибридизации рыбных ресурсов и других водных животных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3263,62 +3881,106 @@
       12) остановка водного транспорта в пределах запретных для рыболовства мест, за исключением остановок у селений, рыбоприемных пунктов, для установки бакенов и в случае крайней необходимости;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) перенос различных видов орудий лова из одних рыбохозяйственных водоемов и (или) участков в другие без специальной обработки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      14) открытие новых рыбохозяйственных участков, тоней (тоневые участки), сплавов и плавов в реках без разрешения местного исполнительного органа;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) нахождение на водоеме или в непосредственной близости от него с орудиями лова, применение которых не предусмотрено настоящими Правилами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3346,503 +4008,523 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) лов, прием, купля-продажа, перевозка и хранение рыбы менее установленной настоящими Правилами промысловой меры;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) осуществление физическим и юридическим лицам сдачу и прием рыбы без указания вида или под названием "прочая" и "мелочь";</w:t>
+      18) физическим и юридическим лицам осуществлять сдачу и прием рыбы без указания вида;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) производство одновременного замета двух и более неводов (в замок), а также начало замета невода до полной выборки на берег предыдущего невода;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) движение всех видов водного транспорта с включенными двигателями в запретный для рыболовства период на рыбохозяйственных водоемах и (или) участках, а также в местах, запретных для рыболовства, без согласования с территориальным подразделением;</w:t>
-[...17 lines deleted...]
-      21) в пределах зон санитарной охраны и акваторий приобретение и сбыт рыбных ресурсов и других водных животных физическими и юридическими лицами без разрешений на пользование животным миром и без оформления документов, предусмотренных настоящими Правилами.</w:t>
+      20) движение всех видов водного транспорта с включенными двигателями в запретный для рыболовства период на рыбохозяйственных водоемах и (или) участках, а также в местах, запретных для рыболовства, без согласования с территориальным подразделением ведомства уполномоченного органа (далее – территориальное подразделение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) в пределах зон санитарной охраны и акваторий приобретение и сбыт рыбных ресурсов и других водных животных физическими и юридическими лицами без разрешений и без оформления документов, предусмотренных настоящими Правилами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 10 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="58"/>
+    <w:bookmarkStart w:name="z44" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок промыслового рыболовства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="59"/>
+    <w:bookmarkStart w:name="z45" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Промысловое рыболовство – комплексный процесс, обеспечивающий изъятие рыбных ресурсов и других водных животных из среды обитания орудиями лова, позволяющими производить одновременно лов большого количества рыбных ресурсов и других водных животных и (или) охватывающими, перегораживающими часть водоема (промысловыми орудиями лова).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z46" w:id="60"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z46" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 34 Закона промысловое рыболовство осуществляется прибрежным и морским ловом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прибрежный лов осуществляется на закрепленных рыбохозяйственных водоемах и (или) участках.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Морской лов осуществляется в открытой части водоемов (морей, озер) вне пределов закрепленных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="61"/>
+    <w:bookmarkStart w:name="z47" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Промысловое рыболовство не осуществляется в зонах рекреационного рыболовства, установленных местным исполнительным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z48" w:id="62"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z48" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункта 1</w:t>
-[...52 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
+        <w:t>пункту 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 35 Закона право на промысловое рыболовство имеют физические и юридические лица при наличии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z136" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрешения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z137" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) договора с территориальным подразделением на ведение рыбного хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра экологии и природных ресурсов РК от 03.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 140</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="65"/>
+    <w:bookmarkStart w:name="z49" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Капитан судна, бригадир, звеньевой или лицо ответственное за промысловое рыболовства, имеют при себе, либо на борту судно, а также на каждом промысловом участке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрешение;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3897,90 +4579,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="66"/>
+    <w:bookmarkStart w:name="z50" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Лица, осуществляющие промысловое рыболовство, фиксируют каждый улов в промысловом журнале на пункте приема рыбы, устанавливаемом территориальными подразделениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z108" w:id="67"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z108" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Промысловый журнал прошнуровывается и пронумеровывается, скрепляется подписью субъекта рыбного хозяйства или пользователя животным миром и заверяется печатью территориального подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3999,226 +4681,226 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="68"/>
+    <w:bookmarkStart w:name="z51" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Сведения о вылове рыбных ресурсов и других водных животных, промысловой обстановке на водоеме и выданных путевках представляется в территориальное подразделение субъектом рыбного хозяйства в порядке и в сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 19 марта 2010 года № 185 "Об утверждении Правил предоставления сведений в уполномоченный орган о вылове рыбных ресурсов и других водных животных, промысловой обстановке на водоеме, выданных путевках" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 6196).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z52" w:id="69"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z52" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок любительского (спортивного) рыболовства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="70"/>
+    <w:bookmarkStart w:name="z53" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Любительское (спортивное) рыболовство – лов рыбных ресурсов и других водных животных в целях удовлетворения спортивных и эстетических потребностей, проведения спортивных состязаний, а также для личного потребления выловленной продукции, осуществляемый орудиями лова, позволяющими проводить только поштучный лов (непромысловые орудия лова).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z54" w:id="71"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z54" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Любительское (спортивное) рыболовство осуществляется всеми видами удилищ с различными оснастками (блесна, мормышка, воблеры, мушки и другие приманки), а также закидушками и жерлицами. Сачок может быть использован только как вспомогательное приспособление при вываживании рыбы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z138" w:id="72"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z138" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Количество раколовок не должно превышать трех штук на одного рыболова. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z139" w:id="73"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z139" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ружья для подводной охоты разрешается использовать в местах, отведенных для рекреационного рыболовства и вне зоны отдыха населения, а также на закрепленных рыбохозяйственных водоемах и (или) участках в местах, обозначенных пользователем животным миром.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4237,168 +4919,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="74"/>
+    <w:bookmarkStart w:name="z55" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Любительское (спортивное) рыболовство в резервном фонде рыбохозяйственных водоемов и (или) участков до пяти килограммов на одного рыболова за выезд, осуществляется бесплатно без каких-либо разрешений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Любительское (спортивное) рыболовство в резервном фонде рыбохозяйственных водоемов и (или) участков свыше пяти килограммов на одного рыболова осуществляется на платной основе по </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>разрешениям</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, выдаваемых местными исполнительными органами согласно письменному заявлению физических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="75"/>
+    <w:bookmarkStart w:name="z56" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Любительское (спортивное) рыболовство на закрепленных рыбохозяйственных водоемах и (или) участках осуществляется физическими лицами на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>путевки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, выданной пользователем животного мира за которым закреплен рыбохозяйственный водоем и (или) участок по их устному или письменному заявлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z57" w:id="76"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z57" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Рыболов при осуществлении любительского (спортивного) рыболовства на рыбохозяйственном водоеме и (или) участке имеет при себе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) путевку (для закрепленных рыбохозяйственных водоемов и (или) участков);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4429,126 +5111,126 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, удостоверяющий личность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="77"/>
+    <w:bookmarkStart w:name="z58" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок научно-исследовательского лова</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="78"/>
+    <w:bookmarkStart w:name="z59" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Научно-исследовательский лов – лов рыбных ресурсов и других водных животных с целью проведения научных исследований в области охраны, воспроизводства и использовании животного мира.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Научные исследования в области охраны, воспроизводства и использования животного мира проводятся юридическими лицами, аккредитованными как субъекты научной и (или) научно-технической деятельности, в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4605,51 +5287,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="79"/>
+    <w:bookmarkStart w:name="z60" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4664,91 +5346,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 34 Закона научно-исследовательский лов вне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лимита</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изъятия животных допускается на водоемах, на которых ранее оценка состояния животного мира не проводилась.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z61" w:id="80"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z61" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Научно-исследовательский лов отражается в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>промысловом журнале</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> с указанием времени и места лова, применявшихся орудий лова. В промысловом журнале также указываются данные о лицах, ответственных за проведение лова, и информация по дальнейшему использованию данной квоты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4777,110 +5459,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="81"/>
+    <w:bookmarkStart w:name="z63" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Научно-исследовательский лов осуществляется в любое время года и разрешенными орудиями лова на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>разрешения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, выданного местным исполнительным органам или ведомством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z64" w:id="82"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z64" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Научно-исследовательский лов в запретный для рыболовства период, а также запрещенными орудиями лова, кроме сетей рыболовных, узловых, произведенных машинным или ручным способом из синтетических нейлоновых или прочих полиамидных мононитей и прочих синтетических мононитей с диаметром нитей менее 0,5 миллиметров и размерами ячеи менее 100 миллиметров (размер конструктивного шага ячеи менее 50 миллиметров) осуществляется в присутствии представителя территориального подразделения и при составлении отдельного акта (в произвольной форме) с указанием результатов проведенных ловов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4899,758 +5581,876 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="83"/>
+    <w:bookmarkStart w:name="z65" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Научно-исследовательский лов на закрепленных рыбохозяйственных водоемах и (или) участках осуществляется в рамках сервитута, предоставляемого пользователем животного мира, за которым закреплен рыбохозяйственный водоем и (или) участок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z66" w:id="84"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z66" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Квоты изъятия рыбных ресурсов и других водных животных в рамках научно-исследовательского лова от научной организации не передаются иным физическим или юридическим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z67" w:id="85"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z67" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Информация об использовании научной квоты научной организацией предоставляется в территориальное подразделение после завершения всех работ, связанных с проведением научно-исследовательского лова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z68" w:id="86"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z68" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Порядок контрольного лова</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 6 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="87"/>
+    <w:bookmarkStart w:name="z69" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Контрольный лов – лов рыбных ресурсов и других водных животных в целях контроля за состоянием ихтиофауны, определения эффективности воспроизводства рыбных ресурсов и других водных животных, урожайности молоди, рыбопродуктивности водоемов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z157" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1. Контрольный лов на рыбохозяйственных водоемах и (или) участках, используемых для озерно-товарной и (или) садковой хозяйственной деятельности, осуществляется для определения объема выращиваемых рыб и видового состава, указанных в рыбоводно-биологическом обосновании в области аквакультуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z158" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контрольный лов на рыбохозяйственных водоемах и (или) участках, используемых для озерно-товарной и (или) садковой хозяйственной деятельности, осуществляется безъемным способом (с последующим выпуском выловленных рыб обратно в водоем).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 6 дополнена пунктом 32-1 в соответствии с приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Контрольный лов осуществляется территориальным подразделением при проведении ихтиологических наблюдений без разрешения в целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подготовки предложений по зарыблению водоемов в рамках осуществления государственного заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сбора биологического материала о видовом и размерном составе промысловых уловов, весе, возрасте и соотношении полов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сбора материалов, характеризующих нерестовые миграции и нерест основных ценных видов рыб, сроки миграции, состав нерестовых стад, степень заполнения нерестилищ производителями, сроки и характер нереста, сроков нереста и промысловой нагрузки на водоемы, определение прилова молоди рыб, мест нерестилищ и зимовальных ям, общая оценка состава и численности нерестовых стад;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) учета основных районов нагула молоди, сбор материалов о прилове в промысловых орудиях лова по районам промысла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) контроля за условиями и ходом зимовки основных ценных видов рыб, сроками их залегания на зимовку, степенью заполнения зимовальных ям, температурным и гидрохимическим режимами на зимовальных ямах, учетом замороопасных водоемов (участков), разработкой мероприятий по профилактике и ликвидации заморов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выявления случаев гибели рыбных ресурсов и других водных животных и разработки мероприятий по их предотвращению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) определения размера вреда, причиненного рыбным ресурсам и другим водным животным и предъявления исков по его возмещению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) подготовки предложений по совершенствованию режима рыболовства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) оценки влияния на рыбные ресурсы и другие водные животные намечаемого строительства и эксплуатации предприятий, сооружений, других объектов и производства различных работ на рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выработки предложений по регулированию режима рыболовства, включая перенос сроков запрета в нерестовый период в зависимости от гидрометеорологических условий, по орудиям лова, по организации рыбоводно-мелиоративных работ и рыбохозяйственной мелиорации водных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) учета замороопасных водоемов и организации мероприятий по профилактике и ликвидации заморов, осмотр водозаборных, сбросных сооружений и определение вреда, наносимого и нанесенного рыбным ресурсам и другим водным животным при отсутствии рыбозащитных устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 - в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Контрольный лов осуществляется на основании графика проведения контрольных ловов в соответствии с Планом работы, который утверждается руководителем территориального подразделения после согласования его с ведомством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z72" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Контрольный лов проводиться любыми орудиями лова и на любом рыбохозяйственном водоеме и (или) участке, включая запретные зоны и запретные сроки для рыболовства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z73" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Контрольный лов на закрепленных рыбохозяйственных водоемах и (или) участках осуществляется в рамках сервитута, предоставляемого пользователем животного мира, за которым закреплен рыбохозяйственный водоем и (или) участок после уведомления его о месте и времени контрольного лова.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z74" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Результаты каждого контрольного лова оформляются актом (в произвольной форме), в котором отражается сведения о лицах, проводивших контрольный лов, времени и месте лова, применявшихся орудиях лова, количестве выловленной рыбы по видам (в штуках и килограммах), а также цели и результаты контрольного лова. В акте (в произвольной форме) также указывается информация о списании исследованной рыбы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт (в произвольной форме) составляется непосредственно на месте проведения контрольного лова и подписывается лицами, осуществившими контрольный лов, а также представителем пользователя животным миром, за которым закреплен рыбохозяйственный водоем и (или) участок (при проведении контрольного лова на закрепленных рыбохозяйственных водоемах и (или) участках).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рыба после изучения уничтожается путем закапывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 – в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. Исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Порядок мелиоративного лова</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z70" w:id="88"/>
-[...512 lines deleted...]
-    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 7 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="95"/>
+    <w:bookmarkStart w:name="z77" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Мелиоративный лов – лов рыбных ресурсов и других водных животных, включая тотальный отлов, отлов малоценных видов рыб, лов в замороопасных водоемах и (или) участках, направленный на увеличение рыбопродуктивности водоемов, сохранение рыбных ресурсов и других водных животных и улучшение условий их обитания и размножения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5669,80 +6469,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="96"/>
+    <w:bookmarkStart w:name="z78" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40. В случаях возникновения угрозы замора на рыбохозяйственных водоемах и (или) участках, который неизбежно приведет к гибели рыб и невозможности устранения такой угрозы путем проведения текущей рыбохозяйственной мелиорации водных объектов, территориальное подразделение принимает решение о мелиоративном лове на основании научных рекомендаций и решения Комиссии, созданной территориальным подразделением из числа представителей местных исполнительных органов, научных и общественных организаций, уполномоченных органов в области окружающей среды и водных ресурсов (далее – комиссия) и результатам ихтиологических наблюдений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5761,70 +6561,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="97"/>
+    <w:bookmarkStart w:name="z79" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Мелиоративный лов на закрепленных рыбохозяйственных водоемах и (или) участках проводится пользователями животного мира, за которыми закреплены данные водоемы с использованием разрешенных к применению орудий лова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении факта возникновения угрозы замора в резервном фонде рыбохозяйственных водоемов и (или) участков, комиссия определяет субъект рыбного хозяйства для осуществления мелиоративного лова.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5897,498 +6697,554 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="98"/>
+    <w:bookmarkStart w:name="z80" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Решение о мелиоративном лове оформляется приказом руководителя территориального подразделения или лицом его замещающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z81" w:id="99"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z81" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>43. Право на мелиоративный лов имеют физические и юридические лица при наличии разрешения на пользование животным миром, выданного местным исполнительным органом.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
+        <w:t xml:space="preserve">43. Мелиоративный лов осуществляется физическими и юридическими лицами при наличии разрешения, выданного согласно правилам выдачи разрешений на пользование рыбными ресурсами и другими водными животными (далее – Правила выдачи разрешений), в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 27)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 9-1 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 43 в редакции приказа и.о. Министра сельского хозяйства РК от 15.08.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 338</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 43 - в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="100"/>
+    <w:bookmarkStart w:name="z82" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Мелиоративный лов проводится в присутствии представителей территориального подразделения, по результатам которого составляется акт (в произвольной форме) о мелиоративном лове и сведения о вылове заносятся в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>промысловый журнал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="102"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z83" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Объем рыбы, изъятой путем мелиоративного лова, осуществляемого как противозаморное мероприятие или для замены ихтиофауны при осуществлении озерно-товарной хозяйственной деятельности, не входит в общий лимит вылова рыбы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 45 - в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Порядок лова в воспроизводственных целях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 8 в редакции приказа Министра экологии, геологии и природных ресурсов РК от 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="103"/>
+    <w:bookmarkStart w:name="z85" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Лов в воспроизводственных целях – лов рыбных ресурсов и других водных животных для целей их воспроизводства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z86" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Лов в воспроизводственных целях для выполнения государственного заказа, а также для производства рыбопосадочного материала осуществляется предприятиями воспроизводственного комплекса на основании разрешения выданного согласно Правилам выдачи разрешений, в период нереста и размножения рыб, всеми разрешенными к применению промысловыми орудиями лова и способами рыболовства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 47-1 в соответствии с приказом Министра экологии и природных ресурсов РК от 07.12.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 47 - в редакции приказа и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z87" w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">47-1. Исключен приказом и.о. Министра сельского хозяйства РК от 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Для осуществления лова в воспроизводственных целях, инициируемого физическими и юридическими лицами, требуется разрешение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z88" w:id="107"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z88" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9. Порядок экспериментального лова</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 9 исключена приказом и.о. Министра сельского хозяйства РК от 15.08.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7821,68 +8677,68 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Форма      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="108"/>
+    <w:bookmarkStart w:name="z97" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бирка на орудие лова для рыболовства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>