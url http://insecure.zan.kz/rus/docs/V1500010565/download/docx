--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bbc226f" w14:textId="bbc226f">
+    <w:p w14:paraId="395b887" w14:textId="395b887">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра внутренних дел Республики Казахстан от 24 февраля 2015 года № 150. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 марта 2015 года № 10565.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 25) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 23 апреля 2014 года "Об органах внутренних дел Республики Казахстан" </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 309)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве внутренних дел Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 22 июня 2005 года № 607, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -372,163 +434,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6433"/>
-        <w:gridCol w:w="5867"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6433" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6433" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 генерал-лейтенант полиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5867" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 К. Касымов</w:t>
@@ -852,90 +908,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан № 1291 от 09 декабря 2014 года "Об утверждении Правил изъятия, учета, хранения, передачи и уничтожения вещественных доказательств, изъятых документов, денег в национальной и иностранной валюте, наркотических средств, психотропных веществ по уголовным делам судом, органами прокуратуры, уголовного преследования и судебной экспертизы".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Для организации приема поступающего изъятого по административным  и гражданским делам, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов (далее – предметов вооружения), а также в целях осуществления контроля за порядком его приема, учета, хранения и сохранностью в Департаментах полиции областей, городов республиканского значения, столицы и на транспорте (далее – ДП(Т), городских, районных и линейных подразделениях органов внутренних дел (далее – горрайлинорганы) приказами начальников ДП(Т) создаются постоянно действующие комиссии по контролю и приему изъятого по административным и гражданским делам, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов (далее – комиссия).</w:t>
+      3. Для организации приема поступающего изъятого по административным и гражданским делам, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов (далее – предметов вооружения), а также в целях осуществления контроля за порядком его приема, учета, хранения и сохранностью в Департаментах полиции областей, городов республиканского значения, столицы и на транспорте (далее – ДП(Т), органах полиции городов, районов, районов в городах, на транспорте (далее – ГОРОП(Т)) приказами начальников ДП(Т) создаются постоянно действующие комиссии по контролю и приему изъятого по административным и гражданским делам, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов (далее – комиссия).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -953,89 +1009,89 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В состав комиссии включаются представители подразделений административной и криминальной полиции, следствия, собственной безопасности, тылового обеспечения оперативно-криминалистических подразделений (далее – ОКП) и информатизации и связи (далее – ИС) ДП(Т). Возглавляются эти комиссии одним из заместителей начальников ДП(Т). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Указанные комиссии осуществляют прием предметов вооружения на склады арттехвооружения ДП(Т) (далее – АТВ), а также проверки ДП(Т), горрайлинорганов по соблюдению требований настоящих Правил.</w:t>
+      Указанные комиссии осуществляют прием предметов вооружения на склады арттехвооружения ДП(Т) (далее – АТВ), а также проверки ДП(Т), ГОРОП(Т) по соблюдению требований настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1090,54 +1146,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Прием предметов вооружения в горрайлинорганах осуществляется сотрудниками осуществляющими контроль в сфере оборота гражданского и служебного оружия или сотрудником исполняющим его обязанности (далее – КОГСО), в ночное и нерабочее время оперативными дежурными органов внутренних.</w:t>
+      5. Прием предметов вооружения в ГОРОП(Т) осуществляется сотрудниками осуществляющими контроль в сфере оборота гражданского и служебного оружия или сотрудником исполняющим его обязанности (далее – КОГСО), в ночное и нерабочее время оперативными дежурными органов внутренних дел.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Допускается прием </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1259,50 +1377,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2271,50 +2409,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 42 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2453,50 +2611,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 45 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2555,50 +2733,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 46 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2657,105 +2855,187 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 48 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      49. Переданные со склада АТВ в ОКП, музеи МВД РК, ДВД(Т) оружие и боеприпасы для экспонирования приходуются этими подразделениями. </w:t>
+        <w:t>
+      49. Переданные со склада АТВ в ОКП, музеи МВД РК, ДП(Т) оружие и боеприпасы для экспонирования приходуются этими подразделениями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В книге учета изъятого, добровольно сданного, найденного оружия и боеприпасов, взрывчатых материалов поступивших на склад АТВ заведующим склада производится соответствующая запись об этом.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 49 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Оружие, передаваемое для экспонирования в музеи МВД, ДП(Т), сотрудниками службы вооружения приводится в состояние непригодное для производства выстрела:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2903,50 +3183,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 50 с изменением, внесенным приказом Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2956,54 +3256,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Изъятое, добровольно сданное, найденное незарегистрированное нарезное оружие в течение суток направляется в ОКП для экспериментального отстрела и проверки по криминалистической пулегильзотеке МВД РК сотрудником, исполняющем производство по материалам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      52. Транспортировка предметов вооружения от органа внутренних дел до склада АТВ производится сотрудниками ОВД назначенными начальником территориального подразделения внутренних дел, сдающего предметы вооружения на специализированном автотранспорте в сопровождении вооруженной охраны на всем пути следования.</w:t>
+      52. Транспортировка предметов вооружения от ОВД до склада АТВ производится сотрудниками ОВД назначенными начальником ОВД, сдающего предметы вооружения на специализированном автотранспорте в сопровождении вооруженной охраны на всем пути следования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 52 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Не допускается выдавать для использования сотрудникам ОВД, другим лицам, организациям, учреждениям, огнестрельное оружие и боеприпасы из числа изъятого, добровольно сданного, найденного, производить их замену и использовать вместо боевого ручного стрелкового оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3076,90 +3438,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Прием оружия и боеприпасов осуществляется в составе комиссии с четырнадцати до восемнадцати часов три раза в неделю понедельник, среду и четверг.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z69" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      58. Для сдачи оружия и боеприпасов в УТО (ОТО) ДП направляется письмо подписанное начальником территориального подразделения внутренних дел, сдающего оружие и боеприпасы.</w:t>
+      58. Для сдачи оружия и боеприпасов в УТО (ОТО) ДП направляется письмо подписанное начальником ОВД, сдающего оружие и боеприпасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 58 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 58 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3260,54 +3622,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z72" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      61. После получения положительного ответа начальником территориального подразделения внутренних дел, сдающего оружие и боеприпасы назначается ответственный за сдачу на склад АТВ.</w:t>
+      61. После получения положительного ответа начальником ОВД, сдающего оружие и боеприпасы назначается ответственный за сдачу на склад АТВ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 61 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Прием оружия и боеприпасов от юридических лиц непригодного к дальнейшему использованию служебного оружия и патронов к нему для дальнейшего уничтожения осуществляется по их письменному ходатайству о передаче оружия, боеприпасов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -3349,50 +3773,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 62 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3431,50 +3875,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 63 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3719,109 +4183,133 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. При приеме на склад зарегистрированного в ОВД нарезного оружия справка из криминалистической пулегильзотеки МВД РК не требуется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам, который подписывается полистно членами комиссии, заведующим складом и сдающим сотрудником.</w:t>
+        <w:t>
+      74. На все принятые на склад имущества АТВ ОВД предметы вооружения составляется приемный акт на принятое на склад республиканского государственного учреждения "База военного и специального снабжения Министерства внутренних дел Республики Казахстан" (далее – "База военного и специального снабжения), АТВ ДП (Т), оружие, боеприпасы в двух экземплярах, по форме согласно приложению 16 к настоящим Правилам, который подписывается полистно членами комиссии, заведующим складом и сдающим сотрудником.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый экземпляр акта остается в службе вооружения и является основанием для приходования оружия и боеприпасов на склад, второй экземпляр остается у сдатчика и служит основанием для введения корректировки в ИБД о помещении оружия на склад АТВ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При заполнении акта исправления, почистки не допускаются.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 74 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z86" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Изъятое, добровольно сданное, а также конфискованное оружие и боеприпасы (кроме нарезного оружия, по которым не получены справки о результатах проверки по криминалистической пулегильзотеке МВД РК, а также оружия переданного на временное хранение) подлежат утилизации, либо передаче на баланс правоохранительным органам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z87" w:id="84"/>
     <w:p>
       <w:pPr>
@@ -3905,169 +4393,251 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 77 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      78. Оружие, боеприпасы подлежащие сдаче на склад "Базы Южная" МВД РК, АТВ упаковываются в специальную укупорку, гарантирующую их сохранность при перевозке.</w:t>
+      78. Оружие, боеприпасы подлежащие сдаче на склады Базы военного и специального снабжения, АТВ ДП(Т) упаковываются в специальную укупорку, гарантирующую их сохранность при перевозке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z90" w:id="87"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 79 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 78 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Транспортировка предметов вооружения от ОВД до склада Базы военного и специального снабжения для утилизации осуществляется сотрудниками подразделений УТО, ОТО ДП(Т) на специализированном автотранспорте в сопровождении вооруженной охраны и экипажа патрульной полиции на патрульной машине.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 79 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z91" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок учета изъятого, добровольно сданного, найденного оружия и боеприпасов в органах внутренних дел</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4448,54 +5018,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z102" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      89. Хранение предметов вооружения в горрайлинорганах осуществляется в комнатах, предназначенных для хранения оружия, боеприпасов в специально предназначенный металлический шкаф, опечатывающийся личной печатью сотрудника КОГСО.</w:t>
+      89. Хранение предметов вооружения в ГОРОП(Т) осуществляется в комнатах, предназначенных для хранения оружия, боеприпасов в специально предназначенный металлический шкаф, опечатывающийся личной печатью сотрудника КОГСО.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 89 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z103" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Не допускается хранение предметов вооружения вне металлического шкафа, в кабинете сотрудников КОГСО и других служб.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z104" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4548,54 +5180,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Хранение взрывчатых материалов производится только на складах подразделений МВД Республики Казахстан, складах войсковых частей или в соответствующих государственных предприятиях, учреждениях, специально оборудованных помещениях после проведения экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z107" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      94. Обязанности по обеспечению сохранности предметов вооружения находящихся в металлическом шкафе в горрайлинорганах до сдачи их на склад АТВ на уничтожение или на временное хранение, в специализированный магазин по торговле оружием, для комиссионной продажи, либо возврата владельцу, при наличии разрешения на хранение, хранение и ношение данного оружия возлагаются на сотрудников КОГСО.</w:t>
+      94. Обязанности по обеспечению сохранности предметов вооружения находящихся в металлическом шкафе в ГОРОП(Т) до сдачи их на склад АТВ на уничтожение или на временное хранение, в специализированный магазин по торговле оружием, для комиссионной продажи, либо возврата владельцу, при наличии разрешения на хранение, хранение и ношение данного оружия возлагаются на сотрудников КОГСО.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 94 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z108" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Обязанности по обеспечению сохранности металлического шкафа, целостности запирающих устройств и печати несет оперативный дежурный ОВД.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z109" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4647,51 +5341,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Порядок приема, хранения, учета изъятого, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов в ОВД, на складах АТВ проверяется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) начальниками городских, районных, линейных подразделений полиции в своих подразделениях - не реже одного раза в месяц;</w:t>
+      1) начальниками ГОРОП(Т) в своих подразделениях - не реже одного раза в месяц;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) членами постоянно действующей комиссии ДП(Т) - не менее одного раза в квартал, а также по фактам чрезвычайных происшествий, связанных с недостачей, излишками, хищениями оружия и боеприпасов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4729,61 +5423,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 98 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 98 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4801,107 +5495,107 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. При обследовании состояния сохранности предметов вооружения проверяется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в городских, районных, линейных подразделениях полиции – порядок оформления сотрудником КОГСО квитанций на сданное оружие и боеприпасы, взрывчатые материалы своевременность доклада руководству оперативным дежурным ОВД о принятых предметах, соблюдение правил перевозки и сроков сдачи оружия на склад АТВ ДП(Т);</w:t>
+      в ГОРОП(Т) – порядок оформления сотрудником КОГСО квитанций на сданное оружие и боеприпасы, взрывчатые материалы своевременность доклада руководству оперативным дежурным ОВД о принятых предметах, соблюдение правил перевозки и сроков сдачи оружия на склад АТВ ДП(Т);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на складе АТВ – соблюдение правил приема оружия и боеприпасов, взрывчатых материалов оформление необходимых документов, правильность определения категории принятого оружия. Во всех случаях особое внимание обращается на сверку оружия по номерам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 99 с изменением, внесенным приказом Министра внутренних дел РК от 06.02.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 99 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5000,50 +5694,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 103 - в редакции приказа Министра внутренних дел РК от 06.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском не меняется в соответствии с приказом Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5365,686 +6079,687 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование органа внутренних дел)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="549"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1371"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование ОВД, должность, служба, ФИО сдавшего оружие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № входящего сопроводительного письма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип оружия (нарезное, гладкоствольное, травматическое, газовое, электрическое, пневматическое, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид оружия (длинноствольное, короткоствольное, бесствольное, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марка, модель оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Присвоенный идентификационный номер (код региона, порядковый номер, дата присвоения номера)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № исходящего сопроводительного письма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Должность, ФИО сотрудника исполнителя ОКУ(О)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6505,467 +7220,468 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При приеме установлено:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2106"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2039"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значится по документам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактически принято</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Недостатки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Излишки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2038" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2039" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7285,63 +8001,64 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма            </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3760"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4489"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3760" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7891,51 +8608,51 @@
               <w:t>
     оружие и боеприпасы)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "___"__________20__г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4051" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8521,51 +9238,51 @@
               <w:t>
     оружие и боеприпасы)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "___"__________20__г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4489" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10460,65 +11177,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на изъятые, добровольно сданные боеприпасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1795"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2296"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10528,575 +11246,540 @@
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование боеприпасов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калибр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4619" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество в штуках (прописью и цифрами)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №, дата квитанции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4619" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -11659,63 +12342,64 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма            </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3139"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3717"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12211,51 +12895,51 @@
               <w:t>
            (подпись)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание. Остается в органе внутренних дел, выдавшем направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12751,51 +13435,51 @@
               <w:t xml:space="preserve">
 "____"_________ 20 г.. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание. Остается в магазине торгующем оружием и приходуется в книге учета поступления и продажи оружия и патронов к нему.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14108,467 +14792,468 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1257"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2909"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Род система оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калибр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество боеприпасов, взрывчатых материалов (шт., кг.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2909" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техническое состояние оружия и боеприпасов, взрывчатых материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2909" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15032,394 +15717,395 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2524"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2444"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Род система оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калибр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техническое состояние оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15795,148 +16481,149 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование органа внутренних дел)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="676"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="802"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, инициалы лица, сдавшего оружие, боеприпасы, взрывчатые материалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16003,51 +16690,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отметка о передаче оружия, боеприпасов, взрывчатых материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16084,375 +16771,375 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="515" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 род</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Система</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калибр -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 год выпуска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество боеприпасов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="800" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата предачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="800" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кому передано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На основании какого документа передано, номер, дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16462,519 +17149,519 @@
               <w:t>
 На основании какого документа принято, номер, дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="515" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="800" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="800" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17239,148 +17926,149 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование органа внутренних дел)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="661"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="783"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, инициалы, должность, наименование ОВД сотрудника сдавшего оружие, боеприпасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -17447,51 +18135,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отметка о передаче оружия, боеприпасов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -17528,375 +18216,375 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 род</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Система</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калибр -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 год выпуска </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество боеприпасов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата предачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кому передано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На основании какого документа передано, номер, дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17906,519 +18594,519 @@
               <w:t>
 На основании какого документа принято, номер, дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18773,467 +19461,468 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На срок до "___" ___________ 20__ года, следующие оружие, боеприпасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1557"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2764"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Род система оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калибр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество боеприпасов, (шт.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техническое состояние оружия и боеприпасов,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19843,467 +20532,468 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На срок до "___" ___________ 20 __ года, следующие оружие, боеприпасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1457"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3373"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Род система оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калибр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество боеприпасов, (шт.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3373" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техническое состояние оружия и боеприпасов, взрывчатых материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3373" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20604,482 +21294,664 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 16</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам приема, учета, хранения</w:t>
+              <w:t>к Правилам приема, учета,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и обеспечения сохранности в органах</w:t>
+              <w:t>хранения и обеспечения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутренних дел изъятого, добровольно</w:t>
+              <w:t>сохранности в органах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сданного, найденного оружия,</w:t>
+              <w:t>внутренних дел изъятого,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>боеприпасов, взрывчатых материалов</w:t>
+              <w:t>добровольно сданного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>найденного оружия,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>боеприпасов, взрывчатых</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z166" w:id="146"/>
+    <w:bookmarkStart w:name="z167" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приемный акт № ___</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(на принятое на склады Базы военного и специального снабжения, АТВ ДП (Т),</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оружие, боеприпасы, взрывчатых материалов) "__" _________ 20 ___ г. __</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Форма            </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z167" w:id="147"/>
+      Сноска. Приложение 16 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z183" w:id="147"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Приемный акт № ______</w:t>
+      Комиссия в составе _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z184" w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      (на принятое на склад "Базы Южная" МВД РК, АТВ ДВД (Т), оружие,</w:t>
-[...1 lines deleted...]
-    </w:p>
+      (должность, звание, фамилия, инициалы членов комиссии, осуществляющих</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...74 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                               прием предметов вооружения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       произвела проверку, осмотр и прием оружия и боеприпасов, поступивших</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z186" w:id="150"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      на склад АТВ ___________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      на склад АТВ ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">                               (наименование органа внутренних дел)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z187" w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      (наименование органа внутренних дел)</w:t>
-[...1 lines deleted...]
-    </w:p>
+      от ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z188" w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      от __________________________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      (наименование органа внутренних дел, сдающего предметы вооружения,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                               фамилия и инициалы сдатчика)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проверке, осмотре и приеме установлено:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1167"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1131"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...20 lines deleted...]
-            <w:tcW w:w="1444" w:type="dxa"/>
+          <w:bookmarkStart w:name="z190" w:id="154"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="154"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Наименование род система оружия </w:t>
+              <w:t>
+Наименование род система оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -21115,125 +21987,125 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактически принято</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2908" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество, калибр боеприпасов (шт.)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1130" w:type="dxa"/>
+Количество, калибр боеприпасов, взрывчатых материалов (шт. кг)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значится по документам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -21257,159 +22129,159 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 калибр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 калибр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21445,485 +22317,651 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1167" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1444" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z208" w:id="155"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="155"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2908" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z218" w:id="156"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Причины недостач, излишков и расхождений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Причины недостачи, излишков, расхождений ____________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Заключения и предложения Комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z220" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z221" w:id="159"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выводы и предложения комиссии _______________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Члены Комиссии: 1. _________ 2. ___________ 3. ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">                         (подпись)       (подпись)       (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z222" w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Члены комиссии: 1.______ 2._______ 3._______ На ответственное</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Сдал ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">                         (должность, звание, фамилия, подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z223" w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      хранение принял ________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Принял на ответственное хранение __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (должность, звание, фамилия, подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ г. "___" ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z225" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 экз. выдается сотруднику, сдавшему оружие и боеприпасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z226" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 экз. остается в службе вооружения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21970,222 +23008,317 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 17</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам приема, учета, хранения</w:t>
+              <w:t>к Правилам приема, учета,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и обеспечения сохранности в органах</w:t>
+              <w:t>хранения и обеспечения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутренних дел изъятого, добровольно</w:t>
+              <w:t>сохранности в органах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сданного, найденного оружия,</w:t>
+              <w:t>внутренних дел изъятого,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>боеприпасов, взрывчатых материалов</w:t>
+              <w:t>добровольно сданного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>найденного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия, боеприпасов,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>взрывчатых материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="148"/>
+    <w:bookmarkStart w:name="z170" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отчет</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о принятых, находящихся на хранении и утилизированных предметах вооружения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Форма            </w:t>
-[...38 lines deleted...]
-      предметах вооружения</w:t>
+      Сноска. Приложение 17 - в редакции приказа Министра внутренних дел РК от 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 750</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="353"/>
-[...31 lines deleted...]
-        <w:gridCol w:w="355"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -22210,88 +23343,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего принято по акту на склад АТВ ДВД</w:t>
+Всего принято по акту на склад АТВ ДП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="30"/>
-[...29 lines deleted...]
-в т о м ч и с л е</w:t>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -22304,391 +23437,101 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...19 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нарезного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="14"/>
-[...298 lines deleted...]
-кустарного изготовления</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -22697,6478 +23540,3225 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="14"/>
-[...29 lines deleted...]
-из них</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автоматов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пистолетов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+револьверов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...63 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+винтовок</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...393 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="dxa"/>
-[...719 lines deleted...]
-            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      Продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="367"/>
-[...31 lines deleted...]
-        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
-[...35 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-в т о м ч и с л е</w:t>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...21 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...73 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гладкоствольного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-гладкоствольного</w:t>
+в т.ч. обрезов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в т.ч. обрезов</w:t>
-[...36 lines deleted...]
-              <w:t>
 травматического</w:t>
-            </w:r>
-[...150 lines deleted...]
-кустарного изготовления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+карабинов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комбинированного</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...100 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в т.ч. обрезов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...393 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
-[...719 lines deleted...]
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      Продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="367"/>
-[...31 lines deleted...]
-        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
-[...35 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-в т о м ч и с л е</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового с патронами травматического</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
-[...90 lines deleted...]
-</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрического</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
-[...257 lines deleted...]
-кустарного изготовления</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кустарного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изготовления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...171 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...441 lines deleted...]
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
-[...863 lines deleted...]
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29194,93 +26784,74 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="367"/>
-[...31 lines deleted...]
-        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -29305,88 +26876,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-уничтожено</w:t>
+из числа добровольно сданного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="30"/>
-[...29 lines deleted...]
-в т о м ч и с л е</w:t>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -29399,391 +26970,101 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...19 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нарезного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="14"/>
-[...298 lines deleted...]
-кустарного изготовления</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -29792,1748 +27073,10327 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="14"/>
-[...29 lines deleted...]
-из них</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автоматов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пистолетов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+револьверов</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...63 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+винтовок</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...393 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гладкоствольного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в т.ч. обрезов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+травматического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+карабинов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комбинированного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в т.ч. обрезов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового с патронами травматического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кустарного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изготовления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...4 lines deleted...]
-            <w:tcW w:w="367" w:type="dxa"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование ОВД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из числа конфискованного судом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нарезного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автоматов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пистолетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+револьверов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+винтовок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="367" w:type="dxa"/>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гладкоствольного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в т.ч. обрезов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+травматического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+карабинов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комбини-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рованного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в т.ч. обрезов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="368" w:type="dxa"/>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового с патронами травматического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кустарного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изготовления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="396" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="398" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предыдущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование ОВД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+уничтожено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нарезного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автоматов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пистолетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+револьверов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+винтовок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+из них</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гладкоствольного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в т.ч. обрезов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+травматического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+карабинов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комбини-</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рованного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в т.ч. обрезов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+газового с патронами травматического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрического</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кустарного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изготовления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+текущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предыдущий год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31673,90 +37533,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сданного, найденного оружия,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>боеприпасов, взрывчатых материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z172" w:id="150"/>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z173" w:id="151"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z173" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт сверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
          оружия состоящего на учете "Криминальное оружие" ИБД с фактическим</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31798,67 +37658,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование подразделения)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="653"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="654"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31868,779 +37729,772 @@
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3314" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип оружия (нарезное, гладкоствольное, травматическое, газовое, электрическое, пневматическое, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид оружия (длинноствольное, короткоствольное, бесствольное, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марка, модель оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер оружия состоящего на учете ИБД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер оружия находящегося на хранении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3314" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3314" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гладкоствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 длинноствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИЖ-27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -32842,90 +38696,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сданного, найденного оружия,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>боеприпасов, взрывчатых материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="152"/>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z176" w:id="153"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z176" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт сверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             оружия состоящего на учете "Зарегистрированное оружие" ИБД с</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32967,67 +38821,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование подразделения)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="653"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="654"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33037,779 +38892,772 @@
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3314" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип оружия (нарезное, гладкоствольное, травматическое, газовое, электрическое, пневматическое, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид оружия (длинноствольное, короткоствольное, бесствольное, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марка, модель оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер оружия состоящего на учете ИБД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер оружия находящегося на хранении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3314" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3314" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гладкоствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2224" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 длинноствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИЖ-27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -34011,90 +39859,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сданного, найденного оружия,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>боеприпасов, взрывчатых материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="154"/>
+    <w:bookmarkStart w:name="z178" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z179" w:id="155"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z179" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт сверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оружия снятого с учета "Криминальное оружие" ИБД в связи с передачей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34154,1254 +40002,1199 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование подразделения)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="639"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="620"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип оружия (нарезное, гладкоствольное, травматическое, газовое, электрическое, пневматическое, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид оружия (длинноствольное, короткоствольное, бесствольное, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1189" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марка, модель оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактическое наличие оружия на складе АТВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уничтожено оружия сданного на склад АТВ для уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1189" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гладкоствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 длинноствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1189" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИЖ-27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 да</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -35603,90 +41396,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сданного, найденного оружия,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>боеприпасов, взрывчатых материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z181" w:id="156"/>
+    <w:bookmarkStart w:name="z181" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z182" w:id="157"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z182" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт сверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
          оружия снятого с учета "Зарегистрированное оружие" ИБД в связи с</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35746,1254 +41539,1199 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование подразделения)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="639"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="620"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тип оружия (нарезное, гладкоствольное, травматическое, газовое, электрическое, пневматическое, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид оружия (длинноствольное, короткоствольное, бесствольное, другое)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1189" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марка, модель оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер оружия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактическое наличие оружия на складе АТВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уничтожено оружия сданного на склад АТВ для уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1189" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 гладкоствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 длинноствольное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1189" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИЖ-27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 да</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3140" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>