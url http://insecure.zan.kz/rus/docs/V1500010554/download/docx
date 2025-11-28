--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1f3c72d" w14:textId="1f3c72d">
+    <w:p w14:paraId="c2b6d9a" w14:textId="c2b6d9a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6613,414 +6613,434 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z258" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69-2 Инструктор практической подготовки АУЦ соответствует следующим требованиям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z338" w:id="156"/>
+    <w:bookmarkStart w:name="z350" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высшее образование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z339" w:id="157"/>
+    <w:bookmarkStart w:name="z351" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) первоначальная подготовка и (или) переподготовка по направлению дисциплины;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z340" w:id="158"/>
-[...15 lines deleted...]
-      3)опыт работы в сфере гражданской авиации не менее трех лет по освоенной авиационной профессии или специальности.</w:t>
+    <w:bookmarkStart w:name="z352" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) опыт работы в сфере гражданской авиации не менее трех лет по освоенной авиационной профессии или специальности. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z353" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования, установленные подпунктом 3) настоящего пункта не распространяются на пилотов-инструкторов, привлекаемых к летной подготовке, для которых требуется наличие действующего свидетельства с действующей специальной отметкой инструктора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Сертификационные требования дополнены пунктом 69-2 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 06.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа и.о. Министра транспорта РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z262" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69-3. Разработчик учебных курсов АУЦ соответствует следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z342" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) опыт работы в качестве инструктора АУЦ не менее трех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z343" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) успешное завершение обучения по программе подготовки разработчиков курсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Сертификационные требования дополнены пунктом 69-3 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 06.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра транспорта РК от 12.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 274</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="159"/>
-[...141 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="162"/>
+    <w:bookmarkStart w:name="z84" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Первоначальная подготовка и переподготовка лиц, непосредственно осуществляющих профессиональную подготовку авиационного персонала, организуется в соответствии с планируемыми потребностями подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z85" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z85" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Полный цикл обучения по поддержанию уровня квалификации персонала, осуществляющего непосредственную деятельность по профессиональной подготовке авиационного персонала, реализуется с периодичностью в три года. При этом полный цикл подразумевает завершение обучения по всему требуемому объему с учетом специализаций по каждому направлению (предмету).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z86" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z86" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Выбор места обучения лиц, непосредственно осуществляющих профессиональную подготовку авиационного персонала, не регламентируется и определяется самостоятельно. При этом одобрение иностранных учебных организаций не требуется. Объем обучения определяется в соответствии с категорией обучаемых авиационного персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z87" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z87" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Персонал, осуществляющий деятельность, связанную с профессиональной подготовкой для получения и обладателей свидетельства авиационного персонала, должен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иметь соответствующую подготовку, подтвержденную документом (свидетельство, сертификат, диплом);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7663,70 +7683,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="166"/>
+    <w:bookmarkStart w:name="z95" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Персонал, осуществляющий непосредственную деятельность по профессиональной подготовке авиационного персонала, связанных с обеспечением авиационной безопасности имеет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соответствующую подготовку, подтвержденную документом (свидетельство, сертификат, диплом.);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7791,70 +7811,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) разрабатывать и корректировать методические материалы в соответствии с необходимыми требованиями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при необходимости вносить предложения по корректированию утвержденных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="167"/>
+    <w:bookmarkStart w:name="z96" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Обучение персонала, осуществляющего деятельность, связанную с профессиональной подготовкой авиационного персонала, связанных с обеспечением авиационной безопасности, помимо объема, указанного в настоящего параграфа, должно включать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обязательное изучение и обновление знаний в области основ методики обучения, новых методов и средств профессиональной подготовки авиационного персонала, деятельность которых связана с обеспечением авиационной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7883,70 +7903,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) получение и обновление профессиональных знаний и навыков по направлениям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) освоение новых специализаций и направлений (при необходимости).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="168"/>
+    <w:bookmarkStart w:name="z97" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Персонал, осуществляющий деятельность, связанную с профессиональной подготовкой прочих категорий авиационного персонала имеет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соответствующую подготовку, подтвержденную документом (свидетельство, либо сертификат, либо диплом, либо допуск к самостоятельной работе);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8011,70 +8031,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) разрабатывает и корректирует методические материалы в соответствии с необходимыми требованиями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при необходимости вносить предложения по корректированию утвержденных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="169"/>
+    <w:bookmarkStart w:name="z98" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Обучение персонала, осуществляющего деятельность, связанную с профессиональной подготовкой прочих категорий авиационного персонала, помимо объема, указанного в настоящего параграфе, должно включать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обязательное изучение и обновление знаний в области основ методологии обучения, новых методов и средств профессиональной подготовки авиационного персонала;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8194,226 +8214,226 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к сертификационным требованиям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к авиационным учебным центрам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="170"/>
+    <w:bookmarkStart w:name="z100" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Структура руководства по подготовке</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>персонала и процедурам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководство по подготовке персонала и процедурам должно включать в себя как минимум все нижеприведенные элементы, в той мере, в которой они соответствуют реализуемым видам профессиональной подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="171"/>
+    <w:bookmarkStart w:name="z101" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Для всех авиационных учебных центров</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 1 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="172"/>
+    <w:bookmarkStart w:name="z103" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Вводная часть, касающаяся использования и сферы применения руководства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z104" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z104" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оглавление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z105" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z105" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Внесение поправок, пересмотр и рассылка руководства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядок внесения поправок;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8442,186 +8462,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) список адресатов рассылки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) перечень фактических страниц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="175"/>
+    <w:bookmarkStart w:name="z106" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Словарь определений и основных терминов, включая перечень акронимов и/или сокращений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z107" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z107" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Описание структуры и компоновки руководства, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) части и разделы, их описание и использование;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) систему нумерации пунктов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="177"/>
+    <w:bookmarkStart w:name="z108" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Описание сферы деятельности, в соответствии с заявляемыми направлениями профессиональной подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z109" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z109" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Организация (схема организационно-управленческой структуры) и фамилии должностных лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z110" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z110" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Квалификация, обязанности и порядок субординации руководящего и основного производственного персонала, включая (но не ограничиваясь):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ответственного руководителя;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8722,70 +8742,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) инструкторов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) экзаменаторов, аттестующих и аудиторов (если применимо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="180"/>
+    <w:bookmarkStart w:name="z111" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Политика в отношении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) целей, в том числе этических норм и моральных ценностей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8868,70 +8888,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) разработки и поддержания модели системы управления качеством;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) разработки и поддержания культуры, направленной на обеспечение безопасности труда, включая (при необходимости) реализацию модели системы управления безопасностью полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="181"/>
+    <w:bookmarkStart w:name="z112" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Описание имеющихся средств и оборудования, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) средства общего пользования, включая помещения, хранилища и архивы, библиотеку или помещения для справочной документации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8942,166 +8962,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) количество и площадь аудиторий, включая установленное оборудование;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тип и количество учебных тренажеров, имитаторов полета или воздушного движения, включая их местонахождение, если они находятся вне территории основного учебного объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="182"/>
+    <w:bookmarkStart w:name="z113" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Подготовка кадров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="183"/>
+    <w:bookmarkStart w:name="z114" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В соответствии с требованиям параграфа 6 сертификационных требования АУЦ детально раскрываются все аспекты, связанные с кадровым обеспечением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z115" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z115" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В обязательном порядке должны быть обозначены фамилии лиц или названия должностей, ответственных за обеспечение стандартов профессиональной подготовки и квалификации персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z116" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z116" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Приводится подробное описание порядка аттестации и определения квалификации инструкторского и экзаменующего персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам аттестации и определения квалификации инструкторского и экзаменующего персонала оформляется протокол по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9178,110 +9198,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="186"/>
+    <w:bookmarkStart w:name="z117" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Приводится подробное описание программ первоначальной подготовки и поддержания уровня квалификации всего персонала, включая ознакомление с перечнем обязанностей в отношении процессов системы управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z118" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z118" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Расписываются процедуры проверки уровня профессиональной подготовки и поддержания квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z265" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z265" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-1. Приводится подробное описание порядка проведения стажировки инструкторского и экзаменующего персонала АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9300,206 +9320,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="189"/>
+    <w:bookmarkStart w:name="z119" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Учебные программы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="190"/>
+    <w:bookmarkStart w:name="z120" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Учебная программа курса представляет собой единый документ, разделенный на модули, содержащий цель обучения и нижеуказанную информацию, относящуюся как к теоретическим знаниям, так и к практическому обучению, обеспечиваемым каждым модулем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z121" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z121" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В контексте руководства по подготовке персонала и процедурам в начале раздела приводится детальное описание структуры применяемых учебных программ. При этом используемая структура учебных программ должна как минимум содержать нижеуказанные разделы и соответствовать приведенным в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> разделе 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего приложения требованиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z122" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z122" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Учебные программы должны охватывать полный спектр предоставляемых услуг по профессиональной подготовке, и включают учебный план, дополнительные условия и особенности при реализации, раздел теоретической подготовки (если применимо), раздел практической подготовки (если применимо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z123" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z123" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Учебный план должен содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) цель курса в виде изложения того, что слушатель должен знать и уметь делать в результате подготовки, его компетентность (выполняемые функции)по окончании обучения и возможные ограничения для прохождения обучения на данном курсе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9564,90 +9584,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медицинские требования;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       языковые требования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="194"/>
+    <w:bookmarkStart w:name="z124" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Зачет предшествующих знаний, опыта или иной подготовки обучаемых.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z125" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z125" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Развернутую программу обучения, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) теоретическую подготовку (знания);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9694,126 +9714,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аттестацию и экзамены;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) контроль за учебным процессом, включая аттестационные и экзаменационные мероприятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="196"/>
+    <w:bookmarkStart w:name="z126" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Временные рамки касательно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ограничений в отношении продолжительности периодов обучения слушателей и инструкторов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) минимальной продолжительности отдыха (если применимо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="197"/>
+    <w:bookmarkStart w:name="z127" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Руководящие принципы аттестации слушателей, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядок утверждения проведения тестов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9878,70 +9898,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) порядок проверки хода теоретической подготовки и тестов на проверку знаний, включая порядок подготовки тестирования на проверку знаний, типы вопросов и оценок, требуемые нормы для получения зачета или экзамена;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) порядок анализа и рассмотрения вопросов и проведения новых экзаменов (применяется в отношении тестов на проверку знаний).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="198"/>
+    <w:bookmarkStart w:name="z128" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Руководящие принципы эффективности обучения, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядок взаимодействия между учебными подразделениями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10060,70 +10080,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) максимальное количество замен инструкторов в расчете на одного слушателя;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) порядок временного отстранения слушателя от занятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="199"/>
+    <w:bookmarkStart w:name="z129" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Если АУЦ реализует курсы, результатом которых не является выдача свидетельства авиационного персонала или квалификационная отметка, то учебные учебная программа таких курсов включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) учебный план теоретической и практической подготовки с определением требований и цели подготовки по каждому предмету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10206,126 +10226,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) проведение и документальное оформление проверок успеваемости;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) при необходимости инструкции в отношении проведения экзаменов и тестов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="200"/>
+    <w:bookmarkStart w:name="z130" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Экзамены, тесты и проверки, проводимые в целях выдачи свидетельства или квалификационной отметки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="201"/>
+    <w:bookmarkStart w:name="z131" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Настоящий раздел применяется для АУЦ, осуществляющие тестирование, связанное с выдачей свидетельства или квалификационной отметкой авиационного персонала в соответствии с разрешением уполномоченной организацией, либо планирующим такую деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10344,270 +10364,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="202"/>
+    <w:bookmarkStart w:name="z132" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Квалификационное оценивание осуществляется АУЦ. Для осуществления оценивания АУЦ осуществляет профессиональную подготовку соответствующего персонала и направляет в уполномоченную организацию письмо с заявлением произвольной формы об утверждении в качестве экзаменаторов (экзаменующих, тестирующих специалистов) указываемых лиц, копии документов подтверждающих прохождение обучения, а также копию Руководства по подготовке персонала и процедурам, где определяет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z63" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z63" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фамилии сотрудников, уполномоченных на проведение тестов и экзаменов, круг их полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z64" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z64" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) функционал экзаменаторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z65" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z65" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направления обучения (предметы), по которым экзаменатор выступает в качестве инструктора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z66" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z66" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) квалификационные требования и, предъявляемые к экзаменаторам, а также процедуры их отбора и назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z67" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z67" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) поддержание квалификации экзаменаторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z68" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z68" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) установленные требования касательно направления деятельности экзаменаторов, в частности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z69" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z69" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуры, подлежащие соблюдению при проведении проверок и тестов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z70" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z70" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       если АУЦ назначает сотрудников для проведения тестирования, требуемого для выдачи свидетельства или квалификационной отметки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z71" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z71" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       минимальные требования в отношении назначения экзаменаторов, а также отбора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z72" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z72" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оформление и хранение протоколов тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченная организация проводит процедуру одобрения данного вида деятельности и вносит соответствующую запись в руководства по подготовке персонала и процедурам разделе процедура.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10644,68 +10664,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="213"/>
+    <w:bookmarkStart w:name="z133" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Учетная документация</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10862,68 +10882,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) внесения записей в журналы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сохранности учетных записей и документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="214"/>
+    <w:bookmarkStart w:name="z134" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Система обеспечения качества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 6 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10956,68 +10976,68 @@
         </w:rPr>
         <w:t>
       Данный раздел представляет собой краткое описание практики системы обеспечения качества согласно требованиями параграфе 3 главы 2 а также,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сертификационных требования АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="215"/>
+    <w:bookmarkStart w:name="z135" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Система управления безопасностью полетов (если применимо)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 7 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11050,68 +11070,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Данный раздел представляет собой детальное описание системы управления безопасностью полетов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> параграфа 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> главы 2 сертификационных требования АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="216"/>
+    <w:bookmarkStart w:name="z136" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. Добавления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный раздел представляет собой перечень и детальное описание необходимых дополнительных документов, не указанных в параграфе 2 главы 2 сертификационных требований АУЦ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11162,68 +11182,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разделы Руководства по подготовке персонала и процедурам, помимо обозначенных в разделе для всех АУЦ, которые обеспечивают летную подготовку с использованием воздушных судов, должны, как минимум включать все нижеуказанные элементы с учетом применимости.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При формировании содержимого данных разделов требуется учесть, что оно должно полностью охватывать все аспекты летной подготовки и не должно приводить к составлению отдельного руководства по производству учебно-тренировочных полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="217"/>
+    <w:bookmarkStart w:name="z137" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Летная подготовка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 9 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11234,126 +11254,126 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="218"/>
+    <w:bookmarkStart w:name="z138" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Квалификация, обязанности и порядок субординации руководящего и основного производственного персонала (в дополнение к пункту 8 настоящего приложения), включая, но не ограничиваясь:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) главного пилота-инструктора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) главного инструктора по наземной подготовке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="219"/>
+    <w:bookmarkStart w:name="z139" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Политика и процедуры (в дополнение к пункту 9 настоящего приложения), касающиеся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) утверждения полетов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11454,70 +11474,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) рабочее время и ограничения полетного рабочего времени летного состава и слушателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) минимальная продолжительность отдыха летного состава и слушателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="220"/>
+    <w:bookmarkStart w:name="z140" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Описание имеющихся средств и оборудования (в дополнение к пункту 10 настоящего приложения), включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тренажеры, имитирующие условия полета, и учебно-тренировочные воздушные суда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11546,146 +11566,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудитории, оборудованные компьютерами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) диспетчерские и помещения для инструктажа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="221"/>
+    <w:bookmarkStart w:name="z141" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. Информация по эксплуатации воздушных судов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 10 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="222"/>
+    <w:bookmarkStart w:name="z142" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Сертификация и эксплуатационные ограничения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z143" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z143" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Управление воздушным судном, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) летно-технические ограничения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11714,206 +11734,206 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) стандартные правила эксплуатации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) правила технического обслуживания воздушного судна.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="224"/>
+    <w:bookmarkStart w:name="z144" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Инструкции по загрузке воздушного судна и креплению груза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z145" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z145" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Правила заправки топливом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z146" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z146" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Порядок действий в аварийной обстановке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z147" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z147" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. Маршруты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 11 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="228"/>
+    <w:bookmarkStart w:name="z148" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Летно-технические критерии, такие как взлет, полет по маршруту и посадка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z149" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z149" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Порядок составления плана полета, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) требования в отношении топлива и масла;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11942,186 +11962,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) планирование на случай чрезвычайных ситуаций, такое как порядок действий при нештатной ситуации или отклонении от маршрута;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) навигационное оборудование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="230"/>
+    <w:bookmarkStart w:name="z150" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Погодные минимумы для выполнения всех учебно-тренировочных полетов днем, ночью, по ПВП и ППП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z151" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z151" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Погодные минимумы для выполнения слушателями всех учебно-тренировочных полетов на различных этапах подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z152" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z152" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Учебные маршруты и зоны практических занятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z153" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z153" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. План учебных полетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 12 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="234"/>
+    <w:bookmarkStart w:name="z154" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Курс либо раздел курса профессиональной подготовки (в дополнение к положениям раздела 3 настоящего приложения), включая с учетом применимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) курс либо раздел курса летной подготовки (однодвигательное воздушное судно);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12150,90 +12170,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) курс либо раздел курса теоретической подготовки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) курс либо раздел курса подготовки на тренажерах, имитирующих условия полета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="235"/>
+    <w:bookmarkStart w:name="z155" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Общая схема ежедневных и еженедельных программ летной подготовки, наземной подготовки и подготовки на тренажерах, имитирующих условия полета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z156" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z156" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Принципы подготовки в аспекте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ограничений по сложным метеоусловиям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12459,186 +12479,186 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Структура руководства по качеству</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Политика в области качества отражает реализацию и соблюдение на постоянной основе требований соответствующих частей добавления 2 к Приложению 1 и документа 9841 ИКАО, нормативных правовых актов в области гражданской авиации Республики Казахстан и возможных дополнительных стандартов АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="237"/>
+    <w:bookmarkStart w:name="z158" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Стратегия и политика в области качества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 1 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="238"/>
+    <w:bookmarkStart w:name="z159" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обоснование, процедуры реализации, пересмотра политики и стратегии, планирование мероприятий, применяемых в области качества на всех организационных уровнях АУЦ с указанием обязательств ответственного руководителя АУЦ в плане достижения и обеспечения максимально возможных стандартов качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z160" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z160" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ответственность руководителя АУЦ, включая общую ответственность за систему обеспечения качества, периодичность, форму и структуру мероприятий по пересмотру и анализу методов внутреннего управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z161" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z161" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Если предусмотрено структурой АУЦ, то возложение ответственности за выполнение задач по обеспечению качества на специалиста по обеспечению качества АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z162" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z162" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Основные функции специалиста по обеспечению качества, включая проверки путем мониторинга всю деятельность АУЦ в области подготовки авиационных специалистов выполнения стандартов, установленных АУЦ и любых дополнительных требований уполномоченной организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12657,206 +12677,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="242"/>
+    <w:bookmarkStart w:name="z163" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ответственность специалиста по обеспечению качества за надлежащее документальное оформление, внедрение, поддержание, постоянный анализ и совершенствование системы обеспечения качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z164" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z164" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Подчиненность, порядок подотчетности, обеспечивающий полную информированность ответственного руководителя АУЦ о проблемах, влияющих на качество профессиональной подготовки, обеспечение беспрепятственного доступа специалиста по обеспечению качества ко всем подразделениям АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z165" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z165" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ответственность специалиста по обеспечению качества за проведение профессиональной подготовки персонала АУЦ, связанной с системой обеспечения качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z166" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z166" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Обеспечение качества (ОК)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="246"/>
+    <w:bookmarkStart w:name="z167" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При разработке настоящего раздела следует учитывать, что проверка и контроль предоставляемых услуг – это всего лишь меры "контроля качества", направленные на обнаружение дефектов в продуктах и услугах, но не обеспечивающие предотвращение этих дефектов. ОК имеет целью совершенствовать и обеспечивать стабильность процесса профессиональной подготовки специалистов гражданской авиации, а также выявлять, предотвращать или, по меньшей мере, сводить к минимуму те факторы, которые являются главными причинами возникновения проблем. ОК предполагает постоянное соблюдение стандартов в ходе всего учебного процесса путем установления различных этапов и механизмов контроля. Кроме того, ОК предполагает систему аудита в целях неуклонного соблюдения официально утвержденной политики, процессов, процедур и является той частью управления качеством, которая "обеспечивает" его.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z168" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z168" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. С этой целью составляется План ОК содержащий принципы, процессы и процедуры, относящиеся, как минимум, к следующим мероприятиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мониторинг предоставляемых услуг по профессиональной подготовке и механизмы контроля за учебным процессом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12939,166 +12959,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) разработка, реализация и мониторинг корректирующих и профилактических мер, а также связанных с ними систем отчетности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) применение соответствующего статистического анализа для выявления и соответствующего реагирования на возникающие тенденции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="248"/>
+    <w:bookmarkStart w:name="z169" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Система обеспечения качества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="249"/>
+    <w:bookmarkStart w:name="z170" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При разработке настоящего раздела следует учитывать, что система обеспечения качества представляет собой совокупность всех мероприятий, планов, политики, процессов, процедур, ресурсов, инициатив и инфраструктуры АУЦ, направленных на то, чтобы посредством согласованных усилий обеспечить комплексный подход к управлению качеством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z171" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z171" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Для этого в настоящем разделе приводится разработанная организационная структура, включающая в себя полный набор документированной политики, процессов, процедур и ресурсов, которые подкрепляют ответственность всех сотрудников за достижение высокого качества посредством внедрения передовой практики в области управления качеством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z172" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z172" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Основные элементы эффективной системы обеспечения качества должны включать как минимум:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) структуру управления, облегчающую и способствующую безусловному и беспрепятственному доступу к лицам, ответственным за принятие решений;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13163,286 +13183,286 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) характеристику рисков организации и соответствующий план управления рисками, которые в совокупности формируют исчерпывающий перечень опасностей, связанных с деятельностью АУЦ, и устанавливают компенсационные меры по эффективному управлению рисками, ставящими под угрозу достижение желаемых стандартов эффективности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) стратегический пересмотр политики и процедур, который оценивает текущие задачи и планы АУЦ на основе проверки их целесообразности с учетом меняющихся тенденций в отрасли или изменений, происходящих внутри АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="252"/>
+    <w:bookmarkStart w:name="z173" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Характеристика рисков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 4 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="253"/>
+    <w:bookmarkStart w:name="z174" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При разработке настоящего раздела следует учитывать, что характеристика рисков – это инвентаризация выявленных опасностей и угроз, которые могут воспрепятствовать соблюдению необходимых стандартов эффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z175" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z175" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Формирование перечня "угроз качеству" осуществляется путем первоначального составления мероприятий, характерных при реализации учебных программ, включающих, как минимум, следующие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z88" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z88" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отбор и обучение персонала АУЦ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z89" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z89" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработка, апробирование и пересмотр учебных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z90" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z90" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разработка и актуализация программного обеспечения учебного курса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z91" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z91" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) функции административного персонала по обеспечению учебной программы, инструкторов и экзаменаторов, а также слушателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z92" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z92" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) реализация программ профессиональной подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z93" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z93" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ведение документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z94" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z94" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оценка и экзаменационная проверка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) обратная связь с обучаемыми и уполномоченной организацией в сфере гражданской авиации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -13479,614 +13499,614 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="262"/>
+    <w:bookmarkStart w:name="z176" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сформированный перечень дополняется сведениями об опасностях и угрозах, связанных с каждым из этих мероприятий при реализации учебных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z177" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z177" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Риски, выявленные в результате этого процесса, должны также включать в себя потенциальные риски, которые могут проявиться при изменении существующих обстоятельств или условий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z178" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z178" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. С целью снижения и/или устранения рисков (существующих или потенциальных), а также эффективного управления ими путем принятия соответствующих контролирующих мер, составляется План управления рисками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z179" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z179" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Персонал АУЦ должен иметь свободный доступ к действующему плану управления рисками в целях его точного выполнения и формированию отзывов по его улучшению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z180" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z180" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Матрица согласованности требований</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="267"/>
+    <w:bookmarkStart w:name="z181" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При разработке настоящего раздела следует учитывать все аспекты, связанные с применением нормативной документации и придерживаться нижеуказанным рекомендациям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z182" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z182" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. В данном разделе раскрывается дополнительный элемент к вышеуказанным мероприятиям, называемый Матрица согласованности требований (матрица соответствия), которая представляет собой оформленный в виде таблицы документ, подробно содержащий все действующие нормативные требования, которые АУЦ должен соблюдать.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z183" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z183" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Кроме того, матрица согласованности должна содержать, как минимум, два описательных элемента, определяющих:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) действующие процессы, предназначенные для обеспечения постоянного соответствия конкретному нормативно-правовому акту и/или стандарту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) должность руководителя, отвечающего за эффективное осуществление каждого процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="270"/>
+    <w:bookmarkStart w:name="z184" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В матрице согласованности указываются последние проведенные и очередные планируемые аудиты, предназначенные для проверки функциональности каждого из упомянутых процессов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z185" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z185" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Выводы, сделанные в ходе любого последнего аудита, отражаются в матрице или документально оформляются в отдельном журнале.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z186" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z186" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Матрицу согласованности требований составляет, ведет и контролирует процессы пересмотра специалист по обеспечению качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z187" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z187" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Персонал АУЦ должен иметь свободный доступ к текущей матрице согласованности в целях ее точного выполнения и формирования отзывов по ее улучшению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z188" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z188" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Отчеты о корректирующих и профилактических мерах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 6 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="275"/>
+    <w:bookmarkStart w:name="z189" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. При разработке настоящего раздела следует учитывать, что любые планы обеспечения качества содержат четко структурированную систему отчетности, обеспечивающую регистрацию и незамедлительное реагирование на предложения персонала АУЦ в отношении корректирующих и профилактических мер как необходимый элемент обеспечения качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z190" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z190" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Определение лица и/или круга лиц, кто должен устранять расхождение и/или несоответствие в каждом конкретном случае, а также порядок действий, если корректирующие меры не были приняты в установленный срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z191" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z191" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Определение в системе отчетности ответственного лица, обязанного проводить расследования и реагировать информацию, в которой указаны меры, способные предотвратить нарушение требований нормативов деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z192" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z192" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. В целях создания возможностей для максимально открытой и эффективной отчетности дополнительно определяется политика в отношении анонимного направления информации в части корректирующих и профилактических мер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z193" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z193" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Определение функций специалиста по качеству при составлении, сопровождении и корректировке системы отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z194" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z194" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Документация по вопросам качества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 7 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="281"/>
+    <w:bookmarkStart w:name="z195" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. В настоящем разделе представляется перечень, краткое описание всей документации АУЦ, в которых есть ссылки на обеспечение качества и полное описание документации, применяемой в системе обеспечения качества АУЦ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z196" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z196" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Как минимум, приводится перечень и краткое описание тех частей руководства по подготовке персонала и процедурам, которые затрагивают вопросы обеспечению качества, а также разрабатываемая, сопровождаемая и пересматриваемая документация в системе обеспечения качества АУЦ, включающая следующее:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) политику и стратегию в области качества;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14223,70 +14243,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) распределение функций и обязанностей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) учебные процедуры в рамках системы обеспечения качества, направленные на соблюдение установленных нормативных требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="283"/>
+    <w:bookmarkStart w:name="z197" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Также детально описывается требуемая для АУЦ документация системы аудита обеспечения качества, отражающая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) график и порядок проведения аудиторских проверок;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14369,166 +14389,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) контрольно-аналитические отчеты руководства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) контроль за документацией по качеству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="284"/>
+    <w:bookmarkStart w:name="z198" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Программа аудита обеспечения качества и проверка качества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 8 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="285"/>
+    <w:bookmarkStart w:name="z199" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. При разработке настоящего раздела следует учитывать, что программа аудита обеспечения качества включает в себя все запланированные и систематические меры, необходимые для создания уверенности в том, что все виды подготовки были проведены в соответствии применимыми требованиями, стандартами, процедурами и нормативами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z200" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z200" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Также следует учитывать, что основная цель проверки качества состоит в изучении конкретного документа или в наблюдении за конкретным мероприятием, действием, с целью убедиться в соблюдении установленных стандартов, нормативов, процедур и требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z201" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z201" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Детально раскрываются все этапы при проведении проверок качества, которые как минимум включают следующие типичные области деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фактические учебные занятия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14557,126 +14577,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) технические стандарты (если применимо);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) стандарты профессиональной подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="288"/>
+    <w:bookmarkStart w:name="z202" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Аудиторы и аудит качества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 9 в редакции приказа Министра индустрии и инфраструктурного развития РК от 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.08.2019).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="289"/>
+    <w:bookmarkStart w:name="z203" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Положения настоящей главы должны определять политику АУЦ в отношении аудиторов, осуществляющих аудит качества, а именно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определение качественного и количественного состава, исключая возможность вхождения в состав группы аудиторов лиц, непосредственно отвечающих за проверяемую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14705,70 +14725,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обучение аудиторов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обязанности и инструкции для аудиторов, утвержденные в соответствии с принятыми в АУЦ правилами и оформлением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="290"/>
+    <w:bookmarkStart w:name="z204" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Определение ответственных лиц для осуществления деятельности в рамках программы аудита обеспечения качества, обладающие специальной подготовкой в области аудита качества и уполномоченных:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводить проверки и аудит качества в контексте постоянного обеспечения качества;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14815,150 +14835,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проверять выполнение решений в установленные и разумные сроки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) отчитываться непосредственно перед специалистом по обеспечению качества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="291"/>
+    <w:bookmarkStart w:name="z205" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Детальное описание программы аудита обеспечения качества для изучения всех аспектов обучения в 12-ти месячный период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z206" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z206" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Порядок и процедуры разработки и утверждения графика аудиторских проверок, разрабатываемого в соответствии с программой аудита и отражаемого как в плане управления рисками, так и в документах, содержащих матрицу согласованности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z207" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z207" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Описание процедур мониторинга, корректирующих мер и контрольных проверок для того, чтобы проверить, были ли приняты корректирующие меры в связи с тем или иным выводом и насколько эффективными они являются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z208" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z208" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Также следует учитывать, что аудит – это систематическое и независимое сравнение применяемого способа подготовки и того способа, который следует применять согласно опубликованной методике обучения специалистов определенной специализации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z209" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z209" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. В данном аспекте приводится описание проведения аудита, которое должно включать, как минимум, следующие процедуры и процессы, обеспечивающие его качество:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) описание объема аудита, которое должно быть объяснено персоналу АУЦ, подлежащему аудиту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14987,70 +15007,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сбор и протоколирование полученной информации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) анализ полученной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="296"/>
+    <w:bookmarkStart w:name="z210" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Для полноценного представления проведения аудита раскрываются процедуры, обеспечивающие эффективность аудита, такие как:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обзор опубликованных документов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15097,70 +15117,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наблюдение за учебными мероприятиями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) хранение документов и регистрация результатов наблюдений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="297"/>
+    <w:bookmarkStart w:name="z211" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Процедуры в аспекте непрерывного усовершенствования процессов с целью установления того, что эти изменения действительно привели к желаемым результатам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15239,51 +15259,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>требованиям к авиационным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учебным центрам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z267" w:id="298"/>
+    <w:bookmarkStart w:name="z267" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРОТОКОЛ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -15292,51 +15312,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(инструктора осуществляющего теоретическую, инструктора осуществляющего</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>практическую подготовку, разработчика курсов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Сертификационные требования дополнены приложением 3 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 06.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15357,64 +15377,64 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 274</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z344" w:id="299"/>
+      <w:bookmarkStart w:name="z344" w:id="300"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место проведения __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дата утверждения протокола " ___ " _____ 20___ года </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17129,70 +17149,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z346" w:id="300"/>
+    <w:bookmarkStart w:name="z346" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Соответствие учебно-методических, презентационных и оценочных (тестовые и экзаменационные) материалов требованиям к содержанию (согласно программам профессиональной подготовки), структуре, оформлению</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -18787,64 +18807,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z347" w:id="301"/>
+      <w:bookmarkStart w:name="z347" w:id="302"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Замечания и особые отметки специалиста, проводившего стажировку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19142,68 +19162,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к сертификационным требованиям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к авиационным учебным центрам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z275" w:id="302"/>
+    <w:bookmarkStart w:name="z275" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КВАЛИФИКАЦИОННЫЙ ЛИСТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Сертификационные требования дополнены приложением 4 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 06.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20527,55 +20547,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -20901,31 +20921,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>