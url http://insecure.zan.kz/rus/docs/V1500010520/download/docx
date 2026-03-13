--- v0 (2025-11-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df09334" w14:textId="df09334">
+    <w:p w14:paraId="51371f9" w14:textId="51371f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,7336 +85,10902 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в приказ Министра национальной экономики Республики Казахстан от 5 декабря 2014 года № 129 "Об утверждении Правил разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра национальной экономики Республики Казахстан от 13 марта 2015 года № 200. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 марта 2015 года № 10520. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 23 декабря 2025 года № 133.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 5 декабря 2014 года № 129 "Об утверждении Правил разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 9938, опубликованный 19 декабря 2014 года в информационно-правовой системе "Әділет") следующие изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Настоящий приказ вводится в действие со дня его государственной регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абзац четвертый части первой пункта 53, часть седьмая пункта 114, часть девятая пункта 115, часть девятая пункта 138 Правил действуют до 30 июня 2015 года.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения государственного инвестиционного проекта, а также планирования, рассмотрения, отбора, мониторинга и оценки реализации бюджетных инвестиций, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Инвестиционные предложения ГИП включают следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационный лист инвестиционного предложения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключение отраслевой экспертизы инвестиционного предложения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) расчеты по возможным видам и способам финансирования ГИП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) расчеты и обоснования стоимости ГИП (согласно строительным нормативам либо нормативам затрат на создание, развитие и сопровождение информационных систем);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в случае если инвестиционный проект не требует разработки ТЭО к инвестиционному предложению, дополнительно представляется техническое задание на проектирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в случае корректировки ТЭО БИП либо ФЭО Инвестиций дополнительно представляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сравнительная таблица с указанием предполагаемых изменению технических решений и/или дополнительных расходов по ТЭО БИП либо ФЭО Инвестиций, а также утвержденное ТЭО БИП либо ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акт уполномоченного Правительством Республики Казахстан органа по внутреннему контролю на предмет целевого использования бюджетных средств, а также об отсутствии нарушений, если по проекту начато финансирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчет-обоснование стоимости корректировки, а также проведения необходимых экспертиз ТЭО БИП либо ФЭО Инвестиций в разрезе компонентов и сроков их разработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключение комплексной вневедомственной экспертизы, представляемое в форме официального письма, за подписью первого руководителя государственного органа либо лица его замещающего, о целесообразности предполагаемых вносимых изменений в проектные решения ранее утвержденного ТЭО и (или) проектно-сметной документации (далее – ПСД) БИП или ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в случае приобретения активов у юридических лиц, необходимо представить заключение оценки стоимости данных активов, подготовленные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      независимыми оценочными компаниями, если стоимость активов не превышает 1 300 000 (один миллион триста тысяч) месячных расчетных показателей в текущих ценах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      международными профессиональными организациями оценщиков, если стоимость активов превышает 1 300 000 (один миллион триста тысяч) месячных расчетных показателей в текущих ценах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) в случае если АБП предлагается реализовать ГИП путем увеличения уставного капитала юридического лица, дополнительно представляется инвестиционная карта субъекта квазигосударственного сектора по реализованным, реализуемым и планируемым к реализации инвестиционным проектам на пятилетний период.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. В случае, если реализация ГИП предлагается за счет средств республиканского бюджета, заключение отраслевой экспертизы инвестиционного предложения предоставляется центральным уполномоченным органом соответствующей отрасли, в случае невозможности отнесения АБП к какой-либо определенной отрасли, отраслевое заключение предоставляется самим АБП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если реализация ГИП, предполагаемый к реализации за счет средств республиканского бюджета, затрагивает сферу ответственности нескольких отраслевых центральных государственных органов, указанными отраслевыми центральными государственными органами дополнительно предоставляется заключения соответствующих отраслевых экспертиз ГИП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, дополнительные заключения отраслевых экспертиз предоставляются соответствующими отраслевыми центральными государственными органами за подписью первого руководителя либо лица его замещающего либо заместителя первого руководителя, только в части оценки влияния реализации ГИП на курирующую отрасль и соответствия приоритетам отрасли.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Инвестиционное предложение ГИП, в том числе документы, указанные в пункте 6 настоящих Правил, подписываются первым руководителем государственного органа либо лицом его замещающим, полистно парафируются руководителем структурного подразделения АБП, ответственного за разработку инвестиционного предложения и оформляется в установленном законодательством Республики Казахстан порядке для официальных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По инвестиционному предложению ГИП, по которому планируется осуществление бюджетных инвестиций посредством участия государства в уставном капитале национальных холдингов и национального управляющего холдинга, предусматривающих реализацию проектов в различных отраслях экономики, которые не могут быть отнесены к компетенции одного администратора бюджетных программ, документы, указанные в пункте 6 настоящих Правил, подписываются первым руководителем государственного органа либо лицом его замещающим, либо лицом, уполномоченным первым руководителем государственного органа.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 22-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "22-1. Экономическое заключение на инвестиционное предложение по ГИП, в том числе на скорректированное, по которой в течение трех лет после определения вида и способов финансирования не начата разработка (не разработаны) ТЭО, ПСД, ФЭО либо концессионные предложения, считается устаревшей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "36. Раздел "Маркетинговый" ТЭО БИП отражает анализ существующего и перспективного спроса на предполагаемую проектом продукцию (товары, работы, услуги) в рассматриваемом регионе либо социально-экономическую необходимость проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный раздел содержит:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) анализ спроса, включая оценку и обоснование объемов, видов и цен, на продукцию (товары, работы, услуги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      которая производится и будет производиться без учета реализации проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      которую предполагается производить в результате реализации проекта, а также количественных параметров платежеспособного спроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анализ социально-экономической необходимости проекта с указанием правовой основы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) анализ, включая оценку и обоснование объемов, видов и цен на товары, работы, услуги, закупаемые в рамках реализации проекта (в инвестиционном периоде), а также возможности удовлетворения потребностей проекта с приложением соответствующих прайс-листов, ценовых предложений и других подтверждающих документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) анализ, включая оценку и обоснование объемов, видов и цен на товары, работы, услуги, закупаемые в эксплуатационном периоде (в постинвестиционном периоде), а также возможности удовлетворения потребностей проекта с приложением соответствующих прайс-листов, ценовых предложений и других подтверждающих документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) используемые источники информации и методики проведения маркетинговых исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) прайс-листы и ценовые предложения представляются не менее чем от двух поставщиков товаров, работ и услуг (в случае отсутствия прайс-листов и ценовых предложений по аналогичным товарам, работам и услугам предоставляется не менее двух независимых оценочных заключений).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анализ цен охватывает следующие товары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      закупка которых обоснована требованиями, указанными в технико-технологическом анализе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      характеристики которых соответствуют требованиям, указанным в технико-технологическом анализе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стоимость консалтинговых услуг (разработка программного обеспечения, управление проектом, аттестация) подтверждаются расчетами и оценками стоимости ресурсов.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "48. По ТЭО БИП в сфере строительства комплексная вневедомственная экспертиза проектов осуществляется юридическим лицом, уполномоченным Правительством Республики Казахстан.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "52. Экономическая экспертиза ТЭО БИП проводится на основании предоставленного ТЭО БИП и соответствующих положительных заключений экспертиз ТЭО БИП, требуемых в зависимости от специфики проекта, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заключение комплексной вневедомственной экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключение отраслевой экспертизы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "53. По БИП, в зависимости от специфики проекта требуются следующие исходные документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предполагающим строительную деятельность, требуются заключения отраслевой, комплексной вневедомственной экспертиз на ТЭО БИП, а также копии документов прилагаемых к заданию на разработку ТЭО БИП, в том числе технические условия, решения местных исполнительных органов об отводе земельных участков по проектам, предполагающим строительство новых объектов (с приложением при необходимости расчетов убытков собственников земельных участков и землепользователей, потерь сельскохозяйственного и лесохозяйственного производства в зависимости от вида изымаемых угодий) и копии соответствующих правоустанавливающих документов на недвижимое имущество по проектам, предполагающим реконструкцию существующих объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случае наличия затрат на ввод объекта в эксплуатацию требуются заключения отраслевой экспертизы уполномоченного государственного органа и комплексной вневедомственной экспертизы по затратам на ввод объекта в эксплуатацию (пусконаладочные работы) согласно ведомственным нормативам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для крупных объектов единой энергетической системы и технически сложных объектов атомного и теплоэнергетического комплексов, требующих безотлагательного ввода в эксплуатацию в связи с угрозой социально-экономической стабильности, затраты по пусконаладочным работам осуществляются согласно расчетам представленным в заключение отраслевой экспертизы уполномоченного государственного органа, содержащем в том числе подтверждение угрозы социально-экономической стабильности страны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предполагающим инновационную и/или космическую деятельность, требуются заключения отраслевой и государственной научно-технической экспертиз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к заключениям, указанным в настоящем пункте, устанавливаются законодательством Республики Казахстан.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "55. В случае, если реализация БИП предлагается за счет средств республиканского бюджета, заключение отраслевой экспертизы БИП предоставляется центральным уполномоченным органом соответствующей отрасли, в случае невозможности отнесения АБП к какой-либо определенной отрасли, отраслевое заключение предоставляется самим АБП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если реализация БИП, предполагаемый к реализации за счет средств республиканского бюджета, затрагивает сферу ответственности нескольких отраслевых центральных государственных органов, указанными отраслевыми центральными государственными органами дополнительно предоставляется заключения соответствующих отраслевых экспертиз БИП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, дополнительные заключения отраслевых экспертиз предоставляются соответствующими отраслевыми центральными государственными органами за подписью первого руководителя либо лица его замещающего либо заместителя первого руководителя, только в части оценки влияния реализации БИП на курирующую отрасль и соответствия приоритетам отрасли.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 58</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "58. При проведении экономической экспертизы ТЭО БИП, в зависимости от специфики БИП, могут быть затребованы дополнительные экспертизы по вопросам, не охваченным проведенными экспертизами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проведение дополнительных экспертиз по вопросам, не охваченным или не полностью охваченным проведенными экспертизами, обеспечивается АБП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К дополнительным экспертизам относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) комплексная вневедомственная экспертиза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключение отраслевой экспертизы уполномоченного государственного органа.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "78. Для рассмотрения скорректированного ТЭО БИП, АБП предоставляют центральному или местному уполномоченному органу по государственному планированию следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) письмо-заявку за подписью первого руководителя государственного органа - администратора бюджетных программ либо лица его замещающего, с указанием предполагаемых изменению технических решений и дополнительных расходов, с приложением соответствующей сравнительной таблицы, подписанной первым руководителем государственного органа либо лицом его замещающим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключение отраслевой экспертизы уполномоченного органа соответствующей отрасли, подтверждающее целесообразность изменения технических решений и предусмотрения дополнительных расходов, за подписью первого руководителя либо лица его замещающего и оформленная в установленном законодательством Республики Казахстан порядке для официальных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заключение соответствующего уполномоченного государственного органа в зависимости от специфики проекта, представляемого в форме официального письма, подписанного первым руководителем либо лицом его замещающим либо заместителем первого руководителя и подтверждающего обоснованность и достоверность предполагаемых параметров изменения технических решений и предусмотрение дополнительных расходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) скорректированное ТЭО БИП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) заключения экспертиз и требуемые документы на скорректированное ТЭО БИП, необходимые в зависимости от специфики БИП в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заключения экспертиз и документы по ТЭО БИП, рассмотренные ранее при получении положительного заключения центрального или местного уполномоченного органа по государственному планированию (по утвержденному первоначальному ТЭО БИП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) копия соответствующего предложения бюджетной комиссии.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 93</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "93. ТЭО, в том числе скорректированное ТЭО, и ПСД БИП, получившие положительные заключения соответствующих экспертиз, утверждаются первым руководителем государственного органа – АБП либо лицом его замещающим, либо лицом, уполномоченным первым руководителем государственного органа, в соответствии с законодательством Республики Казахстан об архитектурной, градостроительной и строительной деятельности и бюджетным законодательством Республики Казахстан.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 93-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "93-1. Экономическое заключение на ТЭО БИП, в том числе на скорректированное, по которой в течение трех лет после утверждения ТЭО не начата разработка (не разработана), считается устаревшей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 114</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "114. Вынесение вопросов увеличения сметной стоимости БИП, требующих корректировку ТЭО, осуществляется в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По первому этапу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разработка АБП инвестиционного предложения по корректировке ТЭО БИП и представление в центральный или местный уполномоченный орган по государственному планированию, за исключением случая, предусмотренного во втором абзаце пункта 116 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) решение соответствующей бюджетной комиссии по определению целесообразности корректировки ТЭО БИП и финансированию корректировки ТЭО БИП (в случае необходимости) на основе представляемых АБП документов и положительного экономического заключения на инвестиционное предложение по корректировке ТЭО БИП центрального или местного уполномоченного органа по государственному планированию в центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию. В случае, предусмотренном во втором абзаце пункта 116 настоящих Правил, наличие экономического заключения на инвестиционное предложение по корректировке ТЭО БИП не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На первом этапе процесс разработки, рассмотрения и отбора инвестиционных предложений по корректировке ТЭО БИП происходит в порядке, определенном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главе 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На первом этапе по местным БИП, предусмотренным в пункте 112 настоящих Правил, увеличение сметной стоимости которых предполагается финансировать за счет средств республиканского бюджета, местный исполнительный орган готовит заключение и вносит БИП с приложением документов, указанных в настоящем пункте, соответствующему администратору республиканской бюджетной программы для последующего внесения в центральный уполномоченный орган по бюджетному планированию для вынесения на рассмотрение РБК вопроса корректировки ТЭО местных БИП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При получении положительного решения соответствующей бюджетной комиссии АБП вносит соответствующие корректировки в ТЭО БИП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АБП на втором этапе вносит скорректированное ТЭО и соответствующие положительные заключения экспертиз, требуемые в зависимости от специфики проекта, в том числе экономическое заключение БИП, заключение комплексной вневедомственной экспертизы, заключение отраслевой экспертизы уполномоченного государственного органа и заключение комплексной вневедомственной экспертизы, по расходам на ввод объекта в эксплуатацию (в случае наличия) согласно ведомственным нормативам на скорректированную стоимость с обоснованием причин увеличения сметной стоимости БИП в центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для крупных объектов единой энергетической системы и технически сложных объектов атомного и теплоэнергетического комплексов, требующих безотлагательного ввода в эксплуатацию в связи с угрозой социально-экономической стабильности, затраты по пусконаладочным работам осуществляются согласно расчетам представленным в заключение отраслевой экспертизы уполномоченного государственного органа, содержащем в том числе подтверждение угрозы социально-экономической стабильности страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию вносит на рассмотрение соответствующей бюджетной комиссии увеличение стоимости БИП по скорректированной ТЭО с заключением отраслевой экспертизы уполномоченного государственного органа и заключением комплексной вневедомственной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На втором этапе целесообразность финансирования по скорректированному ТЭО:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      республиканских БИП и местных БИП, предусмотренных в пункте 112 настоящих Правил, увеличение сметной стоимости которых предполагается финансировать за счет средств республиканского бюджета, рассматривается РБК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      местных БИП, увеличение сметной стоимости которых предполагается финансировать за счет средств местного бюджета, рассматривается соответствующей бюджетной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отобранные соответствующими бюджетными комиссиями БИП, предполагающие увеличение сметной стоимости, включаются в соответствующий бюджет в порядке, установленном бюджетным законодательством.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "115. Вынесение вопросов увеличения сметной стоимости БИП, не требующих разработки или корректировки ТЭО, осуществляется в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый этап – решение соответствующей бюджетной комиссии по определению целесообразности корректировки ПСД на основании заключения центрального уполномоченного органа по бюджетному планированию или местного уполномоченного органа по государственному планированию на основе представляемых АБП документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Второй этап – решение соответствующей бюджетной комиссии о финансировании увеличенной стоимости по скорректированной ПСД БИП, не требующих разработки или корректировки ТЭО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На первом этапе АБП представляют в центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) письмо-заявку за подписью первого руководителя государственного органа - администратора бюджетных программ с указанием предполагаемой суммы удорожания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пояснительную записку, подписанную первым руководителем государственного органа - администратора бюджетных программ, в которой содержится следующая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обоснование предполагаемых дополнительных бюджетных расходов, которые потребуются для завершения реализации БИП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информация о заключенных договорах, в рамках реализации БИП, начиная с разработки ПСД, с указанием суммы экономии в результате проведения государственных закупок (в случае, если имеется экономия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      финансирование проекта из бюджета за каждый год, начиная с начала разработки ПСД. Данная информация сопровождается планом и фактом за каждый год с указанием причин неосвоения, в случае наличия таковых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подробное указание причин, влекущих удорожание (с приложением копий писем подрядчиков, подтверждающих своевременность предупреждения АБП о необходимости превышения указанной в договоре цены (сметы));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация, либо физическое лицо, по вине которых произошло удорожание, а также меры, принятые в отношении такой организации либо физического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведение о состоянии незавершенного строительства, в том числе о его стоимостной оценки, актов выполненных работ, подтвержденных независимым техническим аудитом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заключение отраслевой экспертизы соответствующего уполномоченного государственного органа в зависимости от специфики БИП, представляемое в форме официального письма, за подписью первого руководителя либо лица его замещающего, заверенной печатью, и подтверждающее обоснованность и достоверность увеличения стоимости проекта с приложением разъяснений АБП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заключение комплексной вневедомственной экспертизы ПСД на первоначальную стоимость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) приказ на первоначальную стоимость в случаях, предусмотренных законодательством в сфере архитектуры, градостроительства и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) акт уполномоченного Правительством Республики Казахстан органа по внутреннему контролю на предмет целевого использования бюджетных средств, а также об отсутствии нарушений, который охватывает все бюджетные средства, выделенные в рамках реализации БИП, начиная с разработки ПСД, датированный не позднее 6 (шести) месяцев от даты представления документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) сравнительную таблицу и перечень документации по проектам, предполагающим увеличение сметной стоимости, которые представляют в электронный портал, а также на бумажном и электронном носителях в центральный или местный уполномоченный орган по государственному планированию по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам за подписью первого руководителя либо лица, его замещающего, и заверяется печатью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) материалы фото или видеосъемки, дающие полное представление о фактическом состоянии объекта, снятые не ранее, чем за 1 (один) месяц до даты представления документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) заключение комплексной вневедомственной экспертизы, представляемое в форме официального письма, за подписью первого руководителя государственного органа либо лица его замещающего, о целесообразности предполагаемых вносимых изменений в проектные решения ранее утвержденного ПСД БИП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию рассматривает пакет документов, указанных в настоящем пункте, и вносит заключение по ним на рассмотрение соответствующей бюджетной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам первого этапа по местным БИП, предусмотренным в пункте 112 настоящих Правил, увеличение сметной стоимости которых предполагается финансировать за счет средств республиканского бюджета, местный исполнительный орган готовит заключение и вносит БИП с приложением документов, указанных в настоящем пункте, соответствующему администратору республиканской бюджетной программы для последующего внесения в центральный уполномоченный орган по бюджетному планированию для вынесения на рассмотрение РБК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При получении положительного решения соответствующей бюджетной комиссии АБП вносит соответствующие корректировки в ПСД.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АБП на втором этапе вносит скорректированное ПСД, заключение комплексной вневедомственной экспертизы ПСД, заключение отраслевого уполномоченного государственного органа и заключение комплексной вневедомственной экспертизы по расходам на ввод объекта в эксплуатацию (в случае наличия) согласно ведомственным нормативам на скорректированную стоимость с обоснованием причин увеличения сметной стоимости БИП в центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для крупных объектов единой энергетической системы и технически сложных объектов атомного и теплоэнергетического комплексов, требующих безотлагательного ввода в эксплуатацию в связи с угрозой социально-экономической стабильности, затраты по пусконаладочным работам осуществляются согласно расчетам представленным в заключение отраслевой экспертизы уполномоченного государственного органа, содержащем в том числе подтверждение угрозы социально-экономической стабильности страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию вносит на рассмотрение соответствующей бюджетной комиссии увеличение стоимости БИП по скорректированной ПСД с заключением отраслевой экспертизы уполномоченного государственного органа и заключением комплексной вневедомственной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На втором этапе целесообразность финансирования увеличения сметной стоимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      республиканских БИП и местных БИП, предусмотренных в пункте 112 настоящих Правил, увеличение сметной стоимости которых предполагается финансировать за счет средств республиканского бюджета, рассматривается РБК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      местных БИП, увеличение сметной стоимости которых предполагается финансировать за счет средств местного бюджета, рассматривается соответствующей бюджетной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отобранные соответствующими бюджетными комиссиями БИП, предполагающие увеличение сметной стоимости, включаются в соответствующий бюджет в порядке, установленном бюджетным законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если по БИП, не требующим корректировки ТЭО, имеется скорректированное ПСД в связи с изменением сметной стоимости, то вынесение вопросов увеличения сметной стоимости БИП на рассмотрение соответствующей бюджетной комиссии возможно одновременно с предоставлением документации, предусмотренных по первому и второму этапу.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "116. В случае увеличения сметной стоимости БИП, направленных на создание (строительство) новых либо реконструкцию имеющихся объектов, по причине существенного изменения курса национальной валюты к иностранной валюте, но не влекущих изменения технических решений, проводится корректировка ПСД с последующим проведением комплексной вневедомственной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае увеличения сметной стоимости БИП направленных на создание, внедрение и развитие информационных систем, по причине существенного изменения курса национальной валюты к иностранной валюте, но не влекущих изменения технических решений, проводится корректировка ТЭО, при этом экономические экспертиза и заключение не требуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию выносит данный вопрос на рассмотрение соответствующей бюджетной комиссии в порядке, определенном в пунктах 114 и 115 настоящих Правил.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "128. В Разделе "Обоснованность" приводится обоснование размера Инвестиций на реализацию мероприятий и невозможности финансирования мероприятий ФЭО Инвестиций из альтернативных источников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Раздел "Обоснованность" соответствует следующей структуре:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) глава "Объем Инвестиций";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) глава "Альтернативные источники финансирования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) глава "Соответствие целей и задач ФЭО Инвестиций инвестиционному предложению";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) глава "Инвестиционная карта субъекта квазигосударственного сектора".";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 131-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "131-1. Глава "Инвестиционная карта субъекта квазигосударственного сектора" содержит информацию по реализованным, реализуемым и планируемых к реализации инвестиционных проектов субъектов квазигосударственного сектора с указанием источников финансирования (собственные, заемные, бюджетные, спонсорские и другие) по форме Инвестиционная карта субъекта квазигосударственного сектора согласно приложению 18-1 к настоящим Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 138</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "138. Приложения укомплектовываются документами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) к Разделу "Ретроспектива":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      финансовая отчетность участников (отдельная и консолидированная) с печатью и за подписью первого руководителя и главного бухгалтера за последние три года, предшествующие внесению ФЭО Инвестиций в центральный и местный уполномоченный орган по государственному планированию, а также пояснительные записки к финансовой отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для участников, аудит финансовой отчетности которых в соответствии с законодательством Республики Казахстан об аудиторской деятельности является обязательным, представляются аудированная финансовая отчетность и аудиторские отчеты, составленные за последние три года. При этом участник может предоставить неаудированную финансовую отчетность за последний отчетный период при наличии объективных причин в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовая отчетность представляется в соответствии с требованиями действующего законодательства, в том числе с приложением информации о финансовых участиях в других организациях, с приложением детальной расшифровкой статей баланса, занимающих 10 % и более в валюте баланса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) к Разделу "Институциональный":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии документов, в соответствии с которыми созданы или создаются участники;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия устава Получателя Инвестиций (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) к Разделу "Обоснованность":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Стоимость и характеристики приобретаемых (создаваемых) активов" по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      копии прайс-листов (в случае отсутствия прайс-листов по аналогичным товарам, работам и услугам предоставляется не менее двух независимых оценочных заключений), оценочных актов и других документов, содержащих информацию, подтверждающую приводимую в подпункте 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил информацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении Инвестиций предоставляется заключение отраслевой экспертизы соответствующего уполномоченного государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если реализация Инвестиций, затрагивает сферу ответственности нескольких отраслевых государственных органов, указанными отраслевыми государственными органами дополнительно предоставляются заключения соответствующих экспертиз Инвестиций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, дополнительные заключения отраслевых экспертиз предоставляются соответствующими отраслевыми центральными государственными органами за подписью первого руководителя либо лица его замещающего либо заместителя первого руководителя, только в части оценки влияния реализации Инвестиций на курирующую отрасль и соответствия приоритетам отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение отраслевой экспертизы содержит следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценку анализа существующей ситуации в отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценку анализа ситуации в отрасли в случае нереализации мероприятий, указанных в ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценку влияния реализации мероприятий ФЭО Инвестиций на развитие отрасли с приведением количественных и качественных показателей и указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      роли и места мероприятий ФЭО Инвестиций в структуре экономики отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обоснованности выбора месторасположения и масштаба реализации мероприятий ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      возможности реализации мероприятий ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      достаточность и оценка эффективности технических решений по мероприятиям ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценку соответствия мероприятий ФЭО Инвестиций международным стандартам, применение оптимальных новейших технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оценку альтернативных вариантов достижения целей мероприятий ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обоснованности затрат на ввод объекта в эксплуатацию согласно ведомственным нормативам, утверждаемым отраслевым уполномоченным государственным органом, в случае наличия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении Инвестиций направленных на создание (строительство) новых либо реконструкцию имеющихся объектов, вместе с ФЭО Инвестиций представляется ТЭО (разработанное в соответствии с настоящими Правилами) или ПСД, а также заключение комплексной вневедомственной экспертизы, землеустроительный проект о предоставлении права на земельный участок (с приложением при необходимости расчетов убытков собственников земельных участков и землепользователей, потерь сельскохозяйственного и лесохозяйственного производства в зависимости от вида изымаемых угодий), технические условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование данного пункта не применяется для юридических лиц в форме государственного предприятия в случае предоставления обоснования по отсутствию средств на разработку ТЭО или ПСД.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия затрат на ввод объекта в эксплуатацию требуются заключения отраслевой экспертизы уполномоченного государственного органа, и комплексной вневедомственной экспертизы по расходам на ввод объекта в эксплуатацию (пусконаладочные работы) согласно ведомственным нормативам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для крупных объектов единой энергетической системы и технически сложных объектов атомного и теплоэнергетического комплексов, требующих безотлагательного ввода в эксплуатацию в связи с угрозой социально-экономической стабильности, затраты по пусконаладочным работам осуществляются согласно расчетам представленным в заключение отраслевой экспертизы уполномоченного государственного органа, содержащем в том числе подтверждение угрозы социально-экономической стабильности страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении Инвестиций, направленных на создание, внедрение и развитие информационных систем, вместе с ФЭО Инвестиций представляется ТЭО (разработанное в соответствии с настоящими Правилами) информационной системы, а также заключение уполномоченного органа в области связи и информатизации на данное ТЭО информационной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении Инвестиций, направленных на реализацию мероприятий, предполагающих инновационную и (или) космическую деятельность, представляется заключение государственной научно-технической экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) к разделу "Результат":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Программа производства продукции" по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Программа реализации продукции" по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      финансовая модель, подготовленная согласно форме "Требования к финансовой модели", указанной в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Результаты Инвестиций" по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Бюджетная эффективность мероприятий ФЭО" по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      прогноз финансовых показателей Получателя Инвестиций, без учета Инвестиций, согласно формам, определенным в Перечне и формах годовой финансовой отчетности для публикации организациями публичного интереса (кроме финансовых организаций), утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 20 августа 2010 года № 422, зарегистрированным в Реестре государственной регистрации нормативных правовых актов № 6452:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Бухгалтерский баланс";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Отчет о прибылях и убытках";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Отчет о движении денежных средств (прямой метод)" либо "Отчет о движении денежных средств (косвенный метод)";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Отчет об изменениях в капитале";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестиционное предложение и экономическое заключение центрального или местного уполномоченного органа по государственному планированию на данное инвестиционное предложение.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "139. В случае необходимости соответствующие юридические лица, определенные Правительством Республики Казахстан либо местными исполнительными органами на осуществление экономической экспертизы Инвестиций, могут требовать предоставления дополнительной информации и (или) проведения дополнительных экспертиз по вопросам, не охваченным или не полностью охваченным проведенными экспертизами и/или независимой экспертизой, а также в предоставленной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К дополнительной информации относится финансовая отчетность участников, составленная на последний день месяца, предшествующего внесению ФЭО Инвестиций в центральный и местный уполномоченный орган по государственному планированию, а также пояснительные записки к финансовой отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К дополнительным экспертизам относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) банковская экспертиза Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) комплексная вневедомственная экспертиза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заключение отраслевой экспертизы уполномоченного государственного органа.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть первую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 144</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "144. Оригинал ФЭО Инвестиций, а также дополнительные материалы, оговоренные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>163</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, представляются АБП отдельным сопроводительным письмом на титульном бланке.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "149. В случае увеличения стоимости Инвестиций, не влекущих изменения технических решений, по причине существенного изменения курса национальной валюты к иностранной валюте, проводится корректировка ФЭО, в том числе ТЭО и (или) ПСД с последующим проведением комплексной вневедомственной экспертизы, при этом экономические экспертиза и заключение не требуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию выносит данный вопрос на рассмотрение соответствующей бюджетной комиссии в порядке, указанном в пункте 151 настоящих Правил.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "151. Порядок вынесения вопросов корректировки ФЭО Инвестиций по причине дополнения и (или) изменения мероприятий, технико-технологических решений, увеличения расходов, предусмотренных на утвержденные мероприятия на рассмотрение бюджетной комиссии осуществляется в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый этап:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) разработка АБП инвестиционного предложения по корректировке ФЭО Инвестиций и представление в центральный или местный уполномоченный орган по государственному планированию, за исключением случая, предусмотренного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) решение соответствующей бюджетной комиссии по определению целесообразности корректировки ФЭО Инвестиций на основе представляемых АБП документов и положительного экономического заключения на инвестиционное предложение по корректировке ФЭО Инвестиций центрального или местного уполномоченного органа по государственному планированию в центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию. В случае, предусмотренном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, наличие экономического заключения на инвестиционное предложение по корректировке ФЭО Инвестиций не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На первом этапе процесс разработки, рассмотрения и отбора инвестиционных предложений по корректировке ФЭО Инвестиций происходит в порядке, определенном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главе 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На первом этапе по местным Инвестициям, предусмотренным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, увеличение сметной стоимости которых предполагается финансировать за счет средств республиканского бюджета, местный исполнительный орган готовит заключение и вносит Инвестиции с приложением документов, указанных в настоящем пункте, соответствующему администратору республиканской бюджетной программы для последующего внесения в центральный уполномоченный орган по бюджетному планированию для вынесения на рассмотрение РБК вопроса корректировки ТЭО местных Инвестиций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По инвестиционным предложениям по корректировке ФЭО Инвестиций, по которым представлен неполный пакет документации, либо не дано четких и обоснованных причин возникновения удорожания, а также не указаны виновные лица или организации и принятые к ним меры (в случае наличия таковых), не рассматриваются на предмет увеличения сметной стоимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центральный уполномоченный орган по бюджетному планированию или местный уполномоченный орган по государственному планированию рассматривает пакет документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главе 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, и вносит заключение по ним на рассмотрение соответствующей бюджетной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При получении положительного решения бюджетной комиссии АБП вносит соответствующие корректировки в ФЭО Инвестиций с последующим проведением необходимых экспертиз в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Второй этап:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рассмотрение скорректированного ФЭО Инвестиций центральным уполномоченным органом по бюджетному планированию или местным уполномоченным органом по государственному планированию в порядке, установленном настоящими Правилами и бюджетным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) решение соответствующей бюджетной комиссии о финансировании увеличенной стоимости по скорректированному ФЭО Инвестиций на основе представляемых АБП следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      письмо-заявку за подписью первого руководителя государственного органа, либо лица его замещающего, с указанием предполагаемых дополнений и (или) изменений мероприятий, технико-технологических решений в ФЭО Инвестиций, увеличения расходов, предусмотренных на утвержденные мероприятия, с приложением сравнительной таблицы по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, подписанной первым руководителем государственного органа либо лицом его замещающим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию приказа АБП (национальных холдингов и национального управляющего холдинга, предусматривающих реализацию проектов в различных отраслях экономики, которые не могут быть отнесены к компетенции одного АБП) об утверждении ФЭО Инвестиций (при наличии), получившее положительное экономическое заключение, с приложением первоначальных параметров ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      копию положительного экономического заключения центрального или местного уполномоченного органа по государственному планированию на ранее представленное ФЭО Инвестиций, за исключением проектов, утвержденных в соответствующем бюджете без соблюдения процедур, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 154</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключения экспертиз и ФЭО Инвестиций, на которое ранее было получено положительное экономическое заключение уполномоченного органа по государственному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      скорректированное ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      положительное экономическое заключение на скорректированное ФЭО Инвестиций, за исключением случая, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информация о заключенных договорах, в рамках реализации мероприятии ФЭО Инвестиций, начиная с разработки ПСД, с указанием суммы экономии в результате проведения государственных закупок по проектам предполагающим строительную деятельность (в случае, если имеется экономия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      финансирование мероприятий ФЭО Инвестиций из бюджета за каждый год с начала реализации. Данная информация сопровождается планом и фактом за каждый год с указанием причин неосвоения, в случае наличия таковых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подробное указание причин, влекущих удорожание (с приложением копий писем подрядчиков, подтверждающих своевременность предупреждения АБП о необходимости превышения указанной в договоре цены (сметы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация, либо физическое лицо, по вине которых произошло удорожание, а также меры, принятые в отношении такой организации либо физического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключение отраслевой экспертизы соответствующего уполномоченного государственного органа, представляемое в форме официального письма, за подписью первого руководителя либо лица его замещающего, заверенной печатью, и подтверждающее обоснованность и достоверность увеличения стоимости проекта с приложением разъяснений АБП, в случае отсутствия отрасли предоставляется АБП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключение комплексной вневедомственной экспертизы, представляемое в форме официального письма, за подписью первого руководителя государственного органа либо лица его замещающего, на скорректированное ФЭО Инвестиций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае увеличения расходов, предусмотренных на утвержденные мероприятия, дополнительно прилагается пояснительная записка, включая:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подробное указание обстоятельств и причин, влекущих удорожание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключения экспертиз и документы, рассмотренные ранее при получении положительного экономического заключения уполномоченного органа по государственному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обоснование предполагаемых дополнительных бюджетных расходов, которые потребуются для завершения реализации мероприятии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      указанных в ФЭО Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) акт уполномоченного Правительством Республики Казахстан органа по внутреннему финансовому контролю на предмет целевого использования бюджетных средств, а также об отсутствии нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) акт уполномоченного Правительством Республики Казахстан органа по внутреннему финансовому контролю, охватывающий все бюджетные средства, выделенные в рамках реализации Инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) срок давности подписания акта уполномоченного Правительством Республики Казахстан органа по внутреннему финансовому контролю должен быть не более 6 (шести) месяцев от даты предоставления документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) материалы фото или видеосъемки, дающие полное представление о фактическом состоянии объекта, снятые не ранее, чем за 1 (один) месяц до даты представления документов.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 155</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "155. Экономическая экспертиза Инвестиций проводится в целях определения соответствия мероприятий критериям обоснованности и результативности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае проведения экономической экспертизы Инвестиций в форме некоммерческих акционерных обществ, государственных казенных предприятий на праве оперативного управления критерий результативности в части финансовой эффективности не требуется при условии, что деятельность данного общества безубыточна.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 181</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "181. На основании положительного экономического заключения по Инвестициям и положительного решения соответствующей бюджетной комиссии Инвестиции включаются в проект соответствующего бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По бюджетным инвестициям, планируемым к реализации посредством участия государства в уставном капитале юридических лиц в форме государственного предприятия в проект соответствующего бюджета включаются расходы на разработку ТЭО или ПСД.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам комплексной вневедомственной экспертизы на ТЭО или ПСД, по бюджетным инвестициям, планируемым к реализации посредством участия государства в уставном капитале юридических лиц в форме государственного предприятия в проект соответствующего бюджета включаются общая стоимость реализации проектов.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 182-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "182-1. Экономическое заключение на ФЭО Инвестиций, в том числе на скорректированное, по которой в течение трех лет после утверждения ФЭО не начата реализация проекта, считается устаревшей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить приложением 18-1 согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z29" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту бюджетных инвестиций и развития государственно-частного партнерства обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических печатных изданиях и информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) опубликование настоящего приказа на официальном интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на первого вице-министра национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z31" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие со дня его государственной регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+национальной экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е. Досаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министр финансов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________ Б. Султанов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      " "________ 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Приказу Министра национальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экономики Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 13 марта 2015 года № 200</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 18-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам разработки или корректировки,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения необходимых экспертиз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инвестиционного предложения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного инвестиционного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проекта, а также планирования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рассмотрения, отбора, мониторинга и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оценки реализации бюджетных инвестиции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      форма                </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>      ПРИКАЗЫВАЮ:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инвестиционная карта субъекта квазигосударственного сектора</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4900 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="1"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на " " __________ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Администратор бюджетной программы ___________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Приложение                </w:t>
-[...246 lines deleted...]
-                                      (наименование и код) </w:t>
+      (наименование и код) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="385"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="1129"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="405" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="385" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...747 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Наименование проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1358" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="1683" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Наименования мероприятий/компонентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Название участников (получатель инвестиций)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="774" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Стоимость проекта (тыс. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Источник финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Период </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Место реализации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Примечание (принятые решения, результаты, прочие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-            </w:r>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="988" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="766" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Национальный фонд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Заемные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Собственные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+другие (показать источник финансирования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...116 lines deleted...]
-            </w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+стротельства (инвестиционный)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+эксплуатации (постинвестиционный) </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Реализованные инвестиционные проекты квазигосударственного сектора (в течение 10 лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-            </w:r>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="988" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="120" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1358" w:type="dxa"/>
-[...83 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Реализуемые инвестиционные проекты квазигосударственного сектора</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-            </w:r>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="988" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7426,7064 +10994,3863 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="120" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="385" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1358" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Планируемые к реализации инвестиционные проекты квазигосударственного сектора (в течение 5 лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-            </w:r>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="988" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...163 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1358" w:type="dxa"/>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="774" w:type="dxa"/>
-[...232 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
-        <w:tc>
-[...5884 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________ М.П. _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Ф.И.О. руководителя государственного органа        роспись </w:t>
-[...97 lines deleted...]
-      В столбце «Период эксплуатации (эксплуатационный)» указывается срок эксплуатации инвестиционного проекта.</w:t>
+            Ф.И.О. руководителя государственного органа        роспись </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В столбце "Наименование мероприятий/компонентов" указывается наименование мероприятий проекта. Количество и название глав должно соответствовать количеству и названию мероприятий, указанных в финансово-экономическом обоснований (в случае если источником финансирования являются республиканский либо местный бюджет, средства Национального фонда Республики Казахстан) либо в плане развития юридического лица (в случае если источником финансирования являются заемные либо собственные средства), и предусматривающих приобретение активов проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В столбце "Название участников (получатель инвестиций)" указывается наименование субъекта квазигосударственного сектора, а также конечные получатели инвестиций, которым выделены/выделяются/будут выделяться средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В столбце "Стоимость проекта (тыс. тенге)" указывается общая стоимость проекта с учетом всех источников финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В столбце "Источник финансирования (тыс. тенге)" отражаются средства в соответствующем столбце источника финансирования, в рамках которого выделены/выделяются/будут выделяться средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В столбце "Период строительства (инвестиционный)" указывается срок реализации/строительства инвестиционного проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В столбце "Период эксплуатации (эксплуатационный)" указывается срок эксплуатации инвестиционного проекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14805,35 +15172,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>