--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="590361b" w14:textId="590361b">
+    <w:p w14:paraId="04cf900" w14:textId="04cf900">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,3038 +93,3316 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении перечня дериватов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 16 февраля 2015 года № 18-03/105. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 марта 2015 года № 10482</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 16 февраля 2015 года № 18-03/105. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 марта 2015 года № 10482.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 13 Лесного кодекса Республики Казахстан от 8 июля 2003 года и с подпунктом 68) пункта 1 </w:t>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 68) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года «Об охране, воспроизводстве и использовании животного мира», </w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 222)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить прилагаемый </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра экологии и природных ресурсов РК от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>перечень</w:t>
+        <w:t>№ 346-Ө</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> дериватов.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дериватов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в течение десяти календарных дней после государственной регистрации настоящего приказа его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе «Әділет»;</w:t>
-[...3 lines deleted...]
-      </w:r>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утвержден</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сельского хозяйства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 16 февраля 2015 года № 18-03/105 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Перечень дериватов </w:t>
+        <w:t xml:space="preserve"> Перечень дериватов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. В Перечень внесены изменения на государственном языке, текст на русском языке не изменяется в соответствии с приказом Министра сельского хозяйства РК от 26.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18-03/947</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="981"/>
-        <w:gridCol w:w="11932"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1. Производные растений</w:t>
+              <w:t>
+1. Производные растений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Капы</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Луковицы </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Луковицы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Почки </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Почки </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Плоды</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плоды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Второстепенные лесные ресурсы (материалы)</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Второстепенные лесные ресурсы (материалы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Побеги</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Побеги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Грибы</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грибы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Корни, корневища</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корни, корневища</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Семена</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Семена</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Клубни</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Клубни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Живица и древесные соки </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Живица и древесные соки </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2. Продукция, произведенная из растений и их производных</w:t>
+              <w:t>
+2. Продукция, произведенная из растений и их производных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Древесный уголь</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Древесный уголь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Лесоматериалы</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесоматериалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Гербарии</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гербарии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Масла из дикорастущих растений</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масла из дикорастущих растений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Детали мебели</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Детали мебели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Черенки из побегов</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Черенки из побегов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Сувенирные изделия</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сувенирные изделия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3. Производные животных</w:t>
+              <w:t>
+3. Производные животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Жиры </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жиры </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Икра </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Икра </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Кожа </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кожа </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Кровь </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кровь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Медвежья желчь </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Медвежья желчь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Молоки рыб (гонады)</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Молоки рыб (гонады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Рога и копыта</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рога и копыта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Цисты водных беспозвоночных</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цисты водных беспозвоночных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Яйца</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Яйца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4. Продукция, произведенная из животных и их производных</w:t>
+              <w:t>
+4. Продукция, произведенная из животных и их производных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Галантерейные изделия </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Галантерейные изделия </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Медицинские препараты</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинские препараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Сувенирные изделия </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сувенирные изделия </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Чучела </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Чучела </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Ювелирные изделия </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ювелирные изделия </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание: Перечень дериватов разработан во исполнение требований </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание: Перечень дериватов разработан во исполнение требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конвенции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3152,55 +3430,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>