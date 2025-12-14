--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4c111a1" w14:textId="4c111a1">
+    <w:p w14:paraId="ae971dc" w14:textId="ae971dc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1199,210 +1199,398 @@
         <w:t>
       2) выполнением международных обязательств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z62" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обнаружением под участком месторождения полезных ископаемых, при отсутствии альтернативных вариантов их разработки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z63" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 4) пункта 3 предусматривается в редакции приказа Министра экологии и природных ресурсов РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) строительством автомобильных и железных дорог международного, республиканского, областного и районного значения, линий электропередачи, линий связи и магистральных трубопроводов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z64" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) изменением границ (черты) населенных пунктов, при отсутствии других вариантов возможного их размещения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z64" w:id="15"/>
-[...15 lines deleted...]
-      5) изменением границ (черты) населенных пунктов, при отсутствии других вариантов возможного их размещения;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обустройством объектов Государственной границы Республики Казахстан и объектов для нужд обороны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z65" w:id="16"/>
-[...15 lines deleted...]
-      6) обустройством объектов Государственной границы Республики Казахстан и объектов для нужд обороны.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) строительством и функционированием стратегических водохозяйственных и гидротехнических сооружений, при отсутствии других вариантов возможного их размещения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z68" w:id="17"/>
-[...15 lines deleted...]
-      7) строительством и функционированием стратегических водохозяйственных и гидротехнических сооружений, при отсутствии других вариантов возможного их размещения.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть вторая пункта 3 предусматривается в редакции приказа Министра экологии и природных ресурсов РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При переводе земель лесного фонда в случаях, предусмотренных подпунктами 3) и 4) настоящего пункта, лица, в чью пользу переводится участок, осуществляют компенсационную посадку лесных культур в двухкратном размере от площади переводимого участка и уход за лесными культурами в течение первых трех лет после их посадки на земельных участках, предоставленных соответствующими местными исполнительными органами в порядке компенсации государственному лесовладельцу для перевода в состав государственного лесного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При переводе земель лесного фонда в случаях, предусмотренных подпунктом 3) настоящего пункта, лица, в чью пользу переводится участок, осуществляют посадку лесных культур в двухкратном размере от площади переводимого участка и уход за лесными культурами в течение первых трех лет после их посадки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z12" w:id="18"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="20"/>
+    <w:bookmarkStart w:name="z67" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перевод земель лесного фонда для создания и расширения особо охраняемых природных территорий осуществляется в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 7 июля 2006 года "Об особо охраняемых природных территориях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1481,1236 +1669,1236 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="21"/>
+    <w:bookmarkStart w:name="z15" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. При переводе земель лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства, физические и юридические лица (далее – заявитель), в интересах которых осуществляется перевод земель лесного фонда, на основании расчетов государственного лесовладельца возмещают потери лесохозяйственного производства согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лесного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z16" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z16" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок перевода из категории земель лесного фонда в земли других категорий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="23"/>
+    <w:bookmarkStart w:name="z17" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Заявитель по месту расположения испрашиваемых земельных участков, подает заявление в произвольной форме в местный исполнительный орган области, города республиканского значения, столицы (далее – местный исполнительный орган). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z18" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z18" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Местный исполнительный орган в течение пяти рабочих дней со дня поступления заявления, направляет государственному лесовладельцу копию заявления с указанием срока исполнения для оформления акта о выборе земельного участка лесного фонда по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z19" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный лесовладелец, совместно с заявителем составляет акт о выборе земельного участка лесного фонда, с приложением к нему копии лесной карты (планшета), где указываются границы испрашиваемого земельного участка и направляет его в местный исполнительный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z20" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Местный исполнительный орган после получения акта о выборе земельного участка лесного фонда, с приложением к нему копии лесной карты (планшета) организует общественные слушания по проектам касающихся перевода земель лесного фонда.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z19" w:id="25"/>
-[...15 lines deleted...]
-      Государственный лесовладелец, совместно с заявителем составляет акт о выборе земельного участка лесного фонда, с приложением к нему копии лесной карты (планшета), где указываются границы испрашиваемого земельного участка и направляет его в местный исполнительный орган.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. После проведения общественных слушаний местный исполнительный орган для рассмотрения вопроса создает специальную комиссию (далее – Комиссия), рабочим органом которого является структурное подразделение местного исполнительного органа, осуществляющее функции в области лесного хозяйства (далее – рабочий орган).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z20" w:id="26"/>
-[...15 lines deleted...]
-      7. Местный исполнительный орган после получения акта о выборе земельного участка лесного фонда, с приложением к нему копии лесной карты (планшета) организует общественные слушания по проектам касающихся перевода земель лесного фонда.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В состав Комиссии включаются представители:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z21" w:id="27"/>
-[...15 lines deleted...]
-      8. После проведения общественных слушаний местный исполнительный орган для рассмотрения вопроса создает специальную комиссию (далее – Комиссия), рабочим органом которого является структурное подразделение местного исполнительного органа, осуществляющее функции в области лесного хозяйства (далее – рабочий орган).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) местного представительного органа области, города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) территориального подразделения уполномоченного органа в области лесного хозяйства и животного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) структурного подразделения местного исполнительного органа, осуществляющего функции в области земельных отношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) государственного лесовладельца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) местного исполнительного органа по делам архитектуры, градостроительства и строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рабочего органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) территориального подразделения уполномоченного органа в области охраны окружающей среды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Комиссия, в течение тридцати календарных дней со дня поступления заявления дает мотивированное письменное положительное или отрицательное заключение по вопросу перевода земельных участков и направляет его в местный исполнительный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z22" w:id="28"/>
-[...15 lines deleted...]
-      9. В состав Комиссии включаются представители:</w:t>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В заключении, учитывается решение общественных слушаний, отражаются цели перевода земель лесного фонда, вопросы о сохранении или вырубке насаждений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:p>
-[...122 lines deleted...]
-      7) территориального подразделения уполномоченного органа в области охраны окружающей среды.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае вырубки насаждений, рубку по договору с заявителем производит лесовладелец, из территории которого планируется перевод земель, полученная при этом древесина подлежит передаче на баланс лесовладельца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Заключение Комиссии составляется в двух экземплярах в форме протокольного решения. В случае отрицательного заключения Комиссии, местный исполнительный орган дает заявителю письменный мотивированный отказ в виде письма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Рабочий орган на основании положительного заключения Комиссии формирует материалы по вопросу перевода земель государственного лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства, в состав которого включаются:".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ходатайство заинтересованного лица в переводе земель лесного фонда адресованное в местный исполнительный орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акт о выборе земельного участка лесного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия лесной карты (планшета) масштаба 1:10000;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) расчет возмещения потерь и убытков лесохозяйственного производства, вызванных изъятием земель лесного фонда, составляемого лесовладельцем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) письменное согласование лесовладельца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) письменное согласование государственного органа, в ведении которого находится лесовладелец;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) письменное согласование территориального подразделения ведомство уполномоченного органа в области лесного хозяйства и животного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) письменное согласование местного исполнительного органа по делам архитектуры, градостроительства и строительства, по месту нахождения земельного участка, в случае изменения границ (черты) населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) письменное согласование структурного подразделения соответствующих местных исполнительных органов, осуществляющих функции в сфере земельных отношений, по месту нахождения земельного участка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) положительного заключения Комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) экспликации испрашиваемого земельного участка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) карты запрашиваемого земельного участка с детальным расположением объектов, согласованной и подписанной первыми руководителями организаций, указанных в подпунктах 5), 6), 7), 8) и 9) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) решения общественных слушаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) копии контракта на недропользование в случае перевода земель лесного фонда связанных, с разработкой полезных ископаемых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) совместного решения областных и представительных органов при расширении городов районного значения и совместного решения районных (городских) местных и представительных органов при расширении поселков и сел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) копии соответствующего документа при переводе земель лесного фонда связанных с выполнением международных обязательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) предпроектной или проектной документации при строительстве автомобильных и железных дорог международного и республиканского значения, линий электропередачи, линий связи и магистральных трубопроводов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) проект договора с государственным лесовладельцем на компенсационную посадку лесных культур в двухкратном размере от площади переводимого участка и уход за лесными культурами в течение первых трех лет после их посадки при переводе на недропользование, строительстве автомобильных и железных дорог международного и республиканского значения, линий электропередачи, линий связи и магистральных трубопроводов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования); с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 12.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Исключен приказом Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
-[...75 lines deleted...]
-      11. Заключение Комиссии составляется в двух экземплярах в форме протокольного решения. В случае отрицательного заключения Комиссии, местный исполнительный орган дает заявителю письменный мотивированный отказ в виде письма.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Местный исполнительный орган на основании материалов по вопросу перевода земель государственного лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства выносит постановление об одобрении перевода земель лесного фонда и в течение десяти рабочих дней направляет указанное постановление с материалами, указанными в пункте 12 настоящих Правил, для согласования в адрес уполномоченного органа в области лесного хозяйства и животного мира (далее – уполномоченный орган).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
-[...15 lines deleted...]
-      12. Рабочий орган на основании положительного заключения Комиссии формирует материалы по вопросу перевода земель государственного лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства, в состав которого включаются:".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Уполномоченный орган в течение пятнадцати рабочих дней с даты поступления материалов представляет в местный исполнительный орган ответ о результатах согласования перевода земель лесного фонда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ходатайство заинтересованного лица в переводе земель лесного фонда адресованное в местный исполнительный орган;</w:t>
-[...305 lines deleted...]
-      18) проект договора с государственным лесовладельцем на компенсационную посадку лесных культур в двухкратном размере от площади переводимого участка и уход за лесными культурами в течение первых трех лет после их посадки при переводе на недропользование, строительстве автомобильных и железных дорог международного и республиканского значения, линий электропередачи, линий связи и магистральных трубопроводов.</w:t>
+      В случае возврата уполномоченным органом материалов на доработку, заявитель после их доработки представляет доработанные материалы в местный исполнительный орган для повторного направления их в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования); с изменением, внесенным приказом Министра экологии и природных ресурсов РК от 12.01.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...70 lines deleted...]
-      14. Местный исполнительный орган на основании материалов по вопросу перевода земель государственного лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства выносит постановление об одобрении перевода земель лесного фонда и в течение десяти рабочих дней направляет указанное постановление с материалами, указанными в пункте 12 настоящих Правил, для согласования в адрес уполномоченного органа в области лесного хозяйства и животного мира (далее – уполномоченный орган).</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Местный исполнительный орган, в случае положительного согласования перевода земель лесного фонда уполномоченным органом, направляет в течение десяти рабочих дней материалы, указанные в пункте 12 настоящих Правил в центральный уполномоченный орган по управлению земельными ресурсами для подготовки проекта решения Правительства Республики Казахстан по вопросу перевода земель лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:p>
-[...180 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центральный уполномоченный орган по управлению земельными ресурсами в течение месяца со дня поступления материалов, указанных в пункте 12 настоящих Правил, разрабатывает соответствующий проект решения Правительства Республики Казахстан и направляет его в уполномоченный орган в области охраны окружающей среды для проведения государственной экологической экспертизы в порядке и сроки, предусмотренные законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2996,68 +3184,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="37"/>
+    <w:bookmarkStart w:name="z59" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Акт о выборе земельного участка лесного фонда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Акт - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>