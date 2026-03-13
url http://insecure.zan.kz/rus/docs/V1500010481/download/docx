--- v1 (2025-12-14)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae971dc" w14:textId="ae971dc">
+    <w:p w14:paraId="6ebaa76" w14:textId="6ebaa76">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1199,398 +1199,210 @@
         <w:t>
       2) выполнением международных обязательств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z62" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обнаружением под участком месторождения полезных ископаемых, при отсутствии альтернативных вариантов их разработки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="14"/>
+    <w:bookmarkStart w:name="z63" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) строительством автомобильных и железных дорог международного, республиканского, областного и районного значения, гидроэлектростанций установленной мощностью до 100 МВт включительно, линий электропередачи, линий связи и магистральных трубопроводов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z64" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) изменением границ (черты) населенных пунктов, при отсутствии других вариантов возможного их размещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z65" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z65" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обустройством объектов Государственной границы Республики Казахстан и объектов для нужд обороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z68" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z68" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) строительством и функционированием стратегических водохозяйственных и гидротехнических сооружений, при отсутствии других вариантов возможного их размещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z12" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При переводе земель лесного фонда в случаях, предусмотренных подпунктами 3), 4) и 7) настоящего пункта, лица, в чью пользу переводится участок, осуществляют компенсационную посадку лесных культур в двухкратном размере от площади переводимого участка и уход за лесными культурами в течение первых трех лет после их посадки на земельных участках, предоставленных соответствующими местными исполнительными органами в порядке компенсации государственному лесовладельцу для перевода в состав государственного лесного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z66" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При переводе земель лесного фонда в случаях, предусмотренных подпунктом 3) настоящего пункта, лица, в чью пользу переводится участок, осуществляют посадку лесных культур в двухкратном размере от площади переводимого участка и уход за лесными культурами в течение первых трех лет после их посадки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z67" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z67" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перевод земель лесного фонда для создания и расширения особо охраняемых природных территорий осуществляется в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 7 июля 2006 года "Об особо охраняемых природных территориях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1652,303 +1464,323 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 218</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="19"/>
+    <w:bookmarkStart w:name="z15" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. При переводе земель лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства, физические и юридические лица (далее – заявитель), в интересах которых осуществляется перевод земель лесного фонда, на основании расчетов государственного лесовладельца возмещают потери лесохозяйственного производства согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лесного кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z16" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z16" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок перевода из категории земель лесного фонда в земли других категорий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="21"/>
+    <w:bookmarkStart w:name="z17" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Заявитель по месту расположения испрашиваемых земельных участков, подает заявление в произвольной форме в местный исполнительный орган области, города республиканского значения, столицы (далее – местный исполнительный орган). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z18" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z18" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Местный исполнительный орган в течение пяти рабочих дней со дня поступления заявления, направляет государственному лесовладельцу копию заявления с указанием срока исполнения для оформления акта о выборе земельного участка лесного фонда по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z19" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z19" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственный лесовладелец, совместно с заявителем составляет акт о выборе земельного участка лесного фонда, с приложением к нему копии лесной карты (планшета), где указываются границы испрашиваемого земельного участка и направляет его в местный исполнительный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z20" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z20" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Местный исполнительный орган после получения акта о выборе земельного участка лесного фонда, с приложением к нему копии лесной карты (планшета) организует общественные слушания по проектам касающихся перевода земель лесного фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z21" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z21" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. После проведения общественных слушаний местный исполнительный орган для рассмотрения вопроса создает специальную комиссию (далее – Комиссия), рабочим органом которого является структурное подразделение местного исполнительного органа, осуществляющее функции в области лесного хозяйства (далее – рабочий орган).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z22" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z22" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В состав Комиссии включаются представители:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) местного представительного органа области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2093,150 +1925,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Комиссия, в течение тридцати календарных дней со дня поступления заявления дает мотивированное письменное положительное или отрицательное заключение по вопросу перевода земельных участков и направляет его в местный исполнительный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В заключении, учитывается решение общественных слушаний, отражаются цели перевода земель лесного фонда, вопросы о сохранении или вырубке насаждений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае вырубки насаждений, рубку по договору с заявителем производит лесовладелец, из территории которого планируется перевод земель, полученная при этом древесина подлежит передаче на баланс лесовладельца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Заключение Комиссии составляется в двух экземплярах в форме протокольного решения. В случае отрицательного заключения Комиссии, местный исполнительный орган дает заявителю письменный мотивированный отказ в виде письма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Рабочий орган на основании положительного заключения Комиссии формирует материалы по вопросу перевода земель государственного лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства, в состав которого включаются:".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ходатайство заинтересованного лица в переводе земель лесного фонда адресованное в местный исполнительный орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2653,70 +2485,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Местный исполнительный орган на основании материалов по вопросу перевода земель государственного лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства выносит постановление об одобрении перевода земель лесного фонда и в течение десяти рабочих дней направляет указанное постановление с материалами, указанными в пункте 12 настоящих Правил, для согласования в адрес уполномоченного органа в области лесного хозяйства и животного мира (далее – уполномоченный орган).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2735,70 +2567,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="33"/>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Уполномоченный орган в течение пятнадцати рабочих дней с даты поступления материалов представляет в местный исполнительный орган ответ о результатах согласования перевода земель лесного фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае возврата уполномоченным органом материалов на доработку, заявитель после их доработки представляет доработанные материалы в местный исполнительный орган для повторного направления их в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2835,70 +2667,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:bookmarkStart w:name="z56" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Местный исполнительный орган, в случае положительного согласования перевода земель лесного фонда уполномоченным органом, направляет в течение десяти рабочих дней материалы, указанные в пункте 12 настоящих Правил в центральный уполномоченный орган по управлению земельными ресурсами для подготовки проекта решения Правительства Республики Казахстан по вопросу перевода земель лесного фонда в земли других категорий для целей, не связанных с ведением лесного хозяйства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центральный уполномоченный орган по управлению земельными ресурсами в течение месяца со дня поступления материалов, указанных в пункте 12 настоящих Правил, разрабатывает соответствующий проект решения Правительства Республики Казахстан и направляет его в уполномоченный орган в области охраны окружающей среды для проведения государственной экологической экспертизы в порядке и сроки, предусмотренные законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3184,68 +3016,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="35"/>
+    <w:bookmarkStart w:name="z59" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Акт о выборе земельного участка лесного фонда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Акт - в редакции приказа Министра экологии, геологии и природных ресурсов РК от 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6527,55 +6359,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>