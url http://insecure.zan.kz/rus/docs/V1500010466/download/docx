--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3ef7a22" w14:textId="3ef7a22">
+    <w:p w14:paraId="2b4b80a" w14:textId="2b4b80a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1558,160 +1558,244 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-      Сведения о документе, удостоверяющем личность физического лица, о регистрации (перерегистрации) юридического лица, о регистрации индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, о ранее присвоенном учетном номере объекту производства, о наличии ветеринарно-санитарного заключения на объект производства, о наличии производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование на срок более одного года), услугодатель получает из соответствующих государственных информационных систем, используемых для оказания государственной услуги, либо из сервиса цифровых документов.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации".</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      4. Для получения государственной услуги физические и юридические лица (далее – услугополучатель) направляет услугодателю посредством портала заявление на присвоение учетного номера объекту производства по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в форме электронного документа, подписанного ЭЦП услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документе, удостоверяющем личность физического лица, о регистрации (перерегистрации) юридического лица, о регистрации индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, о ранее присвоенном учетном номере объекту производства, о наличии ветеринарно-санитарного заключения на объект производства, о наличии производственных помещений на праве собственности или ином законном основании (аренда/безвозмездное пользование на срок более одного года), услугодатель получает из соответствующих государственных информационных систем, используемых для оказания государственной услуги, либо из сервиса цифровых документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Информационное взаимодействие портала и информационных систем осуществляется согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       Подтверждением принятия заявления на портале является соответствующий статус в личном кабинете о принятии запроса для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1734,90 +1818,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Перечень основных требований к оказанию государственной услуги "Присвоение учетных номеров объектам производства, осуществляющим выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организациям по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок" указан в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1836,191 +1920,191 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Для присвоения учетного номера объекту производства необходимо наличие ветеринарно-санитарного заключения на объект производства о соответствии его ветеринарным (ветеринарно-санитарным) требованиям, выданного в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи ветеринарных документов и требований к их бланкам, утвержденными приказом Министра сельского хозяйства Республики Казахстан от 21 мая 2015 года № 7-1/453 (зарегистрирован в Реестре нормативных правовых актов Республики Казахстан № 11898), не более чем за 30 (тридцать) календарных дней до даты подачи заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Срок оказания и выдачи результата оказания государственной услуги составляет 2 (два) рабочих дня с момента регистрации заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Работник канцелярии услугодателя в день поступления осуществляет регистрацию заявления и направляет его руководителю услугодателя, которым назначается ответственный работник.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием документов и выдача результата оказания государственной услуги осуществляются следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ответственный работник услугодателя в течение 1 (одного) рабочего дня с момента регистрации заявления проверяет полноту документов и (или) сведений, содержащихся в заявлении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае представления услугополучателем неполного пакета документов и (или) сведений, содержащихся в заявлении, представления документов с истекшим сроком действия, ответственный работник услугодателя готовит и направляет в личный кабинет услугополучателя мотивированный отказ в дальнейшем рассмотрении заявления в форме электронного документа, подписанного ЭЦП руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае предоставления услугополучателем полного пакета документов и (или) сведений, ответственный работник услугодателя в течение 2 (двух) рабочих дней с момента регистрации заявления присваивает учетный номер объекту производства и оформляет подтверждение о присвоении учетного номера объекту производства по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2035,763 +2119,915 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный отказ в оказании государственной услуги по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждение о присвоении учетного номера объекту производства или мотивированный отказ в оказании государственной услуги направляется в личный кабинет услугополучателя в форме электронного документа, подписанного ЭЦП руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В случае изменения фамилии, имени, отчества (при его наличии) физического лица, перерегистрации индивидуального предпринимателя и (или) изменения его наименования, изменения наименования юридического лица и (или) реорганизации юридического лица в формах слияния, преобразования, присоединения юридического лица к другому юридическому лицу, выделения и разделения, изменения прав собственности на производственные помещения или изменения, расторжения, прекращения договора аренды (договора безвозмездного пользования) производственных помещений, услугополучатель в течение 1 (одного) месяца с момента возникновения изменений подает услугодателю заявление на присвоение учетного номера объекту производства по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, с приложением соответствующих документов, подтверждающих информацию об изменениях, за исключением документов, информация из которых содержится в государственных информационных системах. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z1485" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z1485" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если изменения, указанные в части первой настоящего пункта, не повлекли изменения вида осуществляемой деятельности объекта производства, то услугодатель в течение 2 (двух) рабочих дней с момента регистрации заявления переоформляет подтверждение о присвоении учетного номера объекту производства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z1486" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z1486" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае изменения вида деятельности, объект производства проходит повторную процедуру присвоения учетного номера в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z1487" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z1487" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объекты производства, имеющие передвижные (мобильные) объекты, осуществляют их привязку к действующему учетному номеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 11 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. При прекращении (приостановлении) деятельности на объекте производства, услугополучатель инициирует снятие объекта производства с учета и, в течение 5 (пяти) рабочих дней с момента прекращения (приостановления) деятельности на объекте производства, подает заявление о прекращении (приостановлении) деятельности на объекте производства по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление о прекращении (приостановлении) деятельности на объекте производства рассматривается услугодателем в течение 1 (одного) рабочего дня с момента регистрации заявления и осуществляется изменение статуса объекта производства в информационной системе "Единая автоматизированная система управления отраслями агропромышленного комплекса "e-Agriculture" (далее – информационная система).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.01.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа и.о. Министра сельского хозяйства РК от 27.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15</w:t>
+        <w:t>№ 466</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...65 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа и.о. Министра сельского хозяйства РК от 27.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 466</w:t>
+        <w:t xml:space="preserve">      Пункт 12 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...338 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок оказания государственной услуги по принципу "одного заявления" – 6 (шесть) рабочих дней с момента регистрации заявления, из них:</w:t>
+      12. Учетный номер выдается на весь период деятельности объекта производства, за исключением объектов производства, осуществляющих деятельность на производственных помещениях на основании договора аренды, безвозмездного пользования, убойных площадок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Убойным площадкам учетные номера выдаются сроком на 1 (один) год и подлежат ежегодному подтверждению до строительства в данном регионе мясоперерабатывающих предприятий или убойных пунктов. Объектам производства, осуществляющим деятельность на производственных помещениях на основании договора аренды, безвозмездного пользования, учетные номера выдаются на срок действия договора аренды, безвозмездного пользования. Убойные площадки, объекты производства, осуществляющие деятельность на производственных помещениях на основании договора аренды, безвозмездного пользования, для подтверждения имеющегося учетного номера проходят повторную процедуру присвоения учетного номера в соответствии с настоящими Правилами с сохранением присвоенных учетных номеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Учетный номер, состоящий из кода, включающий вид деятельности и номера объекта производства, определяется согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Литерный код для присвоения учетных номеров объектам производства согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам имеет буквенные и числовые символы соответствующих административно-территориальных единиц (области, города республиканского значения, столицы, района (города областного значения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. При запланированном изменении вида деятельности по объекту производства, услугополучатель повторно подает заявление на присвоение учетного номера объекту производства по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. При этом, ранее выданному учетному номеру присваивается статус "Неактивный".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Объектам производства, осуществляющим экспорт/импорт, при соответствии ветеринарным (ветеринарно-санитарным) требованиям страны, присваивается "Экспорт/Импорт" в электронном реестре учетных номеров объектов производства по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и в учетный номер дополнительно вносится символ "Е" (для экспортеров), "I" (для импортеров), согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. По выбору услугополучателя государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой "Выдача ветеринарно-санитарного заключения на объекты государственного ветеринарно-санитарного контроля и надзора" (далее – государственная услуга по принципу "одного заявления").</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для получения государственной услуги по принципу "одного заявления" услугополучатель посредством портала подает заявление на выдачу ветеринарно-санитарного заключения и присвоение учетного номера по принципу "одного заявления" по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      выдача ветеринарно-санитарного заключения на объекты государственного ветеринарно-санитарного контроля – 4 (четыре) рабочих дня;</w:t>
+      Срок оказания государственной услуги по принципу "одного заявления" – 6 (шесть) рабочих дней с момента регистрации заявления, из них:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      присвоение учетного номера объектам производства – 2 (два) рабочих дня.</w:t>
+      выдача ветеринарно-санитарного заключения на объекты государственного ветеринарно-санитарного контроля – 4 (четыре) рабочих дня;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      присвоение учетного номера объектам производства – 2 (два) рабочих дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Результат оказания государственной услуги по принципу "одного заявления" – выдача ветеринарно-санитарного заключения на объекты государственного ветеринарно-санитарного контроля и надзора и присвоение учетных номеров объектам производства, осуществляющим выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организациям по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок, либо мотивированный отказ в оказании государственной услуги по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2834,70 +3070,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Услугодатель отказывает в оказании государственной услуги по основаниям, указанным в пункте 9 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2916,130 +3152,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В случае сбоя информационной системы, содержащей необходимые сведения для оказания государственной услуги, услугодатель незамедлительно с момента обнаружения возникновения технического сбоя уведомляет об этом оператора информационно-коммуникационной инфраструктуры "электронного правительства" (далее – оператор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, после проведения работ по устранению возникшего сбоя оператор в течение 1 (одного) рабочего дня составляет в произвольной форме протокол о технической проблеме и подписывает его с услугодателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг согласно подпункту 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о государственных услугах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3094,88 +3330,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей, и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственных услуг подается на имя руководителя услугодателя, ведомства, уполномоченного органа в области ветеринарии (далее – уполномоченный орган), в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае поступления жалобы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3232,210 +3468,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Жалоба услугополучателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       услугодателем, ведомством, уполномоченным органом – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Срок рассмотрения жалобы ведомством, уполномоченным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z1480" w:id="51"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z1480" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z1481" w:id="52"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z1481" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3472,90 +3708,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3889,97 +4125,183 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z133" w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z133" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6263,68 +6585,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ветеринарных препаратов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кормов и кормовых добавок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1474" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1474" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Присвоение учетных номеров объектам производства, осуществляющим выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организациям по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8154,126 +8552,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="56"/>
+    <w:bookmarkStart w:name="z192" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Подтверждение о присвоении учетного номера объекту производства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z195" w:id="57"/>
+      <w:bookmarkStart w:name="z195" w:id="54"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящее подтверждение выдано ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9020,107 +9418,107 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z198" w:id="58"/>
+          <w:bookmarkStart w:name="z198" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>[Наименование уполномоченного органа]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
-[...26 lines deleted...]
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="55"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1358900" cy="1219200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -9181,288 +9579,288 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Наименование уполномоченного органа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z203" w:id="60"/>
+    <w:bookmarkStart w:name="z203" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мотивированный отказ в оказании государственной услуги </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z204" w:id="61"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z204" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата выдачи: [Дата выдачи]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z205" w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z205" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [Наименование услугополучателя]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z206" w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z206" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место регистрации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z207" w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z207" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Область: [Область]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z208" w:id="65"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z208" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Район: [Район]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z209" w:id="66"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z209" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Город\населенный пункт: [Город\населенный пункт]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z210" w:id="67"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z210" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       [индивидуальный идентификационный номер/бизнес-идентификационный номер] [БИН/ИИН] </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z211" w:id="68"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z211" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата государственной регистрации от [Дата]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z212" w:id="69"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z212" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Причина отказа: [Причина отказа]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z213" w:id="70"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z213" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       [Должность подписывающего] [Фамилия, имя, отчество (при его наличии) подписывающего]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z214" w:id="71"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z214" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5651500" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -9788,404 +10186,480 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="72"/>
-[...70 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z219" w:id="74"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">____________________________________________________________________,  </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">(наименование, вид деятельности объекта производства) </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 5 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование территориального подразделения ведомства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченного органа в области ветеринарии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z218" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Заявление  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             о прекращении (приостановлении) деятельности на объекте производства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z219" w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Прошу прекратить (приостановить) деятельность объекта производства  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________,  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">расположенного по адресу: ____________________________________________. </w:t>
+        <w:t xml:space="preserve">(наименование, вид деятельности объекта производства) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Номер и дата выдачи ветеринарно-санитарного заключения ________________ </w:t>
+        <w:t xml:space="preserve">расположенного по адресу: ____________________________________________. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Номер ранее присвоенного учетного номера _____________________________ </w:t>
+        <w:t xml:space="preserve">Номер и дата выдачи ветеринарно-санитарного заключения ________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Номер телефона (факса): ______________________________________________</w:t>
+        <w:t xml:space="preserve">Номер ранее присвоенного учетного номера _____________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Подтверждаю достоверность представленной информации, осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан и даю согласие на использование сведений, составляющих охраняемую законом тайну, а также на сбор, обработку, хранение, выгрузку и использование персональных данных.</w:t>
+        <w:t>Номер телефона (факса): ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z221" w:id="76"/>
+    <w:bookmarkStart w:name="z220" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Подписано и отправлено услугополучателем в ___ часов "__" ______ 20__ года:</w:t>
+      Подтверждаю достоверность представленной информации, осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан и даю согласие на использование сведений, составляющих охраняемую законом тайну, а также на сбор, обработку, хранение, выгрузку и использование персональных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z222" w:id="77"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z221" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Данные из электронной цифровой подписи (далее – ЭЦП) услугополучателя: __________________</w:t>
+      Подписано и отправлено услугополучателем в ___ часов "__" ______ 20__ года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z223" w:id="78"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z222" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Дата и время подписания ЭЦП: _________________</w:t>
+      Данные из электронной цифровой подписи (далее – ЭЦП) услугополучателя: __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z224" w:id="79"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z223" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уведомление о принятии заявления:</w:t>
+      Дата и время подписания ЭЦП: _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z225" w:id="80"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z224" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заявление принято в _____часов "__" ______ 20__ года</w:t>
+      Уведомление о принятии заявления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z226" w:id="81"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z225" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Данные из ЭЦП территориального подразделения ведомства уполномоченного органа в области ветеринарии: ______________________</w:t>
+      Заявление принято в _____часов "__" ______ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z227" w:id="82"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z226" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Данные из ЭЦП территориального подразделения ведомства уполномоченного органа в области ветеринарии: ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z227" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Дата и время подписания ЭЦП: ____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10368,68 +10842,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>препаратов, кормов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и кормовых добавок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1475" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 6 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1475" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Учетный номер, состоящий из кода, включающий вид деятельности и номера объекта производства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 - в редакции приказа и.о. Министра сельского хозяйства РК от 27.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14441,68 +14991,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>препаратов, кормов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и кормовых добавок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1476" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 7 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1476" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Литерный код для присвоения учетных номеров объектам производства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 – в редакции приказа Министра сельского хозяйства РК от 27.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -43113,64 +43739,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 район Тұран</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1482" w:id="85"/>
+      <w:bookmarkStart w:name="z1482" w:id="82"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Учетный номер состоит из символов и имеет следующую структуру:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -43732,68 +44358,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1348" w:id="86"/>
+    <w:bookmarkStart w:name="z1348" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электронный реестр учетных номеров объектов производства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -44506,70 +45132,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1376" w:id="87"/>
+    <w:bookmarkStart w:name="z1376" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -44992,90 +45618,90 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1391" w:id="88"/>
+    <w:bookmarkStart w:name="z1391" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z1392" w:id="89"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z1392" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *Координаты поворотных точек территории (широты и долготы), занятой под объект производства, определяется посредством геоинформационного сервиса при наличии технической возможности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -45466,68 +46092,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уполномоченного органа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области ветеринарии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1479" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 9 предусматривается в редакции приказа Министра сельского хозяйства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1479" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на выдачу ветеринарно-санитарного заключения и присвоение учетного номера по принципу "одного заявления"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 9 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>