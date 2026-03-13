--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="52389df" w14:textId="52389df">
+    <w:p w14:paraId="db45c4e" w14:textId="db45c4e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -832,146 +832,228 @@
         <w:t xml:space="preserve">
       2. Ограничительные мероприятия и карантин устанавливаются по заразным болезням животных, включенным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечни</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заразных болезней животных, при которых устанавливаются ограничительные мероприятия или карантин, утвержденные приказом Министра сельского хозяйства Республики Казахстан от 28 марта 2012 года № 18-03/128 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 7583).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z30" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Решение местного исполнительного органа (акима) об установлении (снятии) ограничительных мероприятий или карантина принимается в течении не более 1 (одного) рабочего дня с момента предоставления представления главного государственного ветеринарно-санитарного инспектора соответствующей территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 2-1 в соответствии с приказом Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок установления ограничительных мероприятий и карантина </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 – в редакции приказа Министра сельского хозяйства РК от 16.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае возникновения заразных болезней животных на территории, на которой установлен эпизоотический очаг в зависимости от административно-территориального деления и степени распространения заразной болезни животных устанавливаются ограничительные мероприятия или карантин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ограничительные мероприятия и карантин устанавливаются по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории решением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) местного исполнительного органа области в случае возникновения заразных болезней животных в двух и более районах, расположенных на территории области;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1000,400 +1082,420 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) местного исполнительного органа района, города областного значения, в случае возникновения заразных болезней животных на территории района (города областного значения);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) акима города районного значения, поселка, села, сельского округа в случае возникновения заразных болезней животных на соответствующей территории.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkStart w:name="z10" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Представление главного государственного ветеринарно-санитарного инспектора соответствующей территории об установлении ограничительных мероприятий и карантина оформляется в течение одного рабочего дня с момента получения акта эпизоотологического обследования по форме согласно </w:t>
+      5. Представление главного государственного ветеринарно-санитарного инспектора соответствующей территории об установлении ограничительных мероприятий или карантина оформляется в течение 1 (одного) рабочего дня с момента получения акта эпизоотологического обследования по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам проведения эпизоотического мониторинга, утвержденным приказом Министра сельского хозяйства Республики Казахстан от 27 ноября 2014 года № 7-1/618 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10021) в письменном виде произвольной формы с указанием:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      административно-территориальной единицы, на которую устанавливаются ограничительные мероприятия или карантин; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       причины установления ограничительных мероприятий или карантина (наименование болезни), вид животного.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      После введения в действие решения местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов города районного значения, поселка, села, сельского округа об установлении ограничительных мероприятий и карантина в течение одного рабочего дня его копия направляется главному государственному ветеринарно-санитарному инспектору соответствующей территории.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории об установлении ограничительных мероприятий или карантина прикладываются копии акта эпизоотологического обследования и акта экспертизы (протокола испытаний) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам выдачи акта экспертизы (протокола испытаний), утвержденных приказом Министра сельского хозяйства Республики Казахстан от 16 января 2015 года № 7-1/19 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10410). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После введения в действие решения местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов города районного значения, поселка, села, сельского округа об установлении ограничительных мероприятий или карантина в течение 1 (одного) рабочего дня его копия направляется главному государственному ветеринарно-санитарному инспектору соответствующей территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра сельского хозяйства РК от 16.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 233</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="14"/>
+    <w:bookmarkStart w:name="z11" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Длительность ограничительных мероприятий или карантина зависят от вида болезней животных, инкубационного периода болезни, сохранения возбудителя болезни в организме животных и проведения комплекса ветеринарных мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="15"/>
+    <w:bookmarkStart w:name="z12" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок снятия ограничительных мероприятий и карантина</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 – в редакции приказа Министра сельского хозяйства РК от 16.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="16"/>
+    <w:bookmarkStart w:name="z13" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Ограничительные мероприятия и карантин снимаются после полного выздоровления (отсутствие болезни), прекращения распространения заболевания животных и проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных, включая проведение заключительной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дезинфекции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> с бактериологическим исследованием качества дезинфекции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z14" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z14" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ограничительные мероприятия или карантин снимаются по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории решением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) местного исполнительного органа области после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных, возникших в двух и более районах расположенных на территории данной области;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1422,170 +1524,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) местного исполнительного органа района, города областного значения, после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных на территории района (города областного значения);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) акима города районного значения, поселка, села, сельского округа после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных на соответствующей территории.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="18"/>
+    <w:bookmarkStart w:name="z15" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Представление главного государственного ветеринарно-санитарного инспектора соответствующей территории о снятии ограничительных мероприятий и карантина оформляется в течение одного рабочего дня после окончания комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных в письменном виде произвольной формы с указанием:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       даты и номера решения об установлении ограничительных мероприятий и карантина, по которому вносится представление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       даты и номера акта экспертизы (протокола испытания) с указанием бактериологического исследования качества дезинфекции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории о снятии ограничительных мероприятий и карантина прикладывается акт экспертизы (протокол испытания) с указанием бактериологического исследования качества дезинфекции, выдаваемый ветеринарными лабораториями в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи акта экспертизы (протокола испытаний), утвержденными приказом Министра сельского хозяйства Республики Казахстан от 16 января 2015 года № 7-1/19 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10410).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После введения в действие решения местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов города районного значения, поселка, села, сельского округа о снятии ограничительных мероприятий и карантина в течение одного рабочего дня его копия направляется главному государственному ветеринарно-санитарному инспектору соответствующей территории.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1604,144 +1706,144 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="23"/>
+    <w:bookmarkStart w:name="z16" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. После снятия карантина решением местных исполнительных органов, соответствующей административно-территориальной единицы по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уполномоченным органом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в области ветеринарии устанавливаются ограничительные мероприятия в случаях, предусмотренных законодательством Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>