--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="842a652" w14:textId="842a652">
+    <w:p w14:paraId="6b4a568" w14:textId="6b4a568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -654,7569 +654,4586 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________ Б. Султанов   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11 января 2015 год</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...69 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра национальной экономики</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 16 января 2015 года № 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...39 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила передачи государственного имущества в доверительное управление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-      </w:r>
+      Сноска. Правила в редакции приказа и.о. Министра национальной экономики РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования и распространяется на правоотношения, возникшие с 25.08.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z657" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-        <w:t>передачи государственного имущества в доверительное управление</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...117 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:bookmarkStart w:name="z658" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Закона Республики Казахстан "О государственном имуществе" и определяют порядок передачи государственного имущества в доверительное управление, в том числе проведения тендера, заключения договоров с доверительными управляющими.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z659" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положения настоящих Правил не применяются на правоотношения, связанные с передачей в доверительное управление военного имущества и неиспользуемого военного имущества Вооруженных Сил, других войск и воинских формирований Республики Казахстан, физкультурно-оздоровительных и спортивных сооружений государственных организаций среднего образования, памятников истории и культуры и водохозяйственных сооружений.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:bookmarkStart w:name="z660" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z359" w:id="10"/>
+    <w:bookmarkStart w:name="z661" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Национальный оператор по управлению автомобильными дорогами – акционерное общество со стопроцентным участием государства в уставном капитале, осуществляющее полномочия, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об автомобильных дорогах";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z360" w:id="11"/>
-[...15 lines deleted...]
-      2) начальная цена – стоимость объекта, устанавливаемая тендерной комиссией, в случае принятия учредителем доверительного управления государственным имуществом решения о передаче его в доверительное управление с правом последующего выкупа, определяемая на основании отчета об оценке оценщика в соответствии с законодательством Республики Казахстан об оценочной деятельности;</w:t>
+    <w:bookmarkStart w:name="z662" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) балансодержатель – государственное юридическое лицо, за которым объект закреплен на праве оперативного управления или хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z361" w:id="12"/>
-[...15 lines deleted...]
-      3) балансодержатель – государственное юридическое лицо, за которым объект закреплен на праве оперативного управления или хозяйственного ведения;</w:t>
+    <w:bookmarkStart w:name="z663" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) орган управления – уполномоченный орган соответствующей отрасли или местный исполнительный орган либо аппарат акима города районного значения, села, поселка, сельского округа, осуществляющий права владения и пользования государственным пакетом акций (долями участия в уставном капитале) акционерного общества (товарищества с ограниченной ответственностью) и/или управление государственными юридическими лицами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z362" w:id="13"/>
-[...15 lines deleted...]
-      4) орган управления – уполномоченный орган соответствующей отрасли или местный исполнительный орган либо аппарат акима города районного значения, села, поселка, сельского округа, осуществляющий права владения и пользования государственным пакетом акций (долями участия в уставном капитале) акционерного общества (товарищества с ограниченной ответственностью) и/или управление государственными юридическими лицами;</w:t>
+    <w:bookmarkStart w:name="z664" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) чистый доход от доверительного управления учредителя – положительная разница между доходами и затратами от доверительного управления за налоговый период, определяемая на основании предусмотренного гражданским законодательством Республики Казахстан отчета доверительного управляющего о своей деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z363" w:id="14"/>
-[...15 lines deleted...]
-      5) стартовая цена – цена, с которой начинаются торги по объекту доверительного управления с правом последующего выкупа;</w:t>
+    <w:bookmarkStart w:name="z665" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) единый оператор в сфере учета государственного имущества (далее – единый оператор) – юридическое лицо с участием государства в уставном капитале, определенное в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 июля 2011 года № 802 "Об определении единого оператора в сфере учета государственного имущества", на которое возложены задачи по реализации единой технической политики в сфере организации и учета государственного имущества, а также функции по управлению и эксплуатации активами территориальных подразделений уполномоченного органа по государственному имуществу, согласно перечню, утверждаемому уполномоченным органом по государственному имуществу в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z364" w:id="15"/>
-[...15 lines deleted...]
-      6) закрытый тендер – тендер, на котором принимает участие ограниченный круг участников;</w:t>
+    <w:bookmarkStart w:name="z666" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) учредитель доверительного управления государственным имуществом (далее – учредитель) – уполномоченный орган по государственному имуществу или местный исполнительный орган либо аппарат акима города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z365" w:id="16"/>
-[...15 lines deleted...]
-      7) чистый доход от доверительного управления учредителя – положительная разница между доходами и затратами от доверительного управления за налоговый период, определяемая на основании предусмотренного гражданским законодательством Республики Казахстан отчета доверительного управляющего о своей деятельности;</w:t>
+    <w:bookmarkStart w:name="z667" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) объект – имущественный комплекс государственного предприятия, ценные бумаги, доли участия в уставном капитале, недвижимое имущество, деньги, принадлежащие государству, а также иное государственное имущество, в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан и иными законами Республики Казахстан, за исключением военного имущества и неиспользуемого военного имущества Вооруженных Сил, других войск и воинских формирований Республики Казахстан, физкультурно-оздоровительных и спортивных сооружений государственных организаций среднего образования, памятников истории и культуры и водохозяйственных сооружений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z366" w:id="17"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> Закона;</w:t>
+    <w:bookmarkStart w:name="z668" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) доверительный управляющий – физические и негосударственные юридические лица, если иное не предусмотрено законами Республики Казахстан, заключившие договор доверительного управления с учредителем, балансодержателем или органом управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z367" w:id="18"/>
-[...15 lines deleted...]
-      9) учредитель доверительного управления государственным имуществом (далее – учредитель) – уполномоченный орган по государственному имуществу или местный исполнительный орган либо аппарат акима города районного значения, села, поселка, сельского округа;</w:t>
+    <w:bookmarkStart w:name="z669" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) вознаграждение – выплаты доверительному управляющему при передаче объекта в доверительное управление, осуществляемые за счет чистого дохода от доверительного управления учредителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z368" w:id="19"/>
-[...15 lines deleted...]
-      10) объект – имущественный комплекс государственного предприятия, ценные бумаги, доли участия в уставном капитале, недвижимое имущество, деньги, принадлежащие государству, а также иное государственное имущество, за исключением военного имущества и неиспользуемого военного имущества Вооруженных Сил, других войск и воинских формирований Республики Казахстан, физкультурно-оздоровительных и спортивных сооружений государственных организаций среднего образования, памятников истории и культуры и водохозяйственных сооружений;</w:t>
+    <w:bookmarkStart w:name="z670" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тендер – это форма торгов по предоставлению объекта в доверительное управление, проводимая с использованием веб-портала реестра в электронном формате, при которых учредитель обязуется на основе предложенных им исходных условий заключить договор с тем из участников тендера, кто предложит лучшие для учредителя условия договора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z369" w:id="20"/>
-[...15 lines deleted...]
-      11) рыночная стоимость объекта – расчетная денежная сумма, по которой объект доверительного управления с правом последующего выкупа может быть отчужден на основании сделки в условиях конкуренции, когда стороны сделки действуют, располагая всей доступной информацией об объекте оценки, расчетливо и без принуждения;</w:t>
+    <w:bookmarkStart w:name="z671" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) победитель тендера – участник тендера предложивший наименьший размер вознаграждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z370" w:id="21"/>
-[...15 lines deleted...]
-      12) доверительный управляющий – физические лица и негосударственные юридические лица, если иное не предусмотрено законами Республики Казахстан, заключившие договор доверительного управления с учредителем;</w:t>
+    <w:bookmarkStart w:name="z672" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) участник тендера – физическое или негосударственное юридическое лицо, зарегистрированное в установленном настоящими Правилами порядке для участия в тендере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z371" w:id="22"/>
-[...15 lines deleted...]
-      13) вознаграждение – выплаты доверительному управляющему при передаче объекта в доверительное управление без права последующего выкупа, осуществляемые за счет чистого дохода от доверительного управления учредителя;</w:t>
+    <w:bookmarkStart w:name="z673" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) тендерная комиссия – комиссия, созданная учредителем для организации и проведения тендера по передаче объекта в доверительное управление;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z372" w:id="23"/>
-[...15 lines deleted...]
-      14) тендер – это форма торгов по предоставлению объекта в доверительное управление, проводимая с использованием веб-портала реестра в электронном формате, при которых учредитель обязуется на основе предложенных им исходных условий заключить договор с тем из участников тендера, кто предложит лучшие для учредителя условия договора;</w:t>
+    <w:bookmarkStart w:name="z674" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тендерное предложение – предложение участника, содержащее размер вознаграждения (в процентном соотношении к чистому доходу от доверительного управления учредителя);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z373" w:id="24"/>
-[...15 lines deleted...]
-      15) победитель тендера – участник тендера или закрытого тендера, предложивший наиболее высокую цену за объект при передаче объекта в доверительное управление с правом последующего выкупа или участник тендера либо закрытого тендера, предложивший наименьший размер вознаграждения при передаче объекта в доверительное управление без права последующего выкупа;</w:t>
+    <w:bookmarkStart w:name="z675" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) веб-портал реестра – интернет-ресурс, размещенный в сети Интернет по адресу: www.e-qazyna.kz, предоставляющий единую точку доступа к электронной базе данных по договорам доверительного управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z374" w:id="25"/>
-[...15 lines deleted...]
-      16) участник тендера – физическое или негосударственное юридическое лицо, зарегистрированное в установленном настоящими Правилами порядке для участия в тендере или закрытом тендере;</w:t>
+    <w:bookmarkStart w:name="z676" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) договор – договор доверительного управления объектом, заключенный между учредителем, балансодержателем или органом управления и доверительным управляющим в соответствии с типовым договором согласно приложению 2 к настоящему Приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z375" w:id="26"/>
-[...15 lines deleted...]
-      17) тендерная комиссия – комиссия, созданная учредителем для организации и проведения тендера или закрытого тендера по передаче объекта в доверительное управление;</w:t>
+    <w:bookmarkStart w:name="z677" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) электронный документ – документ, в котором информация представлена в электронно-цифровой форме и удостоверена посредством электронной цифровой подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z376" w:id="27"/>
-[...15 lines deleted...]
-      18) тендерное предложение – предложение участника, содержащее размер вознаграждения (в процентном соотношении к чистому доходу от доверительного управления учредителя) при передаче объекта в доверительное управление без права последующего выкупа;</w:t>
+    <w:bookmarkStart w:name="z678" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z377" w:id="28"/>
-[...15 lines deleted...]
-      19) веб-портал реестра – интернет-ресурс, размещенный в сети Интернет по адресу: www.e-qazyna.kz, предоставляющий единую точку доступа к электронной базе данных по договорам доверительного управления;</w:t>
+    <w:bookmarkStart w:name="z679" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) электронный кошелек электронных денег (далее – электронный кошелек) – лицевой счет потенциального участника в реестре, используемый единым оператором для учета денежных средств, внесенных потенциальным участником на специальный транзитный счет единого оператора в банке второго уровня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z378" w:id="29"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Приказу;</w:t>
+    <w:bookmarkStart w:name="z680" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок передачи государственного имущества в доверительное управление</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z379" w:id="30"/>
-[...15 lines deleted...]
-      21) электронный документ – документ, в котором информация представлена в электронно-цифровой форме и удостоверена посредством электронной цифровой подписи;</w:t>
+    <w:bookmarkStart w:name="z681" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Решение о передаче объекта в доверительное управление принимается учредителем, сведения о котором включаются учредителем в электронную базу данных по договорам доверительного управления в течение 10 (десяти) рабочих дней с даты принятия решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z380" w:id="31"/>
-[...15 lines deleted...]
-      22) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+    <w:bookmarkStart w:name="z682" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление срока действия договора осуществляется при надлежащем выполнении доверительным управляющим условий договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...147 lines deleted...]
-        <w:t>Глава 2. Порядок передачи объекта в доверительное управление</w:t>
+    <w:bookmarkStart w:name="z683" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доверительный управляющий не позднее 10 (десяти) рабочих дней до завершения договора письменно направляет учредителю заявление о намерении продлить срок действия договора с приложением отчета о деятельности по доверительному управлению государственным имуществом за весь период договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
-[...15 lines deleted...]
-      3. Решение о передаче объекта в доверительное управление с правом или без права последующего выкупа принимается учредителем, сведения о котором включаются учредителем в электронную базу данных по договорам доверительного управления в течение десяти рабочих дней с даты принятия решения.</w:t>
+    <w:bookmarkStart w:name="z684" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление срока действия договора осуществляется путем заключения дополнительного соглашения к основному договору. Дополнительное соглашение по продлению срока действия договора заключается на новый срок, не превышающий срок основного договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p>
-[...167 lines deleted...]
-      3-1. При передаче принадлежащих государству акций (долей участия в уставном капитале) акционерных обществ (товариществ с ограниченной ответственностью или иных юридических лиц) в доверительное управление доверительному управляющему не могут быть переданы права государства, связанные с решением следующих вопросов: </w:t>
+    <w:bookmarkStart w:name="z685" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительное соглашение к договору заключается в электронном формате на веб-портале реестра и подписывается учредителем, балансодержателем или органом управления и доверительным управляющим с использованием ЭЦП до истечения срока действия договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z435" w:id="35"/>
+    <w:bookmarkStart w:name="z686" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При передаче принадлежащих государству акций (долей участия в уставном капитале) акционерных обществ (товариществ с ограниченной ответственностью или иных юридических лиц) в доверительное управление доверительному управляющему не передаются права государства, связанные с решением следующих вопросов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z687" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) об изменении устава акционерного общества, товарищества с ограниченной ответственностью и иного юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z436" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z688" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об изменении (увеличении или уменьшении) размера уставного капитала акционерного общества, товарищества с ограниченной ответственностью и иного юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z437" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z689" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о ликвидации акционерного общества, товарищества с ограниченной ответственностью или иного юридического лица, их реорганизации, а также об изменении их наименования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z690" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается передача акций (долей участия в уставном капитале) акционерных обществ (товариществ с ограниченной ответственностью или иных юридических лиц) в доверительное управление с отказом государства от своего права на дивиденды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...245 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p>
-[...117 lines deleted...]
-      3-4. Порядок и сроки представления отчета доверительным управляющим устанавливаются договором, в том числе:</w:t>
+    <w:bookmarkStart w:name="z691" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доверительный управляющий обеспечивает направление части чистого дохода акционерного общества (товарищества с ограниченной ответственностью или иного юридического лица) на выплату дивидендов (дохода) в размере, установленном Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z569" w:id="41"/>
+    <w:bookmarkStart w:name="z692" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Возмещение необходимых расходов доверительного управляющего, произведенных им при доверительном управлении имуществом, осуществляется за счет доходов от использования доверенного имущества и (или) за счет средств, предусмотренных в бюджете по текущей бюджетной программе соответствующего администратора бюджетной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z693" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возмещение необходимых расходов доверительного управляющего, произведенных им при доверительном управлении имуществом, за счет бюджетных средств осуществляются соответствующими администраторами бюджетных программ в порядке, установленном Бюджетным кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z694" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Налоговые обязательства по налогу на имущество, земельному налогу и налогу на транспортные средства подлежат исполнению доверительным управляющим при передаче в доверительное управление республиканского и коммунального имущества, закрепленного на балансе государственного предприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z695" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При передаче в доверительное управления республиканского и коммунального имущества, закрепленного на балансе государственного учреждения, налоговые обязательства по налогу на имущество, земельному налогу и налогу на транспортные средства не подлежат исполнению доверительным управляющим.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z696" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Порядок и сроки представления отчета доверительным управляющим устанавливаются договором, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z697" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       отчет обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, предоставляемый в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов Республики Казахстан от 31 июля 2023 года № 816 "Об утверждении Правил и сроков представления физическими и юридическими лицами, участвующими в выполнении функций по управлению государственным имуществом, отчетов обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33221);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z570" w:id="42"/>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра финансов Республики Казахстан от 31 июля 2023 года № 816 "Об утверждении Правил и сроков представления физическими и юридическими лицами, участвующими в выполнении функций по управлению государственным имуществом, отчетов обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33221);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z698" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       годовой отчет, в котором отражаются промежуточные результаты управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z571" w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z699" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отчет за весь период действия договора доверительного управления, в котором излагаются результаты управления государственным имуществом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z572" w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z700" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Годовой отчет содержит следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z573" w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z701" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о доходах, полученных доверительным управляющим в результате доверительного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z574" w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z702" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о расходах, понесенных доверительным управляющим в результате доверительного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z575" w:id="47"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z703" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о действиях, предпринятых доверительным управляющим в рамках доверительного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z576" w:id="48"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z704" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные сведения, связанные с доверительным управлением государственного имущества, предоставляемые по письменному запросу учредителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z577" w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z705" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчет о деятельности по доверительному управлению государственным имуществом за весь период договора содержит следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z578" w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z706" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сводные финансовые показатели доверительного управления государственным имуществом за весь период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z579" w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z707" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       размер вознаграждения доверительного управляющего за весь период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z580" w:id="52"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z708" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сравнительный анализ фактических показателей доверительного управления государственным имуществом за весь период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z581" w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z709" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные сведения, связанные с доверительным управлением государственного имущества за весь период, представляемые по письменному запросу учредителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z582" w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z710" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К отчетам прилагаются копии документов, подтверждающих информацию, содержащуюся в отчетах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...122 lines deleted...]
-    <w:bookmarkStart w:name="z636" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z711" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Передача объекта в доверительное управление осуществляется на тендерной основе, за исключением следующих случаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z712" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) передачи объекта юридическому лицу с участием государства, которому передается объект в оплату уставного капитала по решению уполномоченного органа по государственному имуществу или местного исполнительного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z637" w:id="58"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z713" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) передачи газопроводов и объектов электро-энергоснабжения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z638" w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z714" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) передачи стратегических объектов, а также пакетов акций (долей участия) в юридических лицах, в собственности которых находятся стратегические объекты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z639" w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z715" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) передачи объектов недвижимости и акций акционерных обществ, созданных в реализацию международных соглашений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z640" w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z716" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) передачи государственных информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z643" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z717" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) передачи автомобильных дорог общего пользования международного и республиканского значения и объектов дорожной службы Национальному оператору по управлению автомобильными дорогами для строительства, реконструкции, ремонта, организации платного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z718" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) передачи единому оператору в сфере учета государственного имущества активов территориальных подразделений уполномоченного органа по государственному имуществу, согласно перечню, утверждаемому уполномоченным органом по государственному имуществу в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z719" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) передачи недвижимого имущества Национальному оператору в области здравоохранения для организации строительства, содержания и эксплуатации объектов здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z644" w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z720" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) передачи субъекту государственной монополии в сферах информатизации и обеспечения информационной безопасности объектов органов национальной безопасности, предназначенных для обеспечения информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z645" w:id="66"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z721" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) передачи коммунального имущества благотворительным и волонтерским организациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z646" w:id="67"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z722" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) передачи автомобильных дорог Национальному оператору по управлению автомобильными дорогами для ремонта по решению Совета по привлечению инвестиций (инвестиционный штаб), созданного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>распоряжением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 19 марта 2021 года № 64-р "О создании совета по привлечению инвестиций (инвестиционный штаб)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z723" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае, предусмотренном подпунктом 1) пункта 8 настоящих Правил, республиканское имущество предоставляется в доверительное управление без проведения тендера на основании предложения уполномоченного органа соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z724" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, передача государственных пакетов акций (долей участия в уставном капитале) и стратегических объектов в доверительное управление осуществляется при наличии решения Правительства Республики Казахстан о передаче в оплату акций (уставного капитала) юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z725" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. За исключением случая, предусмотренного подпунктом 1) пункта 8 настоящих Правил, предоставление объекта в доверительное управление без проведения тендера осуществляется на основании заявления на предоставление объекта в доверительное управление (далее – заявление).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z726" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление оформляется в произвольной форме с указанием наименования объекта, его балансодержателя, а также обоснования потребности в объекте с предоставлением следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z727" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для юридических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z728" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия свидетельства с предъявлением оригинала для сверки или нотариально удостоверенная копия указанного документа либо справка о государственной регистрации (перерегистрации) юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z729" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии учредительных документов (учредительный договор и устав) с предъявлением оригинала для сверки либо нотариально удостоверенные копии указанных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z730" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для физического лица и индивидуального предпринимателя – копия документа, удостоверяющего личность физического лица, с предъявлением оригинала для сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z731" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Заявление при предоставлении объекта в доверительное управление без проведения тендера рассматривается учредителем в течение 15 (пятнадцати) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z732" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учредитель в течение 3 (трех) рабочих дней направляет полученное заявление на согласование балансодержателю или органу управления (при предоставлении государственного пакета акций (долей участия в уставном капитале) акционерного общества (товарищества с ограниченной ответственностью или иного юридического лица). Документы, приложенные к заявлению, балансодержателю не направляются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z733" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балансодержатель или орган управления (при предоставлении государственного пакета акций (долей участия в уставном капитале) акционерного общества (товарищества с ограниченной ответственностью или иного юридического лица) в течение 7 (семи) рабочих дней со дня поступления заявления согласовывает, либо отказывает в предоставлении объекта в доверительное управление с предоставлением мотивированного ответа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z734" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае согласования заявления в письменной форме предоставляются предложения об установлении условий по передаче объекта в доверительное управление и предельного размера вознаграждения (в процентном соотношении к чистому доходу от доверительного управления учредителя), составляющего не более 50 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z735" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учредитель в течении 3 (трех) рабочих дней письменно уведомляет заявителя о результатах рассмотрения заявления о предоставлении или не предоставлении объекта в доверительное управление без проведения тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z736" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование по установлению размера вознаграждения не распространяются на случаи, когда в доверительное управление передаются объекты, эксплуатацию которых будет осуществлять субъект естественных монополий, а также объекты, для управления которыми привлечены международные займы под гарантию государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z737" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. При предоставлении объекта в доверительное управление без проведения тендера договор с доверительным управляющим заключается руководителем учредителя, либо лицом, исполняющим его обязанности, балансодержателем или органом управления на веб-портале реестра с использованием ЭЦП в срок не позднее 20 (двадцати) рабочих дней со дня подачи заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z738" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...89 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Подготовка к передаче государственного имущества в доверительное управление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z739" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Орган управления (в отношении государственного пакета акций акционерного общества и долей участия в товариществе с ограниченной ответственностью) и (или) балансодержатель (в отношении движимого и недвижимого государственного имущества) для передачи объекта в доверительное управление представляет учредителю следующую информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z740" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) краткую характеристику объекта, сведения о его балансовой стоимости и наименование балансодержателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z741" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) учредительные документы юридического лица, акции (доли) либо имущественный комплекс которого являются объектом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z742" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информацию о финансово-хозяйственной деятельности за последние 3 (три) финансовых года юридического лица, акции (доли) либо имущественный комплекс которого являются объектом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z743" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обоснования целесообразности передачи объекта в доверительное управление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z744" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предложения по установлению условий передачи объекта в доверительное управление и требований к участникам тендера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z745" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) расчеты планируемых доходов и расходов от доверительного управления объектом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z746" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предложения по установлению предельного размера вознаграждения (в процентном соотношении к чистому доходу от доверительного управления учредителя);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z747" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) предложения по установлению источника возмещения необходимых расходов доверительного управляющего при осуществлении им доверительного управления в соответствии с пунктом 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z748" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Должностные лица государственных юридических лиц, а также негосударственных юридических лиц, акции и доли участия государства в уставных капиталах которых выступают объектом передачи в доверительное управление, по письменному запросу учредителя представляют сведения, необходимые для подготовки объекта к передаче в доверительное управление в течение 7 (семи) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z749" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...89 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Подготовка к проведению тендера</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z750" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Учредитель в целях учреждения доверительного управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z751" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует тендер (утверждает состав и регламент работы тендерной комиссии, обеспечивает публикацию извещения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z752" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет контроль за ходом проведения тендера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z753" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заключает договор с доверительным управляющим;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z754" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иные функции, связанные с передачей объекта в доверительное управление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z755" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Для организации и проведения тендеров учредителем образуется тендерная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z756" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав тендерной комиссии включаются представители учредителя, органа управления, представительных органов и других государственных органов, и их территориальных подразделений, Национальной палаты предпринимателей Республики Казахстан "Атамекен" и региональных палат предпринимателей (в Комиссии при местных исполнительных органах либо аппаратах акима города районного значения, села, поселка, сельского округа), местных сообществ и иных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z757" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель тендерной комиссии и секретарь являются представителями учредителя. Число членов тендерной комиссии составляет не менее 5 (пяти) человек. Секретарь не является членом тендерной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z758" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тендерная комиссия осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z759" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет условия передачи объекта в доверительное управление (далее – условия тендера) и требования к участнику тендера (доверительному управляющему);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z760" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает размер гарантийного взноса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z761" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) устанавливает предельный размер вознаграждения (в процентном соотношении к чистому доходу от доверительного управления учредителя), составляющий не более 50 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z762" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определяет источник возмещения необходимых расходов доверительного управляющего при осуществлении им доверительного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z763" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Тендерная документация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z764" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При передаче объекта в доверительное управление учредитель публикует извещение о проведении тендера на веб-портале реестра на казахском и русском языках не менее чем за 15 (пятнадцать) календарных дней до его проведения, который содержит следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z765" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) условия тендера и критерии определения победителя тендера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z766" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) краткую характеристику объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z767" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дату, время проведения тендера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z768" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) для юридических лиц: </w:t>
-[...213 lines deleted...]
-    </w:p>
+      4) срок подачи заявки на участие в тендере по передаче государственного имущества в доверительное управление (далее – заявка) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z769" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) размер гарантийного взноса и банковские реквизиты для его внесения (размер гарантийного взноса не изменяется после опубликования извещения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z770" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предельный размер вознаграждения (в процентном соотношении к чистому доходу от доверительного управления учредителя);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z771" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) источник возмещения необходимых расходов доверительного управляющего при осуществлении им доверительного управления в соответствии с пунктом 5 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z772" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) требования к участнику тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z773" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В случае изменения тендерной комиссией условий тендера извещение обо всех изменениях публикуется в порядке и сроки, установленные пунктом 18 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z774" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицам, подавшим заявку до опубликования извещения об изменении условий тендера и отказавшимся в связи с этим от участия в тендере, гарантийные взносы возвращаются единым оператором в срок не позднее 3 (трҰх) рабочих дней со дня подачи заявления о возврате гарантийного взноса, поданного участником тендера, с указанием реквизитов этого участника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z775" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. До публикации извещения учредитель обеспечивает размещение на веб-портале реестра следующей информации об объекте:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z776" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведений о собственнике и балансодержателе объекта (адрес, номер телефона, адрес электронной почты);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z777" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фотографии, обеспечивающие представление о техническом состоянии объекта, передаваемого в доверительное управление (для недвижимого имущества), в количестве не менее 5 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z778" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по каждому юридическому лицу, акции (доли участия) либо имущественный комплекс которого являются объектом доверительного управления копии следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z779" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      свидетельство либо справка о государственной регистрации (перерегистрации) юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z780" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      устав;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z781" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      свидетельство о государственной регистрации выпуска объявленных акций (для акционерных обществ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z782" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бухгалтерские балансы с приложениями за три года, предшествующие отчетному периоду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z783" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) условия передачи, указанные в пункте 4 настоящих Правил, при передаче принадлежащих государству акций акционерных обществ или долей участия в уставном капитале товариществ с ограниченной ответственностью в доверительное управление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z784" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проект договора, составленный с учетом условий тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z785" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После публикации извещения единый оператор обеспечивает доступ всем желающим к информации об объекте, размещенной на веб-портале реестра, а балансодержатель обеспечивает доступ к осмотру объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z786" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Единый оператор обеспечивает функционирование веб-портала реестра, а также принимает гарантийные взносы участников, разблокирует гарантийные взносы победителя тендера после подписания им протокола о результатах тендера и договора, а также других участников тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z787" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Единый оператор:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z788" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в течение 1 (одного) рабочего дня с даты заключения договора производит разблокировку гарантийного взноса победителя тендера в его электронном кошельке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z789" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает возможность многократного использования разблокированных в электронном кошельке денежных средств других участников для подачи ими заявки на участие в других торгах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z790" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает перечисление денежных средств участника тендера на реквизиты, указанные участником в заявлении на вывод денег из электронного кошелька;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z791" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на основании заявления на перечисление гарантийного взноса, подписанного учредителем в течение 15 (пятнадцати) рабочих дней с даты проведения тендера с использованием ЭЦП на веб-портале реестра, производит перечисление гарантийного взноса победителя тендера, в случае не подписания им протокола о результатах тендера или договора, а также участника, в случае его отказа от участия в тендере менее чем за 3 (три) рабочих дня до его проведения, в доход республиканского или местного бюджета по реквизитам, указанным учредителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z792" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Участники тендера вносят гарантийный взнос в электронный кошелек в размере, сроки и порядке, указанные в извещении о проведении тендера. Гарантийный взнос вносится самим участником либо любым другим физическим или юридическим лицом от его имени. Один гарантийный взнос дает возможность участия в тендере на один объект. Получателем гарантийного взноса является единый оператор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z793" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Гарантийный взнос для участия в тендере устанавливается для каждого объекта отдельно, в размере 3 (трех) процентов от его балансовой стоимости, но не менее 50 (пятидесяти) месячных расчетных показателей, установленных законодательством Республики Казахстан на 1 января соответствующего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z794" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Гарантийный взнос вносится в качестве гарантии обеспечения следующих обязательств участника:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z795" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подписание протокола о результатах тендера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z796" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключение договора с учредителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z797" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Гарантийный взнос не возвращается единым оператором в случае отказа участника от участия в тендере менее чем за 3 (три) рабочих дня до его проведения, за исключением случаев, предусмотренных частью второй пункта 19 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z798" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае не подписания победителем протокола о результатах тендера либо договора, гарантийный взнос не возвращается и перечисляется в доход республиканского или местного бюджета по реквизитам, указанным учредителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z799" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во всех остальных случаях денежные средства на сумму гарантийного взноса разблокируются в электронном кошельке участника в день тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z800" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Единый оператор в течение 1 (одного) рабочего дня с даты заключения договора, производит разблокировку гарантийного взноса победителя тендера в его электронном кошельке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z801" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...154 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1853 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Проведение тендера</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z802" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Регистрация участников тендера производится со дня публикации извещения и заканчивается за 2 (два) часа до начала тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z803" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Для участия в тендере участнику необходимо предварительно зарегистрироваться на веб-портале реестра с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z804" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для физических лиц и индивидуальных предпринимателей: индивидуального идентификационного номера (далее – ИИН), фамилии, имени и отчества (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z124" w:id="111"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z805" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для юридических лиц: бизнес-идентификационного номера (далее – БИН), полного наименования, фамилии, имени и отчества (при наличии) первого руководителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z125" w:id="112"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z806" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реквизитов расчетного счета в банке второго уровня для возврата гарантийного взноса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-[...281 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z807" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) контактных данных (адрес, номер телефона, адрес электронной почты).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z808" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При изменении вышеуказанных данных участник в течение 1 (одного) рабочего дня вносит соответствующие изменения в данные на веб-портале реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z809" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Для регистрации в качестве участника тендера необходимо на веб-портале реестра зарегистрировать заявку, подписанную ЭЦП участника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z810" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. К заявке, содержащей согласие с условиями тендера, прилагается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z811" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тендерное предложение, подписанное участником тендера, загружаемое в электронный конверт на специально отведенной веб-странице реестра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z812" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронные (сканированные в формате "PDF (PortableDocumentFormat)" копии документов, подтверждающие соответствие участника требованиям, указанным в извещении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z813" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. После регистрации заявки веб-порталом реестра в течение 3 (трҰх) минут производится автоматическая проверка:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z814" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на наличие в электронном кошельке участника тендера денежных средств в размере гарантийного взноса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z815" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на отсутствие в государственной базе данных органов государственных доходов сведений о задолженности участника по социальным платежам и налоговой задолженности, за исключением случаев предоставления отсрочки по уплате налогов и (или) плат в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (далее – Налоговый кодекс).</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" (далее – Налоговый кодекс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z816" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Основанием для отклонения веб-порталом реестра заявки участника является не поступление за два часа до начала тендера гарантийного взноса, указанного в извещении о проведении тендера, на счет единого оператора и/или наличие в государственной базе данных органов государственных доходов сведений о задолженности по социальным платежам и налоговой задолженности, за исключением случаев предоставления отсрочки по уплате налогов и (или) плат в соответствии с </w:t>
+      Основанием для отклонения веб-порталом реестра заявки участника является отсутствие за 2 (два) часа до начала тендера денежных средств в электронном кошельке участника тендера в размере гарантийного взноса, указанного в извещении о проведении тендера и/или наличие в государственной базе данных органов государственных доходов сведений о задолженности по социальным платежам и налоговой задолженности, за исключением случаев предоставления отсрочки по уплате налогов и (или) плат в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z817" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Веб-портал реестра осуществляет принятие заявки в случае наличия в электронной базе данных по договорам доверительного управления сведений о поступлении гарантийного взноса на счет единого оператора и отсутствии в государственной базе данных органов государственных доходов сведений о задолженности участника по социальным платежам и налоговой задолженности, за исключением случаев предоставления отсрочки по уплате налогов и (или) плат в соответствии с </w:t>
+      Веб-портал реестра осуществляет принятие заявки в случае успешной блокировки денежных средств в размере гарантийного взноса в электронном кошельке участника и отсутствии в государственной базе данных органов государственных доходов сведений о задолженности участника по социальным платежам и налоговой задолженности, за исключением случаев предоставления отсрочки по уплате налогов и (или) плат в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z818" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам автоматической проверки веб-портал реестра направляет на адрес электронной почты участника, указанный на веб-портале реестра, электронное уведомление о принятии заявки либо причинах отклонения заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z819" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Тендер на веб-портале реестра проводится со вторника по пятницу, за исключением выходных и праздничных дней, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан". Тендер начинается в период с 10:00 до 13:00 часов по времени города Астаны и заканчивается в день проведения тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z820" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Лицо, которое в соответствии с законами Республики Казахстан или учредительными документами не может заниматься теми видами деятельности, осуществление которых является условием тендера не является участником тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z821" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Заявки и тендерные предложения, прилагаемые к заявкам, электронные (сканированные) копии документов участников хранятся на веб-портале реестра и не доступны для загрузки и просмотра до времени и даты, указанных в извещении о проведении тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z822" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Вскрытие заявок производится посредством веб-портала реестра автоматически по наступлению даты и времени тендера, указанных в извещении о проведении тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z823" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Заявки, а также прилагаемые к ним электронные (сканированные) копии документов рассматриваются учредителем на веб-портале реестра, в целях определения участников, допущенных к тендеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z824" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии участника требованиям, указанным в извещении, учредитель не допускает участника к тендеру, с указанием причины.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z825" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. При передаче объекта в доверительное управление веб-портал реестра по результатам автоматического вскрытия и сопоставления тендерных предложений участников, допущенных к тендеру учредителем, определяет победителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z826" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Победителем признается участник, предложивший наименьший размер вознаграждения (в процентном соотношении к чистому доходу от доверительного управления учредителя), но не более предельного размера, указанного в извещении о проведении тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z827" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае совпадения (равенства) размеров вознаграждения участников тендера, победителем, признается участник, ранее зарегистрировавший заявку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z828" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если до участия в тендере по передаче объекта в доверительное управление допущен 1 (один) участник, договор заключается с единственным участником на условиях тендера и тендерного предложения участника при условии соответствия его заявки требованиям и условиям, предусмотренным тендерной документацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z829" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...964 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="140"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Оформление результатов тендера и содержание договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z830" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Протокол о результатах тендера является документом, фиксирующим обязательства победителя, учредителя и балансодержателя или органа управления заключить договор на условиях тендера и предложений победителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z831" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Веб-портал реестра направляет победителю уведомление о результатах тендера по электронной почте для подписания протокола о результатах тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z832" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В протоколе о результатах тендера по передаче объекта в доверительное управление указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z163" w:id="141"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z833" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) список не допущенных участников с указанием причины;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z164" w:id="142"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z834" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) список допущенных участников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z165" w:id="143"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z835" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) победитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-[...393 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z836" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Протокол о результатах тендера по передаче объекта в доверительное управление подписывается учредителем и победителем в день проведения тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z837" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Тендер признается несостоявшимся в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z838" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствия участников, допущенных к тендеру по передаче объекта в доверительное управление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z839" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не подписания учредителем или победителем протокола о результатах тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z840" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Если тендер объявляется несостоявшимся, учредителем в течение 24 (двадцати четырех) часов после времени и даты тендера, указанных в извещении о проведении тендера, подписывается с использованием ЭЦП акт о несостоявшемся тендере, формируемый веб-порталом реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z841" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учредителем подписывается с использованием ЭЦП акт об отмене результатов тендера, формируемый веб-порталом реестра в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z842" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не подписания победителем в установленные сроки протокола о результатах тендера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z843" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не подписания договора в установленные сроки балансодержателем или органом управления либо победителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z844" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление сроков подписания протокола о результатах тендера либо договора не допускается, за исключением случаев, указанных в пункте 45 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z845" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. В случае наличия факта технического сбоя веб-портала реестра, препятствующего проведению тендера, единый оператор письменно уведомляет об этом учредителя и переносит тендер на следующий рабочий день после дня исправления технического сбоя с обязательным предварительным уведомлением принимавших участие в тендере участников о дате и времени продолжения данного тендера посредством размещения информации на веб-портале реестра и направления электронного сообщения на адрес электронной почты участника, указанный на веб-портале реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z846" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения процессов подписания протокола о результатах тендера по причине технического сбоя, единый оператор обеспечивает техническую возможность учредителю и победителю тендера для подписания протокола о результатах тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z847" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. При признании тендера несостоявшимся из-за отсутствия участников, допущенных к тендеру, тендерная комиссия может изменить условия тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z848" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Доверительное управление объектом возникает (учреждается) на основании договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z849" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договор формируется учредителем на веб-портале реестра и направляется балансодержателю или органу управления и победителю тендера в течение 5 (пяти) рабочих дней со дня подписания протокола о результатах торгов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z850" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договор подписывается руководителем учредителя, либо лицом, исполняющим его обязанности, балансодержателем или органом управления и победителем с использованием ЭЦП в срок не более 5 (пяти) рабочих дней со дня направления балансодержателю или органу управления и победителю тендера проекта договора, за исключением объектов, передаваемых в доверительное управление без проведения тендера в соответствии с пунктом 8 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z851" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения срока подписания договора, веб-порталом реестра формируется акт об отмене результатов торгов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z852" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения процессов подписания договора по причине технического сбоя, единый оператор обеспечивает техническую возможность учредителю, балансодержателю или органу управления и победителю тендера для подписания договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z853" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт приема-передачи объекта подписывается Доверительным управляющим и балансодержателем и утверждается Учредителем на веб-портале реестра с использованием ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...401 lines deleted...]
-    <w:bookmarkStart w:name="z652" w:id="158"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z854" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Договор доверительного управления на недвижимое имущество подлежит государственной регистрации. Государственная регистрация договора осуществляется за счет средств доверительного управляющего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z855" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Договор предусматривает условия в соответствии с тендерными предложениями победителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z856" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Условиями передачи принадлежащих государству акций (долей участия в уставном капитале) акционерных обществ (товариществ с ограниченной ответственностью) в доверительное управление являются обязательства доверительного управляющего в отношении:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z857" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сохранения существующего количества или создания новых рабочих мест;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z653" w:id="159"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z858" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) совершения сделок и/или запрещения определенных действий в отношении объекта в течение определенного периода времени;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z654" w:id="160"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z859" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сохранения профиля деятельности объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z655" w:id="161"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z860" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведения ежегодного независимого аудита финансовой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-[...143 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z861" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Обязательства с учетом специфики объекта на основании предложения органа управления определяются тендерной комиссией (при передаче объекта на тендерной основе) или учредителем (при передаче объекта без проведения тендера).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8294,106 +5311,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного имущества</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в доверительное управление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...54 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8416,327 +5377,373 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="163"/>
+    <w:bookmarkStart w:name="z864" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАЯВКА на участие в тендере по передаче государственного имущества в доверительное управление</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z657" w:id="164"/>
+        <w:t xml:space="preserve"> ЗАЯВКА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на участие в тендере по передаче государственного имущества в доверительное управление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z865" w:id="212"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Рассмотрев опубликованное извещение о проведении тендера по передаче</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-[...14 lines deleted...]
-        <w:t>_____________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование объекта)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в доверительное управление __________ последующего выкупа сроком на _____,</w:t>
-[...16 lines deleted...]
-        <w:t>(с правом / без права)</w:t>
+        <w:t>в доверительное управление сроком на ________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и ознакомившись с Правилами передачи государственного имущества</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в доверительное управление, я, нижеподписавшийся</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии), либо наименование юридического лица)</w:t>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) либо наименование юридического лица)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>прошу принять заявку на участие в тендере и зарегистрировать в качестве участника</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тендера, который состоится "___" ________ 20__ года на веб-портале реестра</w:t>
+        <w:t>тендера, который состоится "___" __________ 20__ года на веб-портале реестра</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного имущества, размещенного в сети Интернет по адресу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>www.gosreestr.kz.</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z658" w:id="165"/>
+        <w:t>www.e-qazyna.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z866" w:id="213"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нами (мною) внесен гарантийный взнос для участия в тендере общей суммой</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-[...14 lines deleted...]
-        <w:t>_____________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указывается сумма в тенге, в том числе прописью)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8760,51 +5767,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(далее – единый оператор), указанный в извещении:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(индивидуальный идентификационный код (далее – ИИК), банковский</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8814,127 +5838,156 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>идентификационный код (далее – БИК), код назначения платежа, код бенефициара</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(далее – КБе)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z659" w:id="166"/>
+    <w:bookmarkStart w:name="z867" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения об объектах доверительного управления, по которым внесен гарантийный взнос:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z868" w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="215"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8988,68 +6041,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z872" w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="216"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9093,68 +6158,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z876" w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="217"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9245,167 +6322,196 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого</w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z660" w:id="167"/>
+    <w:bookmarkStart w:name="z884" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о внесенных гарантийных взносах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z885" w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="219"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9531,68 +6637,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z891" w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="220"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9700,68 +6818,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z897" w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="221"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9916,51 +7046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итого</w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10024,79 +7154,79 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z661" w:id="168"/>
+      <w:bookmarkStart w:name="z909" w:id="222"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Согласен (ы) с тем, что в случае обнаружения нашего (моего) несоответствия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-[...14 lines deleted...]
-        <w:t>      требованиям, предъявляемым участнику, мы (я) лишаемся права участия в тендере,</w:t>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требованиям, предъявляемым участнику, мы (я) лишаемся права участия в тендере,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в случае нашей (моей) победы на тендере подписанные нами (мною) Протокол</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -10112,989 +7242,989 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>недействительными.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z662" w:id="169"/>
+      <w:bookmarkStart w:name="z910" w:id="223"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае, если мы (я) становимся Победителями тендера, принимаем на себя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-[...14 lines deleted...]
-        <w:t>      обязательства подписать Протокол о результатах тендера в день проведения тендера</w:t>
+    <w:bookmarkEnd w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательства подписать Протокол о результатах тендера в день проведения тендера</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и заключить Договор доверительного управления на условиях тендера, указанных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в извещении и предложенных нами (мною), не позднее десяти рабочих дней со дня</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z663" w:id="170"/>
+        <w:t>в извещении и предложенных нами (мною), не позднее 10 (десяти) рабочих дней</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>со дня подписания протокола о результатах тендера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z911" w:id="224"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Согласен (ы) с тем, что сумма внесенного нами гарантийного взноса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-[...48 lines deleted...]
-        <w:t>отказа от участия в тендере менее чем за три рабочих дня до его проведения;</w:t>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не возвращается и направляется в доход республиканского или местного бюджета в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отказа от участия в тендере менее чем за 3 (три) рабочих дня до его проведения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>не подписания протокола о результатах тендера либо договора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>передачи объекта в доверительное управление с правом последующего выкупа;</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>моего отказа от права выкупа объекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z664" w:id="171"/>
+      <w:bookmarkStart w:name="z912" w:id="225"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящая заявка вместе с Протоколом о результатах тендера имеет силу договора,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z665" w:id="172"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего до заключения Договора доверительного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z913" w:id="226"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Представляю (-ем) сведения о себе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Для юридического лица:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Наименование</w:t>
+        <w:t>Наименование: ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бизнес-идентификационный номер (далее – БИН)</w:t>
+        <w:t>Бизнес-идентификационный номер (далее – БИН): ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) руководителя: __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес:______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер телефона: _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер (далее – ИИН)/БИН лица,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оплатившего гарантийный взнос _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К заявке прилагаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) _________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) _________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) _________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Фамилия, имя, отчество (при его наличии) руководителя</w:t>
+        <w:t>___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для физического лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии): _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>ИИН: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Паспортные данные: _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Адрес: _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Номер телефона (факса): ______________________________________________</w:t>
+        <w:t>Номер телефона: ____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Банковские реквизиты для возврата гарантийного взноса:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ИИК _______________________________________________________________</w:t>
-[...101 lines deleted...]
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>ИИК: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИК: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование банка: ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КБе: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН/БИН лица, оплатившего гарантийный взнос: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>К заявке прилагаются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) __________________________________________________________________</w:t>
-[...356 lines deleted...]
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>1) ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________ ________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись) (фамилия, имя, отчество (при его наличии) физического лица или</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11118,271 +8248,102 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>руководителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"____" ________ 20__ года.</w:t>
+        <w:t>"___" __________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Принята веб-порталом реестра государственного имущества</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"____" ________ 20__ года __________ часов _______ минут.</w:t>
-[...185 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>"___" __________ 20__ года __________ часов __________ минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер участника тендера _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11463,5843 +8424,3949 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 января 2015 года № 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z275" w:id="176"/>
+    <w:bookmarkStart w:name="z275" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовой договор доверительного управления государственным имуществом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 2 в соответствии с приказом Министра национальной экономики РК от 24.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра национальной экономики РК от 20.09.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа и.о. Министра национальной экономики РК от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 166</w:t>
+        <w:t>№ 119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра национальной экономики РК от 30.10.2023 </w:t>
-[...41 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования и распространяется на правоотношения, возникшие с 25.08.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z914" w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город _______ "___" __________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование уполномоченного органа по государственному имуществу или его</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориального подразделения или местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(исполнительного органа, уполномоченного местным исполнительным органом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на управление коммунальным имуществом, финансируемого из местного бюджета)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>либо аппарата акима города районного значения, села, поселка, сельского округа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именуемый в дальнейшем "Учредитель", в лице: Руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании Положения о Комитете государственного имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и приватизации Министерства финансов Республики Казахстан, утвержденного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом Министра финансов Республики Казахстан от "___" ________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ___, или Положения о ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование территориального подразделения уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по государственному имуществу) утвержденного приказом Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного имущества и приватизации Министерства финансов Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан № ___ от "___" __________ 20 __ года, или Положения исполнительного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа, уполномоченного местным исполнительным органом, финансируемого</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>из местного бюджета, аппаратом акима города районного значения, села, поселка,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сельского округа на управление коммунальным имуществом, с одной стороны, и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование юридического лица, фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>физического лица) именуемый в дальнейшем "Доверительный управляющий",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в лице_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(устава, положения, доверенности №____ от "___" _________ 20 ___ года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с другой стороны*,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование государственного юридического лица, за которым объект закреплен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на праве оперативного управления или хозяйственного ведения или уполномоченного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа соответствующей отрасли или местного исполнительного органа либо</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аппарата акима города районного значения, села, поселка, сельского округа,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляющий права владения и пользования государственным пакетом акций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(долями участия в уставном капитале) акционерного общества (товарищества с</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ограниченной ответственностью) и/или управление государственными юридическими</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицами) именуемый в дальнейшем "Балансодержатель" или "Орган управления",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в лице Руководителя _____________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании Положения о государственном юридическом лице,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за которым объект закреплен на праве оперативного управления или хозяйственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ведения ______________ от "___" _________ 20 ___ года №____, или Положения о</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование уполномоченного органа соответствующей отрасли) утвержденного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом ________ №____ от "___" _________ 20 ___ года, или Положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исполнительного органа, уполномоченного местным исполнительным органом,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>финансируемого из местного бюджета, аппаратом акима города районного значения,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>села, поселка, сельского округа на управление коммунальным имуществом, с третьей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стороны, совместно именуемые как "Стороны", на основании решения №____ от</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _________ 20 ___ года (приказ учредителя при передаче объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в доверительное управление без проведения тендера/протокол результатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронных торгов при передаче объекта в доверительное управление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при проведении тендера) заключили настоящий Договор (далее – Договор)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z915" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Предмет Договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z916" w:id="230"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Учредитель передает Доверительному управляющему</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование имущества и (или) состава имущества)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именуемый в дальнейшем "Объект", в доверительное управление, а Доверительный управляющий обязуется осуществлять управление Объектом в интересах Выгодоприобретателя, которым от лица Республики Казахстан или административно-территориальной единицы выступает Учредитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z917" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Объект передается в доверительное управление Доверительному управляющему в порядке и на условиях, предусмотренных законодательством Республики Казахстан и настоящим Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z918" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. Доверительный управляющий отчуждает или передает в залог недвижимое и движимое имущество, переданное ему по договору доверительного управления государственным имуществом, только в случаях, предусмотренных законами Республики Казахстан, договором о доверительном управлении государственным имуществом либо с письменного согласия учредителя доверительного управления государственным имуществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z919" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. Основанием, удостоверяющим право Доверительного управляющего на осуществление доверительного управления Объектом, является настоящий Договор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z920" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.5. Учредитель подтверждает, что Объект на дату его передачи Доверительному управляющему:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z921" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не находится в залоге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z922" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обременен/не обременен правами третьих лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z923" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не выставлен на продажу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z924" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.6. Передача Объекта в доверительное управление не влечет перехода права собственности на него к Доверительному управляющему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z925" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.7. Права и обязанности Доверительного управляющего по управлению Объектом возникают с момента передачи Объекта Доверительному управляющему. Передача Объекта осуществляется путем (составления акта приема-передачи, внесения соответствующей записи в реестр акционеров, участников товарищества с ограниченной ответственностью в соответствии с законодательством Республики Казахстан или иное в зависимости от Объекта, передаваемого в доверительное управление) в течение 10 (десяти) рабочих дней с момента заключения настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z926" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт приема-передачи Объекта подписывается Доверительным управляющим и балансодержателем и утверждается Учредителем на веб-портале реестра с использованием электронной цифровой подписи (далее – ЭЦП).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z927" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Права сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z928" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1. Учредитель имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z929" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать информацию (отчет) о деятельности Доверительного управляющего по управлению Объектом по письменному запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z930" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не вмешиваясь в деятельность Доверительного управляющего, контролировать выполнение обязательств Доверительного управляющего по настоящему Договору, в том числе путем проведения мониторинга эффективности управления Объектом, заслушивания отчета Доверительного управляющего по выполнению обязательств по Договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z931" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершать иные действия, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z932" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2. Доверительный управляющий имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z933" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) совершать в отношении переданного в доверительное управление Объекта юридические и фактические действия в интересах Учредителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z934" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на возмещение необходимых расходов, произведенных им при доверительном управлении государственным имуществом (применяется при наличии соответствующего решения тендерной комиссии при передаче Объекта в доверительное управление на тендерной основе/при наличии предложения органа управления/балансодержателя при передаче Объекта в доверительное управление без проведения тендера):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z935" w:id="249"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по Объектам, переданным в доверительное управление, за счет доходов от использования доверенного имущества или за счет средств, предусмотренных в бюджете на соответствующий финансовый год по текущей бюджетной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование бюджетной программы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующего администратора бюджетной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование администратора бюджетной программы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при предоставлении Aкта на возмещение расходов по Объекту доверительного управления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, к настоящему Договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z936" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на вознаграждение при передаче Объекта в доверительное управление при наличии и за счет чистого дохода от доверительного управления учредителя в размере ______ (в процентном соотношении к чистому доходу от доверительного управления учредителя, но не более предельного размера, указанного в извещении о проведении тендера) (при наличии соответствующего решения тендерной комиссии при передаче Объекта в доверительное управление на тендерной основе/при наличии предложения органа управления/балансодержателя при передаче Объекта в доверительное управление без тендера);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z937" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществлять иные права, предусмотренные настоящим Договором и действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z938" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3. Балансодержатель имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z939" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать информацию (отчет) у учредителя о деятельности доверительного управляющего по управлению объектом по письменному запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z940" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) участвовать в заслушивании отчета доверительного управляющего по выполнению обязательств по договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z941" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвовать в проведении мониторинга эффективности управления объектом проводимого учредителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z942" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) совершать иные действия, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z943" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4. Орган управления имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z944" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать информацию (отчет) у учредителя о деятельности доверительного управляющего по управлению объектом по письменному запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z945" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) участвовать в заслушивании отчета доверительного управляющего по выполнению обязательств по договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z946" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвовать в проведении мониторинга эффективности управления объектом проводимого учредителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z947" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) совершать иные действия, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z948" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Обязанности сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z949" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Учредитель обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z950" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) передать Объект Доверительному управляющему в сроки, установленные настоящим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z951" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) передать Доверительному управляющему необходимые документы для осуществления его обязанностей по настоящему Договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z952" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не передавать Объект в залог, не обременять правами третьих лиц, и не выставлять на продажу третьим лицам в течение срока действия настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z953" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Доверительный управляющий обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z954" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять эффективное управление Объектом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z955" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить сохранность Объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z956" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершать сделки с переданным в доверительное управление Объектом от своего имени, указывая при этом, что он действует в качестве Доверительного управляющего;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z957" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получить все разрешительные документы от уполномоченных государственных органов, которые являются необходимыми в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z958" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществлять права и обязанности Доверительного управляющего в соответствии с настоящим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z959" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) не совершать любые юридические и фактические действия, влекущие за собой фактическое отчуждение Объекта, за исключением случаев, предусмотренных в пункте 1.3 настоящего Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z960" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обособить Объект, полученный им в доверительное управление, от собственного имущества. Объект отражается у Доверительного управляющего на отдельном балансе, и по нему ведется самостоятельный учет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z961" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) открыть отдельный банковский счет для проведения расчетов по деятельности, связанной с доверительным управлением Объектом (при передаче в доверительное управление ценных бумаг и долей участия в уставном капитале применяется в случае необходимости проведения таких расчетов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z962" w:id="276"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) обеспечить перечисление в доход ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бюджета на код бюджетной классификации ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по следующим реквизитам: ____________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с обязательным указанием бизнес-идентификационного номера соответствующего департамента государственных доходов, чистый доход от доверительного управления учредителя (за вычетом вознаграждения) (применяется при передаче Объекта в доверительное управление, за исключением ценных бумаг и долей участия в уставном капитале);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z963" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечить направление в доход ________________________________ бюджета части чистого дохода акционерного общества (товарищества с ограниченной ответственностью) на выплату дивидендов (дохода) в размере, установленном Бюджетным кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z964" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) исполнять налоговые обязательства по налогу на имущество, земельному налогу и налогу на транспортные средства по Объекту, за исключением передачи в доверительное управление республиканского и коммунального имущества, закрепленного на балансе государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z965" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) возмещать Учредителю убытки, причиненные вследствие ненадлежащего исполнения им Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z966" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) исполнять обязанности, возникающие в результате действий по доверительному управлению, в целях надлежащего исполнения Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z967" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) представлять Учредителю годовой отчет в письменной форме__________________________________________; (сроки представления);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z968" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) представлять Учредителю отчет за весь период действия договора в письменной форме __________________________________________________; (сроки представления);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z969" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) представлять отчет о финансовой деятельности доверительного управляющего, связанного с государственным имуществом, переданным ему в доверительное управление настоящим Договором в порядке, определенном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра финансов Республики Казахстан от 31 июля 2023 года № 816 "Об утверждении Правил и сроков представления физическими и юридическими лицами, участвующими в выполнении функций по управлению государственным имуществом, отчетов обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33221) (далее – Приказ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z970" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) в случае заключения сделки об отчуждении или залоге государственного имущества, предоставлять отчет обо всех сделках имущественного характера, связанных с государственной собственностью в порядке, определенном приказом ______________________________________; (сроки представления);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z971" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) в течение 15 (пятнадцати) календарных дней с даты подписания Сторонами настоящего Договора принять меры по государственной регистрации настоящего Договора (применяется при передаче в доверительное управление недвижимого имущества);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z972" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) передать Объект Учредителю при прекращении настоящего Договора (истечении срока договора, досрочного расторжения) в течение 10 (десяти) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z973" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) иные обязанности (в зависимости от Объекта, передаваемого в доверительное управление).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z974" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Балансодержатель обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z975" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить передачу Объекта, за исключением ценных бумаг и долей участия в уставном капитале Доверительному управляющему в сроки, установленные настоящим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z976" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обеспечить возмещение необходимых расходов, произведенных доверительным управляющим при доверительном управлении государственным имуществом за счет средств, предусмотренных в бюджете на соответствующий финансовый год по текущей бюджетной программе, при предоставлении Aкта на возмещение расходов по объекту доверительного управления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Договору (в случае, если балансодержатель является администратором бюджетным программ, указанным в пункте 5 Правил);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z977" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвовать в осуществлении контроля за выполнением обязательств Доверительного управляющего по настоящему Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z978" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4. Орган управления обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z979" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участвовать в осуществлении контроля за выполнением обязательств Доверительного управляющего по настоящему Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z980" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Ответственность сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z981" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.1. Доверительный управляющий несет ответственность за любой вред или ущерб, причиненный им интересам Учредителя при управлении Объектом, за исключением вреда или ущерба, причиненного действием непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z982" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Стороны несут ответственность за неисполнение или ненадлежащее исполнение своих обязательств по настоящему Договору в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z983" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Форс-мажор</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z984" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Стороны освобождаются от ответственности за полное или частичное неисполнение обязательств по настоящему Договору, если оно явилось следствием обстоятельств непреодолимой силы (землетрясение, наводнение, пожар, эмбарго, война или военные действия, издание нормативных правовых актов государственными органами, запрещающих или каким-либо иным образом препятствующих исполнению обязательств), при условии, что эти обязательства не зависели от воли Сторон и сделали невозможным исполнение любой из сторон своих обязательств по настоящему Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z985" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Срок исполнения обязательств по настоящему Договору отодвигается соразмерно времени, в течение которого действовали обстоятельства непреодолимой силы, а также последствия, вызванные этими обстоятельствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z986" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3. Любая из Сторон при возникновении обстоятельств непреодолимой силы обязана в течение 30 (тридцати) календарных дней письменно информировать другую Сторону о наступлении этих обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z987" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.4. Не уведомление или несвоевременное уведомление лишает Сторону права ссылаться на любое вышеуказанное обстоятельство как на основание, освобождающее от ответственности за неисполнение обязательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z988" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.5. Если невозможность полного или частичного исполнения обязательства Сторонами будет существовать свыше 2 (двух) календарных месяцев, то Стороны вправе расторгнуть настоящий Договор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z989" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Конфиденциальность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z990" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.1. Стороны согласились, что вся информация, содержащаяся в Договоре, является конфиденциальной, и Стороны предпримут все необходимые меры для ее защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z991" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.2. Каждая из Сторон обязуются не разглашать конфиденциальную информацию, полученную от другой Стороны, и не вправе раскрывать эту информацию третьим лицам без предварительного письменного согласия другой Стороны, за исключением случаев, прямо предусмотренных действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z992" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Разрешение споров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z993" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.1. Все споры и разногласия, возникающие из настоящего Договора, решаются путем переговоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z994" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.2. В случае, невозможности решения споров и разногласий путем переговоров, спор подлежит рассмотрению в судебных органах Республики Казахстан в установленном законодательством порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z995" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Срок действия Договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z996" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.1. Настоящий Договор вступает в силу с даты его подписания Сторонами и действует до ____________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z997" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Контроль за выполнением условий Договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z998" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9.1. Контроль за выполнением условий настоящего Договора осуществляет Учредитель. С этой целью Учредитель также может образовать комиссию с участием представителей других заинтересованных государственных органов. Доверительный управляющий должен представлять на рассмотрение такой комиссии необходимые документы и отчеты по форме и в сроки, устанавливаемые самой комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z999" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Условия прекращения действия Договора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z1000" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.1. Настоящий Договор прекращает действие в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z1001" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) досрочного расторжения по соглашению Сторон либо в одностороннем порядке, согласно пункту 10.2 раздела 10 настоящего Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z1002" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) истечения срока действия Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z1003" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.2. В случае неисполнения и/или ненадлежащего исполнения Стороной условий настоящего Договора другая Сторона письменно предупреждает о необходимости устранения выявленных нарушений в срок до 30 (тридцати) календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z1004" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае не устранения нарушений в срок, указанный в пункте 10.2 настоящего Договора, предупреждающая Сторона вправе расторгнуть настоящий Договор в одностороннем порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z1005" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.3. Иные основания прекращения настоящего Договора определяются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z1006" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Прочие условия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z1007" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11.1. Во всем остальном, что не предусмотрено настоящим Договором, стороны будут руководствоваться законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z1008" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11.2. Учредитель, Балансодержатель или Орган управления и Доверительный управляющий имеют право по согласованию вносить изменения и дополнения к настоящему Договору посредством заключения дополнительных соглашений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z1009" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11.3. Все дополнительные соглашения к настоящему Договору являются его неотъемлемой частью и должны подписываться уполномоченными на то представителями Сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z1010" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11.4. Прекращение срока действия настоящего Договора влечет за собой прекращение обязательств Сторон по нему, но не освобождает Стороны настоящего Договора от ответственности за его нарушения, если таковые имели место при исполнении Сторонами условий настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z1011" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11.5. В случае прекращения Договора доверительного управления доверительный управляющий возвращает балансодержателю Объект в течение 10 (десяти) рабочих дней по акту приема-передачи (не распространяется на случаи передачи объектов, переданных в доверительное управление на основании подпункта 1) пункта 8 настоящих Правил).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z1012" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11.6. Настоящий Договор составлен на государственном и русском языках, имеющих одинаковую юридическую силу и заключен посредством веб-портала реестра с использованием ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z1013" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Aдреса и реквизиты Сторон:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...5263 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1014" w:id="328"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Учредитель</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Учредитель</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="328"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доверительный управляющий</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________</w:t>
+Балансодержатель или Орган управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1018" w:id="329"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="329"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-____________________</w:t>
+_____________</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...98 lines deleted...]
-(фамилия, имя, отчество</w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>руководителя</w:t>
+              <w:t>руководителя или</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>или замещающего лица)</w:t>
+              <w:t>замещающего лица)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(подпись)</w:t>
+________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(фамилия, имя, отчество</w:t>
+_________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при его наличии)";</w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1025" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: * - В случае если Учредитель и Балансодержатель в одном лице, договор считается заключенным между двумя сторонами, при этом условия регулирующие права и обязанности каждой из ролей, сохраняются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17377,106 +12444,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>доверительного управления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственным имуществом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...54 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -17499,231 +12510,265 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z602" w:id="225"/>
+    <w:bookmarkStart w:name="z1028" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт на возмещение необходимых расходов по объекту доверительного управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z603" w:id="226"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1029" w:id="332"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       №____ от "___" __________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-[...14 lines deleted...]
-        <w:t>Наименование объекта ____________________________________________</w:t>
+    <w:bookmarkEnd w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование объекта _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Договор доверительного управления № ___ от "___" _________ 20 __ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Общая сумма по договору _____________________________________тенге</w:t>
-[...16 lines deleted...]
-        <w:t>По бюджетной программе _________________________________________</w:t>
+        <w:t>Общая сумма по договору ___________тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>По бюджетной программе ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z604" w:id="227"/>
+          <w:bookmarkStart w:name="z1030" w:id="333"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="333"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18133,96 +13178,127 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z620" w:id="228"/>
+          <w:bookmarkStart w:name="z1046" w:id="334"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Итого:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="228"/>
+          <w:bookmarkEnd w:id="334"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -18348,503 +13424,438 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z627" w:id="229"/>
+      <w:bookmarkStart w:name="z1054" w:id="335"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сумма расходов, связанных с объектом доверительного управления составила:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-[...31 lines deleted...]
-        <w:t>(цифрами, прописью)</w:t>
+    <w:bookmarkEnd w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тенге. (цифрами, прописью)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z628" w:id="230"/>
+          <w:bookmarkStart w:name="z1055" w:id="336"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="230"/>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="336"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доверительный управляющий</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z631" w:id="231"/>
+          <w:bookmarkStart w:name="z1058" w:id="337"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________</w:t>
+              <w:t>_______</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="231"/>
+          <w:bookmarkEnd w:id="337"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_____________________</w:t>
+______________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при наличии)</w:t>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________</w:t>
+_______</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_______________________</w:t>
+____________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при наличии)</w:t>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -18890,55 +13901,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>