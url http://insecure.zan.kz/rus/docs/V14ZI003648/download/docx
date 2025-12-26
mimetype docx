--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c684794" w14:textId="c684794">
+    <w:p w14:paraId="4ceb549" w14:textId="4ceb549">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -278,62 +278,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4207"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -341,51 +342,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Аким района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -393,132 +394,148 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Шахаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z10" w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"СОГЛАСОВАНО"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Председатель Каратобинской районной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>избирательной комиссии</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________К. Суйеугалиев</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29.09.2014 г</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -552,2413 +569,2414 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение к постановлению </w:t>
+              <w:t>Приложение к постановлению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">акимата Каратобинского района </w:t>
+              <w:t>акимата Каратобинского района</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 10 декабря 2020 года № 189</w:t>
+              <w:t>от "29" сентября 2014 года №147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Места для размещения агитационных печатных материалов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции постановления акимата Каратобинского района Западно-Казахстанской области от 10.12.2020 </w:t>
+      Сноска. Приложение – в редакции постановления акимата Каратобинского района Западно-Казахстанской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 189</w:t>
+        <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2166"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8738"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование населенного пункта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Места для размещения агитационных печатных материалов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Коржын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Комплекс Аккозинской средней общеобразовательной школы-детсад Каратобинского районного отдела образования Западно-Казахстанской области"</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Аккозинский сельский округ, село Коржын, улица Курмангазы № 1, перед зданием коммунального государственного учреждения "Комплекс Аккозинской средней общеобразовательной школы-детсад" отдела образования Каратобинского районного управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Бесоба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Жалгызагашская начальная школа имени А.Адилова" Каратобинского районного отдела образования</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Аккозинский сельский округ, село Бесоба, улица Бесоба №64, перед зданием сельской библиотеки Бесоба государственного учреждения "Каратобинской централизованной библиотечной системы"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Егиндикуль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Егиндикульская средняя общеобразовательная школа" Каратобинского районного отдела образования Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Егиндыкольский сельский округ, село Егиндыколь, улица Алтынсарина №11, перед зданием коммунального государственного учреждения "Егиндикульская средняя общеобразовательная школа" " отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жусандыой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Комплекс Жамбылской средней общеобразовательной школы-детсад Каратобинского районного отдела образования Западно-Казахстанской области"</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Западно-Казахстанская область, Каратобинский район, Жусандойский сельский округ, село Жусандой, улица Абая №1, Перед зданием коммунального государственного учреждения "Комплекс Жамбылской средней общеобразовательной школы-детсад" отдела образования Каратобинского районного управления образования акимата Западно-Казахстанской области </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ханколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Ханкольская общеобразовательная школа" Каратобинского районного отдела образования, Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Жусандойский сельский округ, село Ханколь, улица Г.Курмангалиева №2Б, перед зданием коммунального государственного учреждения "Общеобразовательная школа Ханкөл" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Актай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Комплекс Каракульской средней общеобразовательной школы-детсад Каратобинского районного отдела образования Западно-Казахстанской области"</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каракульский сельский округ, село Актай, улица Казахстан № 26, перед зданием коммунального государственного учреждения "Комплекс Каракульской средней общеобразовательной школы-детсад " отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Алаколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Алакульская основная средняя школа" отдела образования Каратобинского района Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каракольский сельский округ, село Алаколь, улица Алаколь №63, перед зданием коммунального государственного учреждения "Алакульская основная средняя школа" " отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Каратобе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Каратобинская школа - гимназия" отдела образования Каратобинского района Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Каратобе, улица С.Датулы №36, перед зданием коммунального государственного учреждения "Каратобинская школа – гимназия имени Кажыма Жумалиева" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Каратобе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "общеобразовательная школа имени Мухита" отдела образования Каратобинского района Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Каратобе, улица Мухита № 6, перед зданием коммунального государственного учреждения "Средняя общеобразовательная школа имени Мухита" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Косколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Коскульская общеобразовательная школа" отдела образования Каратобинского района, Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Коскольский сельский округ, село Косколь, улица Абая №28, перед зданием коммунального государственного учреждения "Коскульская общеобразовательная школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шалгын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Шалгинская основная средняя школа отдела образования Каратобинского района, Западно-Казахстанской области"</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Коскольский сельский округ, село Шалгын, улица Шалгын №24, перед зданием коммунального государственного учреждения "Основная средняя школа Шалғын" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Каракамыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Саралжинская общеобразовательная школа имени Б.Каратаева" Каратобинского районного отдела образования</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Саралжинский сельский округ, село Каракамыс, улица Мухита №26, перед зданием коммунального государственного учреждения "Саралжинская общеобразовательная школа имени Б.Каратаева" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Сауле</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Жаксыбайская основная средняя школа" отдела образования Каратобинского района, Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Саралжинский сельский округ, село Сауле, улица Т.Имангазиева, №14, перед зданием коммунального государственного учреждения "Жаксыбайская основная средняя школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Сулыколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Калдыгайтинская общеобразовательная школа" отдела образования Каратобинского района, Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Сулыкольский сельский округ, село Сулыколь, улица Ж.Жабаева №41, перед зданием коммунального государственного учреждения "Калдыгайтинская общеобразовательная школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ушана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Средняя общеобразовательная школа имени Б.Аманшина" отдела образования Каратобинского района Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Сулыкольский сельский округ, село Ушана, улица Ушана № 1, перед зданием коммунального государственного учреждения "Средняя общеобразовательная школа имени Б.Аманшина" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
-[...65 lines deleted...]
-Перед зданием коммунального государственного учреждения "Толенская основная средняя школа" Каратобинского районного отдела образования</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Толен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Сулыкольский сельский округ, село Толен, улица Толен, №25, перед зданием коммунального государственного учреждения "Толенская основная средняя школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шоптыкуль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Комплекс Шоптыкульской средней общеобразовательной школы-детсад Каратобинского районного отдела образования Западно-Казахстанской области"</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Шоптикуль, улица Каратобе, № 2, перед зданием коммунального государственного учреждения "Комплекс Шоптыкульской средней общеобразовательной школы-детсад" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ушагаш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Ушагашская основная средняя школа" отдела образования Каратобинского района Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Ушагаш, улица Ушагаш №106, перед зданием коммунального государственного учреждения "Ушагашская основная средняя школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Соналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8738" w:type="dxa"/>
-[...29 lines deleted...]
-Перед зданием коммунального государственного учреждения "Соналинская общеобразовательная школа" отдела образования Каратобинского района, Западно-Казахстанской области</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Соналы, улица Соналы №1А, перед зданием коммунального государственного учреждения "Соналинская общеобразовательная школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2990,55 +3008,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3364,31 +3382,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>