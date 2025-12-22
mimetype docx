--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df669e8" w14:textId="df669e8">
+    <w:p w14:paraId="53e099c" w14:textId="53e099c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,202 +102,204 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение акима Каратобинского района Западно-Казахстанской области от 17 марта 2014 года № 4. Зарегистрировано Департаментом юстиции Западно-Казахстанской области 1 апреля 2014 года № 3463.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с Конституционным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 28 сентября 1995 года "О выборах в Республике Казахстан", </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан от 28 сентября 1995 года "О выборах в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" аким района </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" аким района </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>РЕШИЛ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. По согласованию с Каратобинской районной избирательной комиссией соблюдая границы административно-территориального устройства образовать избирательные участки на территории Каратобинского района согласно </w:t>
+      1. По согласованию с Каратобинской районной избирательной комиссией соблюдая границы административно-территориального устройства образовать избирательные участки на территории Каратобинского района согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Контроль за исполнением настоящего решения возложить на заместителя акима района С. Умирзакова.</w:t>
+      2. Контроль за исполнением настоящего решения возложить на заместителя акима района С. Умирзакова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня первого официального опубликования.</w:t>
+      3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -389,170 +391,216 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р. Имангалиев</w:t>
+              <w:t>Р. Имангалиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      СОГЛАСОВАНО:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Каратобинской районной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>избирательной комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________Х. Есжан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24.02.2014 г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...101 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -659,91 +707,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции решения акима Каратобинского района Западно-Казахстанской области от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11</w:t>
+        <w:t>№ 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); с изменениями, внесенными решениями акима Каратобинского района Западно-Казахстанской области от 23.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9 (вводится в действие со дня первого официального опубликования); от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27</w:t>
+        <w:t>№ 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (в действие со дня его первого официального опубликования); от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -789,50 +837,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
@@ -1219,87 +1287,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Аккозы, село Бесоба, зимовки Баекес, Нуржаубаз, Хасан агашы, Батпаншар</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Аккозинский сельский округ, село Бесоба, улица Бесоба, строение 64, сельская библиотека Бесоба государственного учреждения "Каратобинская централизованная библиотечная система"</w:t>
+Село Аккозы, село Бесоба, зимовки Баекес, Нуржаубаз, Хасанагаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Аккозинский сельский округ, село Бесоба, улица Бесоба № 7, сельская библиотека Бесоба государственного учреждения "Каратобинская централизованная библиотечная система"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1368,87 +1436,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Егиндыкуль, зимовки Жигерлен, Калинин, Турганбай, Жамансай, Булаксай</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Егиндыкольский сельский округ, село Егіндікөл, улица Алтынсарин, дом 11, коммунальное государственное учреждение "Егиндикульская средняя общеобразовательная школа" Каратобинского районного отдела образования Западно-Казахстанской области</w:t>
+Село Егиндиколь, село Косколь, зимовки Жамансай, Калинин, Турганбай, Сарсенгали</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Егиндикольский сельский округ, село Егиндиколь, улица Алтынсарина № 11, коммунальное государственное учреждение "Егиндикольская средняя общеобразовательная школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1517,87 +1585,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Жусандой, зимовки Абуталы, Конырколь, Жабу, Карасу, Ихсан, Саним</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Жусандойский сельский округ, село Жусандой, улица Абай, дом 1, коммунальное государственное учреждение "Комплекс Жамбылской средней общеобразовательной школы-детсад отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области "</w:t>
+Село Жусандой, зимовки Абуталы, Арпаш, Бекмаганбет, Жабу, Ихсан, Карасу, Конырколь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Жусандойский сельский округ, село Жусандой, улица Абая № 1, коммунальное государственное учреждение "Комплекс Жамбылской средней общеобразовательной школы-детсад" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1964,87 +2032,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Алаколь, село Косколь, зимовки Сарсенгали, Мусурали</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Каракольский сельский округ, село Алаколь, улица Алаколь, дом 63, коммунальное государственное учреждение "Алакульская основная средняя школа" отдела образования Каратобинского района Западно-Казахстанской области</w:t>
+Село Алаколь , зимовка Токсейт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каракольский сельский округ, село Алаколь, улица Алаколь № 63, коммунальное государственное учреждение "Алакульская основная средняя школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2077,123 +2145,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№277</w:t>
-[...71 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Каратобе, улица С.Датулы №36, коммунальное государственное учреждение "Каратобинская школа – гимназия имени Кажыма Жумалиева" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
+№ 277</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Улицы № 1, Абая, Айткожина, Алаш, Алтынсарина, Жумакаева, Курмангазы, Маметовой, Мухита, Наурызалина, Сейфуллина, Токкожина, Узак куйши села Каратобе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Каратобе, улица Датулы № 36, коммунальное государственное учреждение "Каратобинская школа – гимназия имени Кажыма Жумалиева" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2226,123 +2294,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№278</w:t>
-[...71 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Каратобе, улица Мухита, дом 6, коммунальное государственное учреждение "Общеобразовательная школа имени Мухита" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
+№ 278</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Улицы Амангелди, Аубакирова, Бекимов, Датулы, Даулетова, Жамбыла, Жангирова, Жумалиева, Иманова, Исаева, Курмангалиева, Малабаева, Молдагуловой, Момышулы, Нысанова села Каратобе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Каратобе, улица Мухита № 6, коммунальное государственное учреждение "Общеобразовательная школа имени Мухита" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2411,87 +2479,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Косколь, зимовки Курылыс, Боранбай, Камыстыкуль, Арпаш</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Коскольский сельский округ, село Косколь, улица Абая, дом 28, коммунальное государственное учреждение "Коскульская общеобразовательная школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
+Село Косколь, зимовки Арпаш, Батыс, Боранбай, Камыстыкуль, Ушаудан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Коскольский сельский округ, село Косколь, улица Абая № 28, коммунальное государственное учреждение "Коскульская общеобразовательная школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2560,87 +2628,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Шалгын, зимовки Шугыла, Ушаудан, Кален, Шамши, Акбаз</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Коскольский сельский округ, село Шалгын, улица Шалгын №24, коммунальное государственное учреждение "Основная средняя школа Шалғын" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
+село Шалгын, зимовки Акбаз, Шугыла, Шамиш, Кален</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Коскольский сельский округ, село Шалгын, улица Шалгын № 24, коммунальное государственное учреждение "Основная средняя школа Шалғын" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2709,87 +2777,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Каракамыс, зимовки Акбакай, Агалык, Туркебай, Каракудык, Турмаганбет, Нияз, Бернияз, Жолкудык, Ушкемпир, Маши, Таласкудык, Толганбай</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Саралжинский сельский округ, село Каракамыс, улица Мухита, дом 26, коммунальное государственное учреждение "Саралжинская общеобразовательная школа имени Б.Каратаева" Каратобинского районного отдела образования</w:t>
+Село Каракамыс, зимовки Агалык, Акбакай, Бернияз, Жолкудык, Каракудык, Маши, Нияз, Таласкудык, Туркебай, Турмаганбет, Ушкемпир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Саралжинский сельский округ, село Каракамыс, улица Мухита № 26, коммунальное государственное учреждение "Саралжинская общеобразовательная школа имени Б. Каратаева" Каратобинского районного отдела образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2971,123 +3039,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№283</w:t>
-[...71 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Саралжинский сельский округ, село Каракамыс, улица Мухита, дом 26, коммунальное государственное учреждение "Саралжинская общеобразовательная школа имени Б.Каратаева отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
+№ 283</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Село Сулыколь, село Темирбек, зимовки Дауеш, Жетимсай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Сулыкольский сельский округ, село Сулыколь, улица Жабаева № 41, коммунальное государственное учреждение "Калдыгайтинская общеобразовательная школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3120,123 +3188,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№284</w:t>
-[...71 lines deleted...]
-" Западно-Казахстанская область, Каратобинский район, Саралжинский сельский округ, село Сауле, улица Т.Имангазиева, дом 14, коммунальное государственное учреждение "Жаксыбайская основная средняя школа" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
+№ 284</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Село Ушана, зимовки Шала, Курылыс, Карасай, Кокогиз, Жанбак, Жанабагыт, Шошкалыой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Сулыкольский сельский округ, село Ушана, улица Ушана № 1, коммунальное государственное учреждение "Средняя общеобразовательная школа имени Б. Аманшина" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3269,123 +3337,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№285</w:t>
-[...71 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Сулыкольский сельский округ, село Сулыколь, улица Ж.Жабаева, дом 41, коммунальное государственное учреждение "Калдыгайтинская общеобразовательная школа отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
+№ 285</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Село Толен, зимовки Айшуак, Еркебай, Рахпан,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Сулыкольский сельский округ, село Толен, улица Толен № 25, коммунальное государственное учреждение "Толенская основная средняя школа" Каратобинского районного отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3454,87 +3522,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Шоптыкуль, зимовки Айткали, Бесоба, Алтыбаз, Ески Шоптыкул, Аккул</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Шоптикуль, улица Каратобе, здание 2, коммунальное государственное учреждение "Комплекс Шоптыкульской средней общеобразовательной школы-детсад Каратобинского районного отдела образования Западно-Казахстанской области"</w:t>
+Село Шоптиколь, зимовки Акайдар, Акколь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Шоптиколь, улица Каратобе № 2, коммунальное государственное учреждение "Комплекс Шоптикольской средней общеобразовательной школы-детсад" Каратобинского районного отдела образования Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3752,87 +3820,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Село Соналы, зимовки Акайдар, Колкудык</w:t>
-[...35 lines deleted...]
-Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Соналы, улица Соналинская №1А, коммунальное государственное учреждение "Общеобразовательная школа Соналы" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области"</w:t>
+Село Соналы, зимовки Колкудык, Теренкудык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Казахстанская область, Каратобинский район, Каратобинский сельский округ, село Соналы, улица Соналинская № 1А, коммунальное государственное учреждение "Общеобразовательная школа Соналы" отдела образования Каратобинского района управления образования акимата Западно-Казахстанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3864,55 +3932,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>