--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6f15277" w14:textId="6f15277">
+    <w:p w14:paraId="3ecc105" w14:textId="3ecc105">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,68 +132,51 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание РЦПИ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -218,68 +201,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", на основании представлений Восточно-Казахстанской областной территориальной инспекции Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан от 23 января 2014 года № 03/76, от 24 января 2014 года № 03/91, в целях локализации и ликвидации выявленных очагов распространения карантинных объектов – горчака ползучего (розового) (аcroptilon repens (D.C.), повилики (сuscuta sp. Sp), золотистой картофельной нематоды (globodera rostochiensis (Woll.) M. et. St.), Восточно-Казахстанский областной акимат </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z10" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Установить карантинную зону с введением карантинного режима на территории Восточно-Казахстанской области в объемах зараженных площадей горчаком ползучим (acroptilon repens DC.), повиликой (cuscuta spp.) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -294,50 +261,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -356,188 +324,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="0"/>
+    <w:bookmarkStart w:name="z11" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Рекомендовать Восточно-Казахстанской областной территориальной инспекции Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан (Жакупбаев А.Ш.) в пределах компетенции, установленной законодательством, принять меры, вытекающие из настоящего постановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Акимам районов Алтай, Самар, Үлкен Нарын, Глубоковского, Зайсанского, Курчумского, Тарбагатайского, Уланского, Шемонаихинского районов, города Усть-Каменогорск, управлению сельского хозяйства Восточно-Казахстанской области принять меры, вытекающие из настоящего постановления.</w:t>
+      3. Акимам районов Алтай, Марқакөл, Самар, Үлкен Нарын, Глубоковского, Зайсанского, Курчумского, Тарбагатайского, Уланского, Шемонаихинского районов, города Усть-Каменогорск, управлению сельского хозяйства Восточно-Казахстанской области принять меры, вытекающие из настоящего постановления.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции постановления Восточно-Казахстанского областного акимата от 15.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции постановления Восточно-Казахстанского областного акимата от 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 88</w:t>
+        <w:t>№ 311</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="1"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1030,100 +982,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">областного акимата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 28 июля 2014 года № 202</w:t>
+              <w:t>от "28" июля 2014 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="2"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Карантинная зона с введением карантинного режима на территории Восточно-Казахстанской области в объемах зараженных площадей горчаком ползучим (acroptilon repens DC.)</w:t>
+        <w:t xml:space="preserve"> Карантинная зона с введением карантинного режима на территории Восточно-Казахстанской области в объемах зараженных площадей повиликой (cuscuta spp.)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции постановления Восточно-Казахстанского областного акимата от 30.12.2024 </w:t>
+      Сноска. Приложение 1 в редакции постановления Восточно-Казахстанского областного акимата от 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 336</w:t>
+        <w:t>№ 311</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1376,87 +1328,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-поселок Глубокое</w:t>
-[...35 lines deleted...]
-вдоль дороги улицы Вокзальная</w:t>
+Бобровский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Усть-Каменогорск – Бобровка – Нуртау, с 5 по 8 километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1480,649 +1432,676 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иртышский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Усть-Каменогорск – Шемонаиха, с 4 по 6 километр, 10 километр, с 34 по 36 километр, с 39 по 41 километр</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Зайсанский район</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Секисовский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Секисовка – Шемонаиха, со 2 по 6 километр, с 9 по 10 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-10</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Усть-Каменогорск – Риддер, 30 километр, с 49 по 59 километр, с 73 по 77 километр, с 82 по 91 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тарханский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Усть-Каменогорск – Горная Ульбинка – Феклистовка, с 23 по 27 километр, с 33 по 34 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
-            </w:r>
-[...106 lines deleted...]
-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Усть-Каменогорск – Винное – Тарханка, 5 километр, с 9 по 13 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2155,5968 +2134,7673 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Зайсан</w:t>
-[...71 lines deleted...]
-3</w:t>
+Ушановский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Восточно-Казахстанский областной филиал товарищества с ограниченной ответственностью "Казахавтодор", дорожно-эксплуатационный участок – 30, автомобильная дорога Усть-Каменогорск – Алтай, с 1 по 20 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Глубокое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+земли населенного пункта поселка Глубокое, улица Пирогова от районный больницы до перекрестка, улица Поповича 20-32, 48, улица Пирогова, 6, 14, 16, 18, 20 средняя школа Ы.Алтынсарина, трасса Байбатчина выезд с поселка Глубокое, вдоль автомобильной дороги 4 микрорайона, улица Берестова, поселок Глубокое, вдоль автомобильной дороги Усть-Каменогорск-Шемонаиха 0-1 километр, 1-2 километр, 2-3 километр, 3-4 километр, улица Вокзальная, арка железнодорожного моста, автомобильный мост на улице Вокзальная , перекресток улиц Вокзальная и Поповича</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-10</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсанский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-53,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Зайсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акимат города Зайсан, вдоль водоотводных каналов озера Жеменей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-район Улкен Нарын</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенсайский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги от села Саржыра до села Кайнар 2, 2-3 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+район Алтай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-3,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парыгинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от технологической трассы возле моста до села Парыгино</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Курчумский район</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средигорный сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Товарищество с ограниченной ответственностью "ОблШығысЖол", производственно-дорожный участок – 2, вдоль автомобильной дороги Андреевка – Александровка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Восточно-Казахстанский областной филиал товарищества с ограниченной ответственностью "КАЖ сервис", дорожно-эксплуатационный участок – 32, вдоль автомобильной дороги поселка Новая Бухтарма – город Алтай – село Чиркаин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Никольский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Товарищество с ограниченной ответственностью "ОблШығысЖол", производственно-дорожный участок – 2, вдоль автомобильной дороги от кафе "Евразия", село Алтайка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-район Самар</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чапаевский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги село Чапаево – село Орловка, село Чапаево – село Крестовка.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-398</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Зубовск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги улицы Железнодорожная, улицы Усть-Березовская, улицы Тахтарова, улицы Дубинина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-500</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "Колор"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-580</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прибрежный сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+вдоль автомобильной дороги до села Заводинка, вдоль автомобильной дороги до села Прибрежное </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...107 lines deleted...]
-200</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Алтай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги города: бульвар Бурнашова13/1; пересечение улиц Брилина и Бухтарминской в районе – магазина "Василек"; улица Брилина, 33 в районе магазина "Вокруг света"; улица Позднякова в районе автобусной остановки маршрута №7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-20</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-1698</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+район Үлкен Нарын </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Тарбагатайский район</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ново-Хайрузовский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Чиркаин – Большенарымское – Катон-Карагай – Рахмановские ключи, дорожно-эксплуатационный участок – 27, с 223 по 268 километр, автомобильная дорога Октябрьская переправа – Алтайка – Ново-Хайрузовка, производственно-дорожный участок – 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...106 lines deleted...]
-              <w:t>
 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Солоновский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сельскохозяйственный производственный кооператив "Агайын М-Ка"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...107 lines deleted...]
-33</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Улкен Нарынский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на обочине проселочной дороги от лыжной базы до пересечения дороги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-50</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Улкен Нарынский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на обочине проселочной дороги от полигона ТБО до с.Кундызды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Уланский район</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1939</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+район Самар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
-[...107 lines deleted...]
-187</w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мариногорский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Самар – Мариногорка, с 5 по 15 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-240</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-81</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчумский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-276</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Калгутинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "ОблШығысЖол", производственный-дорожный участок – 5, вдоль автомобильной дороги Курчум – Калжыр, с 51 по 62 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...107 lines deleted...]
-170</w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчумский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "ОблШығысЖол", ПДУ № 5 вдоль автомобильной дороги Курчум – Куйган 0-4 км</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
-[...107 lines deleted...]
-80</w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчумский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+конец улицы Духовича пересечение улицы Абая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-90</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчумский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+перед участком сортоиспытательной станции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-3063</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчумский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГУ "отдела архитектуры, строительства, жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог Курчумского района" Объездная дорога по улице Западная с обеих сторон в селе Курчум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Шемонаихинский район</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-200</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+район Марқакөл </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
-[...107 lines deleted...]
-240</w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борановский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Жана ауыл-Маркакол, с 45-51 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...133 lines deleted...]
-30</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уланский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
-[...107 lines deleted...]
-97</w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Багратионовский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Митрофановка – Привольное, с 101 по 103 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
-[...107 lines deleted...]
-30</w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+акимат Каменского сельского округа, дороги местного значения, вдоль автомобильной дороги Таврия – Пролетарка – Каменка, с 25 по 30 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...107 lines deleted...]
-160</w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саратовский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль дороги Саратовка – Ново-Одесское – Отрадное, с 29 по 36 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-85</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврический сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Таврия – Пролетарка – Гагарина, с 55 по 56 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,02</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+акимат Таврического сельского округа, дороги местного значения, вдоль автомобильной дороги Таврия – Пролетарка, с 10 по 24 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...103 lines deleted...]
-0,1</w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толеген Тохтаровский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Прудхоз – Герасимовка – Украинка, с 15 по 20 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-845,12</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмасайский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги, на 5-10 километре до села Баяш Отепова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аблакетский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги, на 21-22 километр, 25-26 километр, 33-35 километр до знака село Мамай Батыра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Усть-Каменогорский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+акимат Усть-Каменогорского сельского округа, дороги местного значения, вдоль автомобильной дороги от поворота с республиканской трассы Усть-Каменогорск – Семей до села Макеевка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаихинский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вавилонский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги села Камышинка, с 5 по 6 километр, с 14 по 15 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Волчанский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Березовка – Волчанка – Большая Речка, с 9 по 10 километр, с 21 по 30 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Верх-Убинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Выдриха – Верх-Уба, с 32 по 36 километр, с 47 по 48 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдрихинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Межовка – Выдриха, с 6 по 10 километр, 20 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зевакинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Зевакино - Новая Убинка, 1 километр, с 4 по 5 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменевский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги Рулиха - Рассыпное, 38 километр, 85 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первомайский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль дороги города Шемонаиха - поселка Первомайский, дорога республиканского значения, 60 - 63 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги города Шемонаиха – граница Российской Федерации – таможенный пункт пропуска "Убе", дорога республиканского значения с 112 – 113 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Усть-Каменогорск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Усть-Каменогорск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Пушкина, № 8, 12, 25-40 дома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+коммунальное государственное предприятие на праве хозяйственного ведения "ТАЗА ОСКЕМЕН" акимата города Усть-Каменогорска, улица Жибек жолы, район автомобильной заправочной станции Гелиос, проспект Абая, район автомобильной заправочной станции Sinooil, район Ульбинского металлургического завода и район Тойота Центр Шыгыс, улица Казахстан, 153/3 – 159/3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Усть-Каменогорск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ахмерова, улица Омарова, дома с 36 до 15, вдоль автомобильной дороги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Усть-Каменогорск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+надпись 23 микрарайон до надписи Оскемен, вдоль автомобильной дороги с обеих сторон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по городу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8129,92 +9813,60 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-5716,12</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67,695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8292,100 +9944,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">областного акимата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 28 июля 2014 года № 202</w:t>
+              <w:t>от "28" июля 2014 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="3"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Карантинная зона с введением карантинного режима на территории Восточно-Казахстанской области в объемах зараженных площадей повиликой (cuscuta spp.)</w:t>
+        <w:t xml:space="preserve"> Карантинная зона с введением карантинного режима на территории Восточно-Казахстанской области в объемах зараженных площадей горчаком ползучим (acroptilon repens DC.)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 в редакции постановления Восточно-Казахстанского областного акимата от 30.12.2024 </w:t>
+      Сноска. Приложение 2 в редакции постановления Восточно-Казахстанского областного акимата от 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 336</w:t>
+        <w:t>№ 311</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -8411,51 +10063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-    №</w:t>
+     №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8519,51 +10171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зараженная площадь, гектар</w:t>
+Зараженная площадь, в гектарах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8638,3874 +10290,3778 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бобровский сельский округ</w:t>
-[...71 lines deleted...]
-2</w:t>
+поселок Глубокое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги улицы Вокзальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-2,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсанский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-17,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Биржанский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Кабыл"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...107 lines deleted...]
-9,5</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Караталский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Бота"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-вдоль дороги Усть-Каменогорск – Винное – Тарханка, с 0 по 5 километр, с 9 по 13 километр</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенсайский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+земли запаса, участок "Майлыбай"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-5</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Зайсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дорожно-эксплуатационный участок – 33, вдоль автомобильной дороги Зайсан – Калжыр с 1 по 6 километр, 10 километр, 14 километр, с 16 по 20 километр, с 21 по 25 километр, с 32 по 39 километр, с 45 по 46 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-7,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Толқын-М.С."</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-0,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+земли запаса, участок "Кашар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-48,1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайырский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+земли населенного пункта, село Жамбыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Зайсанский район</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+район Үлкен Нарын (ранее Катон-Карагайский район)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...107 lines deleted...]
-1</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ново-Хайрузовский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "ОблШығысЖол", производственно-дорожный участок – 7, вдоль автомобильной дороги Ново-Хайрузовка – Октябрьская переправа, 68 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-4</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Улкен Нарынский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги села Улкен Нарын, асфальтобетонный завод, участок "Лыжная база"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-район Алтай</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчумский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...107 lines deleted...]
-0,1</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балыкшинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "ОблШығысЖол", производственно-дорожный участок – 5, вдоль автомобильной дороги Курчум – Аксуат с 21 по 33 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+район Самар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...107 lines deleted...]
-0,3</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастаушинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "ДАРХАН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-0,1</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Беленский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "ЖАНАЖОЛ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-0,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Адал"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...107 lines deleted...]
-0,4</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мариногорский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "ЕҢБЕК-АГРО"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кулынжонский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "Талды-Екпін"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...107 lines deleted...]
-0,4</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мариногорский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+товарищество с ограниченной ответственностью "Московка" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-4,8</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастаушинский сельский округ и сельский округ Аккала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "ОблШығысЖол" ПДУ, участки №4 Бастаушы – Аккала с 63-69 километр и Жанажол – Аккала 51 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-район Улкен Нарын</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1198,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-4,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тарбагатайский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акжарский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль автомобильной дороги села Акжар, от 5 до 29 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 17</w:t>
-            </w:r>
-[...106 lines deleted...]
-1,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
-[...107 lines deleted...]
-1,6</w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Карасуский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "ОблШығысЖол", производственно-дорожный участок № 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12518,938 +14074,1194 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-8,35</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-район Самар</w:t>
+Уланский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...107 lines deleted...]
-10</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Багратионовский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Багратион 2"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1939</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-10</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "Каменское SP" (ранее крестьянское хозяйство "Степное")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Курчумский район</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Синельников"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-2</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврический сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Иванченко"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...65 lines deleted...]
-2</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Пролетарка"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Уланский район</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толеген Тохтаровский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Гладышев и К"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-7</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Усть-Каменогорский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Бережной"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1,3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "Ярославское"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13482,123 +15294,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саратовский сельский округ</w:t>
-[...71 lines deleted...]
-2</w:t>
+Толеген Тохтаровский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "СХ Герасимовка"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13631,980 +15443,1007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таврический сельский округ</w:t>
-[...71 lines deleted...]
-4,2</w:t>
+Толеген Тохтаровский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "Украинское"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Усть-Каменогорский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "Иртыш"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-1,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаихинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...107 lines deleted...]
-2</w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменевский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+товарищество с ограниченной ответственностью "Арман"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-20,6</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разинский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+индивидуальный предприниматель "Леонтьев С.А.", крестьянское хозяйство "Егоровское"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Шемонаихинский район</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первомайский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вдоль дороги Первомайка – Шемонаиха</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,01</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Иртыш"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14637,123 +16476,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Волчанский сельский округ</w:t>
-[...71 lines deleted...]
-0,02</w:t>
+ поселок Усть-Таловка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Абеков Б.Н."</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14785,124 +16624,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-0,05</w:t>
+              <w:t xml:space="preserve">
+ Зевакинский сельский округ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+крестьянское хозяйство "Скитер С.Л."</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14935,570 +16774,518 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выдрихинский сельский округ</w:t>
-[...71 lines deleted...]
-0,03</w:t>
+Октябрьский сельский округ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+земли запаса от села Октябрьское на расстоянии 500 метров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-0,07</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ город Шемонаиха </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+земли населенного пункта, автомобильная заправочная станция, дорожно-эксплуатационный участок от поста полиции 200 метров, вдоль автомобильной дороги Шемонаиха – Октябрьское 1 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,01</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земли населенного пункта, вдоль дороги Шемонаиха – Волчанка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-0,01</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего по району</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+815,12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15518,984 +17305,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...886 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего по области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-101,357</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5773,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16579,68 +17510,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>областного акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от " 28 " июля 2014 года № 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карантинная зона с введением карантинного режима на территории Восточно-Казахстанской области в обьемах зараженных площадей золотистой картофельной нематодой (globodera rostochiensis (Woll.) M. et. St.)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 исключено постановлением Восточно - Казахстанского областного акимата от 01.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16684,55 +17615,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17058,31 +17989,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>