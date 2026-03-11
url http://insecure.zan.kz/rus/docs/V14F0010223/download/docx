--- v0 (2025-11-14)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8a1f46f" w14:textId="8a1f46f">
+    <w:p w14:paraId="b34d74a" w14:textId="b34d74a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил карантинирования животных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 декабря 2014 года № 7-1/700. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 февраля 2015 года № 10223.</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 декабря 2014 года № 7-1/700. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 февраля 2015 года № 10223</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 46-17) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1082,1748 +1082,1992 @@
         <w:t>
       5) из благополучной зоны без вакцинации в благополучную зону с вакцинацией без проведения соответствующих ветеринарных обработок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при несоответствии ветеринарным (ветеринарно-санитарным) требованиям страны-экспортера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Карантинирование животных не проводится в случаях, если животные вновь прибывают, ввозятся, приобретаются, вывозятся, перемещаются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по территории республики при условии благополучия в эпизоотическом отношении пункта отправки и пункта назначения, с указанием сведений по ним в ветеринарных документах и базе данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по территории республики при одинаковом типе деления территории на зоны пункта отправки и пункта назначения, с указанием сведений по ним в ветеринарных документах и базе данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при доставке животных для последующего санитарного убоя на объектах убоя животных (мясоперерабатывающих предприятиях), с указанием сведений по ним в ветеринарных документах и базе данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) для последующего убоя при условии благополучия в эпизоотическом отношении пункта отправки, с указанием сведений по ним в ветеринарных документах и базе данных. Убой животных производится в пункте назначения в течение 72 (семидесяти двух) часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий пункт не распространяется на случаи, предусмотренные пунктом 9-1 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Продолжительность карантинирования животных, ввозимых из третьих стран или перемещаемых между государствами-членами Евразийского экономического союза, вывозимых из республики в третьи страны, составляет не менее 21 (двадцати одного) календарного дня, если иное не предусмотрено ветеринарными (ветеринарно-санитарными) требованиями по конкретному виду животных, и зависит от проведения и завершения ветеринарно-профилактических, диагностических исследований и ветеринарного осмотра животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Животные, ввозимые из третьих стран или перемещаемые между государствами-членами Евразийского экономического союза, вывозимые из республики в третьи страны карантинируются в стране отправителя и стране получателя, если иное не предусмотрено ветеринарными (ветеринарно-санитарными) требованиями по конкретному виду животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Продолжительность карантинирования животных, вновь прибывших, ввезенных, приобретенных, вывозимых, перемещаемых внутри республики из (в) административно-территориальных(ую) единиц(у) благополучных в эпизоотическом отношении с различными типами деления на зоны (из зоны наблюдения в благополучную зону или из благополучной зоны в зону наблюдения или из буферной (защитной) зоны в зону наблюдения или из зоны наблюдения в буферную (защитную) зону или из благополучной зоны без вакцинации в благополучную зону с вакцинацией) составляет не менее 7 (семи) календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Животные, перемещаемые внутри республики из (в) административно-территориальных(ую) единиц(у) благополучных в эпизоотическом отношении с различными типами деления на зоны (из зоны наблюдения в благополучную зону или из благополучной зоны в зону наблюдения или из буферной (защитной) зоны в зону наблюдения или из зоны наблюдения в буферную (защитную) зону или из благополучной зоны без вакцинации в благополучную зону с вакцинацией) карантинируются в хозяйствующем субъекте отправителя, если иное не предусмотрено ветеринарными требованиями по конкретному виду животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае перемещение животных внутри республики из благополучной зоны без вакцинации в благополучную зону с вакцинацией, вакцинация животных осуществляется в пункте назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. При подозрении на наличие заболевания и/или выявлении больных животных и/или неудовлетворительном состоянии здоровья животных (повышение температуры, обильное слюнотечение, угнетение, учащенное дыхание, переломы, травмы, диарея, паралич конечностей) в период карантинирования, животные не допускаются к вывозу за пределы Республики Казахстан и перемещению внутри республики.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+      8. При подозрении на наличие заболевания, и/или выявлении больных животных, и/или неудовлетворительного состояния здоровья животных (повышенная температура, обильное слюнотечение, угнетение, учащенное дыхание, переломы, травмы, диарея, паралич конечностей) в период карантинирования, животные не допускаются к вывозу за пределы Республики Казахстан и перемещению внутри республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При выявлении в период карантинирования особо опасных болезней животных, включенных в Перечень особо опасных болезней животных, при которых проводятся обязательное изъятие и уничтожение животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, утвержденный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 октября 2014 года № 7-1/559 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 9891), все карантинируемые животные не допускаются к вывозу за пределы Республики Казахстан и перемещению внутри республики.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 октября 2014 года № 7-1/559 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 9891) (далее – Приказ), все карантинируемые животные не допускаются к вывозу за пределы Республики Казахстан и перемещению внутри республики.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственным ветеринарно-санитарным инспектором, государственным ветеринарным врачом соответствующей административно-территориальной единицы в отношении животных, указанных в частях первой и второй настоящего пункта, проводятся ветеринарные мероприятия в соответствии с Ветеринарными (ветеринарно-санитарными) правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если в период карантинирования в стране отправителя (третьи страны или государства-члены Евразийского экономического союза) или в пункте назначения (при перемещении животных внутри республики из (в) административно-территориальных(ую) единиц(у) благополучных в эпизоотическом отношении с различными типами деления на зоны (из зоны наблюдения в благополучную зону или из благополучной зоны в зону наблюдения или из буферной (защитной) зоны в зону наблюдения или из зоны наблюдения в буферную (защитную) зону или из благополучной зоны без вакцинации в благополучную зону с вакцинацией)) по результатам диагностических исследований у животных выявятся положительные (серологические, аллергические и другие исследования) реакции, то ведомство уполномоченного органа в области ветеринарии (далее – ведомство) отказывает в ввозе всей партии карантинируемых животных или тех карантинируемых животных, у которых установлены такие реакции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При возникновении подозрения на наличие заболевания и/или выявлении больных животных в период карантинирования животных, ввезенных из третьих стран или государств-членов Евразийского экономического союза, сроки их карантинирования продлеваются соответственно государственным ветеринарно-санитарным инспектором соответствующей административно-территориальной единицы на период необходимый для выяснения эпизоотической ситуации и проведения дополнительных диагностических исследований по установлению окончательного диагноза. Если по результатам диагностических исследований у животных выявятся положительные (серологические, аллергические и другие исследования) реакции, ведомство отказывает в ввозе всей партии карантинируемых животных или тех карантинируемых животных, у которых установлены такие реакции. В случае невозможности вывоза таких животных за пределы республики (в третьи страны или государства-члены Евразийского экономического союза), такие животные утилизируются или уничтожаются в соответствии с Правилами обязательного изъятия и уничтожения животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, либо их обязательного обезвреживания (обеззараживания) и переработки без изъятия, утвержденными Приказом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В период карантинирования животных, животные содержатся обособленно от поголовья, имеющегося в хозяйствующем субъекте, и до завершения периода карантинирования принимаются меры по недопущению прямого или косвенного контакта с другими животными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z347" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9-1. В случае перехода, возврата безнадзорных животных через Государственную границу Республики Казахстан на территорию республики, принимаются меры в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гражданского кодекса Республики Казахстан и проводится карантинирование животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжительность карантинирования животных составляет не менее 21 (двадцати одного) календарного дня, если иное не предусмотрено ветеринарными (ветеринарно-санитарными) требованиями по конкретному виду животных, и зависит от проведения и завершения ветеринарно-профилактических, диагностических исследований и ветеринарного осмотра животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подозрении на наличие заболевания, и/или выявлении больных животных, и/или неудовлетворительного состояния здоровья животных (повышенная температура, обильное слюнотечение, угнетение, учащенное дыхание, переломы, травмы, диарея, паралич конечностей) в период карантинирования, проводятся ветеринарные мероприятия в соответствии с Ветеринарными (ветеринарно-санитарными) правилами.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок карантинирования животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Физическое или юридическое лицо (далее – заявитель) не позднее 30 (тридцати) календарных дней до планируемого прибытия, ввоза, приобретения, перемещения животных подает через канцелярию территориального подразделения ведомства (далее – территориальное подразделение) заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявитель не позднее 30 (тридцати) календарных дней до планируемого вывоза животных подает в территориальное подразделение через базу данных заявление по форме согласно приложению 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для отзыва направленного заявления заявитель подает через канцелярию территориального подразделения заявление на отзыв по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, либо отзывает заявление через базу данных с указанием причин отзыва (после подписания электронной цифровой подписью заявителя к заявлению в базе данных присваивается статус "Отозвано").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сотрудник канцелярии территориального подразделения осуществляет прием и регистрацию заявления в день его поступления и направляет руководителю территориального подразделения, которым назначается ответственный государственный ветеринарно-санитарный инспектор.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждением принятия заявления на бумажном носителе в канцелярии территориального подразделения является отметка на его копии о регистрации с указанием номера, даты, времени (часы, минуты), фамилии и инициалов, должности лица, принявшего заявление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения заявителя через базу данных, в "личном кабинете" автоматически отображается статус о принятии заявления с присвоением номера. Уведомление о поступлении заявления через базу данных параллельно поступает руководителю подразделения местного исполнительного органа области, города республиканского значения и столицы, осуществляющего деятельность в области ветеринарии (далее – подразделение МИО).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления состоит из буквенных и цифровых символов (символы разделяются дефисом), включающие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первые два символа – литерный код Республики Казахстан в соответствии с национальным классификатором Республики Казахстан НК РК ISO 3166-1 "Коды для представления названий стран и единиц их административно-территориальных подразделений. Часть 1. Коды стран";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с третьего по одиннадцатый символ – код области, района, сельского округа согласно Классификатору административно-территориальных объектов (КАТО);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       двенадцатый символ – цифровой код сельскохозяйственного животного, в отношении которого проводится карантинирование животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тринадцатый символ – буквы алфавита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       четырнадцатый и пятнадцатый символы – порядковый номер документа (если заканчивается порядковый номер, то меняется на следующую букву по алфавиту);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шестнадцатый символ – латинская буква заявления "Z".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Цифровой код сельскохозяйственного животного, в отношении которого проводится карантинирование животных, вносится согласно приложению 1 к Правилам идентификации сельскохозяйственных животных (далее – Правила идентификации сельскохозяйственных животных), утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 7-1/68 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11127).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ответственный государственный ветеринарно-санитарный инспектор в течение 2 (двух) рабочих дней с даты регистрации заявления рассматривает заявление на предмет соответствия требованиям настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При несоответствии заявления требованиям настоящих Правил направляет заявителю мотивированный отказ по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несоблюдении требований пункта 9 настоящих Правил карантинирование животных прекращается, а заявителю направляется мотивированный отказ по форме согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мотивированный отказ направляется заявителю через канцелярию территориального подразделения (в случае обращения в канцелярию территориального подразделения), либо посредством базы данных (в случае обращения посредством базы данных) в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) руководителя территориального подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. При соответствии заявления требованиям настоящих Правил территориальное подразделение в течение 7 (семи) рабочих дней с даты регистрации заявления разрабатывает план карантинирования животных по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План карантинирования животных в течение срока, указанного части первой настоящего пункта, утверждается главным государственным ветеринарно-санитарным инспектором соответствующей административно-территориальной единицы после согласования с руководителем подразделения МИО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер плана карантинирования животных состоит из буквенных и цифровых символов (символы разделяются дефисом), включающие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       символы с первого по пятнадцатый – номер заявления с первого по пятнадцатый символы, присвоенные в соответствии с пунктом 11 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шестнадцатый символ – латинская буква плана карантинирования животных "P".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План карантинирования животных при прибытии, ввозе, приобретении, перемещении животных разрабатывается, согласовывается и утверждается в бумажном формате. Дата и номер плана карантинирования животных вносятся в журнал учета и выдачи акта эпизоотического обследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План карантинирования животных при вывозе животных разрабатывается, согласовывается и утверждается в базе данных в электронном формате. Дата и номер плана карантинирования животных формируются автоматически в базе данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Копия плана карантинирования животных направляется заявителю в течение 3 (трех) рабочих дней со дня его утверждения через канцелярию территориального подразделения (в случае обращения в канцелярию территориального подразделения), либо автоматически после его утверждения посредством базы данных (в случае обращения посредством базы данных).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В плане карантинирования животных указываются продолжительность и условия карантинирования ввезенных животных, перечень болезней животных, подлежащих диагностическим исследованиям, ветеринарным обработкам с указанием даты их проведения, сроки проведения вакцинации, ответственные лица за выполнение ветеринарных мероприятий, включая мероприятия при подозрении на заболевание животных, больных животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При планировании проведения диагностических исследований в период карантинирования животных учитываются сведения о ранее проведенных ветеринарных обработках, вакцинациях животных с целью исключения получения недостоверных результатов диагностических исследований, деления территории на зоны и обязательные диагностические исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При прибытии, ввозе, приобретении, перемещении животных планируются обязательные диагностические исследования крупного рогатого скота на бруцеллез и туберкулез, мелкого рогатого скота, верблюдов и свиней на бруцеллез, лошадей на сап, случную болезнь, ослов и мулл на сап, дополнительные исследования племенных животных на паратуберкулез, трихомоноз (Trichomonasfetus), кампилобактериоз (Campylobacterfetusvenerealis) для быков, хламидиоз, лептоспироз (если не были вакцинированы или обработаны с профилактической целью дегидрострептомицином или веществом, дающим эквивалентный эффект), на инфекционный ринотрахеит и вирусную диарею крупного рогатого скота (если животные не были предварительно вакцинированы). При планировании проведения диагностических исследований в период карантинирования животных, ввозимых из третьих стран или государств-членов Евразийского экономического союза, в пункте назначения учитывается проведение мониторинговых диагностических исследований на болезнь Шмалленберга. Исследование на другие болезни животных проводится только в том случае, если на территории получателя проводятся программы по профилактике и/или искоренению этих болезней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При вывозе животных планируются обязательные диагностические исследования крупного рогатого скота на бруцеллез и туберкулез, мелкого рогатого скота, верблюдов и свиней на бруцеллез, лошадей на сап, случную болезнь, ослов и мулл на сап, а также с учетом ветеринарных (ветеринарно-санитарных) требований страны-экспортера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Ветеринарные мероприятия, проводимые в период карантинирования животных при их ввозе из третьих стран или перемещении между государствами-членами Евразийского экономического союза, осуществляются с соблюдением Единых ветеринарных (ветеринарно-санитарных) требований, предъявляемых к товарам, подлежащих ветеринарному контролю (надзору), утвержденных Решением Комиссии Евразийского экономического союза от 18 июня 2010 года № 317 "О применении ветеринарно-санитарных мер в Евразийском экономическом союзе", и Положения о едином порядке проведения совместных проверок объектов и отбора проб товаров (продукции), подлежащих ветеринарному контролю (надзору), утвержденного Решением Совета Евразийской экономической комиссии от 9 октября 2014 года № 94.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Диагностические исследования и ветеринарные обработки животных проводятся против болезней, указанных в ветеринарном сертификате, которым сопровождались карантинируемые животные, и в пункте 14 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринарные мероприятия, проводимые в период карантинирования животных при их вывозе в третьи страны, осуществляются с соблюдением ветеринарных (ветеринарно-санитарных) требований страны-экспортера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринарные мероприятия, проводимые в период карантинирования животных при их перемещении внутри республики, определяются территориальным подразделением соответствующей административно-территориальной единицы, на территорию которой планируется осуществить ввоз (перемещение) животных, в зависимости от эпизоотической ситуации и проводимых ветеринарных мероприятий по конкретной нозологической единице в месте прибытия (ввоза) животных и с учетом пункта 14 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проведение дополнительных диагностических исследований и ветеринарных обработок (включая вакцинацию) допускается по запросу страны-получателя, либо хозяйствующего субъекта-получателя, либо при возникновении подозрения на особо опасные болезни животных с клиническими признаками у животных в период их карантинирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Ветеринарные мероприятия, проводимые в период карантинирования животных, осуществляются в соответствии с планом карантинирования животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В период карантинирования животных проводятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеринарный осмотр животных, термометрия животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ветеринарные обработки и диагностические исследования против болезней животных, определенных планом карантинирования животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация о карантинируемых животных вносятся в журнал для записи ветеринарно-профилактических мероприятий и журнал для регистрации заболеваний животных (в случае регистрации заболевания) по формам, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 25 февраля 2014 года № 16-07/114 "Об утверждении форм ветеринарного учета и отчетности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 9342).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сведения о карантинируемых животных, ветеринарных мероприятиях, проведенных в период карантинирования, и их результатах вносятся в базу данных согласно Правилам формирования и ведения базы данных и выдачи выписки из нее, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 2 июня 2010 года № 367 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 6321).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Диагностические исследования проводятся государственной ветеринарной организацией, осуществляющей функции, отнесенные к государственной монополии. Ветеринарные обработки животных проводятся государственной ветеринарной организацией, созданной местным исполнительным органом соответствующей административно-территориальной единицы (далее – ветеринарная организация МИО).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проведение диагностических исследований и ветеринарных обработок при карантинировании животных осуществляется за счет владельцев объектов государственного ветеринарно-санитарного контроля и надзора в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 35 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Если в ходе исследований на территории страны отправителя или хозяйствующего субъекта-отправителя получены положительные или сомнительные результаты диагностических исследований, об этом немедленно извещается уполномоченный орган в области ветеринарии страны получателя или территориальное подразделение по месту расположения хозяйствующего субъекта-получателя. Если в ходе исследований на территории страны получателя или хозяйствующего субъекта-получателя получены положительные или сомнительные результаты диагностических исследований, об этом немедленно извещается уполномоченный орган в области ветеринарии страны отправителя или территориальное подразделение по месту расположения хозяйствующего субъекта-отправителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. По результатам карантинирования с учетом результатов диагностических исследований государственным ветеринарно-санитарным инспектором соответствующей административно-территориальной единицы проводится эпизоотологическое обследование и в течение 3 (трех) рабочих дней составляется акт эпизоотологического обследования по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, который подписывается государственным ветеринарно-санитарным инспектором и специалистом в области ветеринарии ветеринарной организации МИО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер акта эпизоотического обследования состоит из буквенных и цифровых символов (символы разделяются дефисом), включающие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       символы с первого по пятнадцатый – номер заявления с первого по пятнадцатый символы, присвоенные в соответствии с пунктом 11 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шестнадцатый символ – латинская буква акта эпизоотического обследования "A".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт эпизоотологического обследования при прибытии, ввозе, приобретении, перемещении животных формируется и подписывается в бумажном формате. Дата и номер акта эпизоотического обследования вносятся в журнал учета и выдачи акта эпизоотического обследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт эпизоотологического обследования при вывозе животных формируется в базе данных в электронном формате. Дата и номер акта эпизоотического обследования формируются автоматически в базе данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт эпизоотологического обследования направляется заявителю в течение 1 (одного) рабочего дня со дня его подписания через канцелярию территориального подразделения (в случае обращения в канцелярию территориального подразделения), либо посредством базы данных (в случае обращения посредством базы данных).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Акт эпизоотологического обследования действует в течение 10 (десяти) календарных дней после дня его подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Вновь вывозимые из территории Республики Казахстан в третьи страны, перемещаемые в государства-члены Евразийского экономического союза и внутри республики животные, по которым завершен период карантинирования, содержатся до их вывоза, перемещения обособленно от поголовья, имеющегося в хозяйствующем субъекте, и принимаются меры по недопущению прямого или косвенного контакта с другими животными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Карантинирование животных осуществляется повторно в порядке, определенном настоящими Правилами, при истечении срока действия акта эпизоотического обследования, указанного в пункте 21 настоящих Правил, и/или несоблюдении требований, указанных в пункте 22 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Данные об импортированных животных после завершения карантинирования заносятся в базу данных с выдачей ветеринарного паспорта согласно Правилам идентификации сельскохозяйственных животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Импортированным сельскохозяйственным животным, идентифицированным в стране-происхождения, сохраняют индивидуальные номера, присвоенные в стране-происхождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2857,64 +3101,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Правилам</w:t>
+              <w:t>Министр сельского хозяйства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>карантинирования животных</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 25 декабря 2025 года № 491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2935,51 +3192,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карантинирования животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2992,97 +3262,156 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-              </w:drawing>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1371600" cy="1384300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1371600" cy="1384300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3099,77 +3428,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В _______________________</w:t>
+              <w:t>В______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_________________________</w:t>
+              <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование территориального</w:t>
+              <w:t>(наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>территориального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подразделения ведомства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3326,442 +3668,476 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Номер заявления: __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прошу провести карантинирование животных ____________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
+      Прошу провести карантинирование животных _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(количество животных)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный(ые) номер(а) сельскохозяйственного(ых) животного(ых):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о сельскохозяйственном(ых) животном(ых) (вид, возраст (дата рождения),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>порода, пол) территориальные подразделения ведомства уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области ветеринарии получают из базы данных по идентификации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сельскохозяйственных животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учетный номер и вид деятельности объекта производства __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта производства ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Страна-экспортер (при вывозе) _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Страна-импортер (при ввозе) ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование хозяйствующего субъекта-отправителя, административная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориальная единица (при прибытии, приобретении)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(количество животных)</w:t>
-[...16 lines deleted...]
-        <w:t>Индивидуальный(ые) номер(а) сельскохозяйственного(ых) животного(ых):</w:t>
+        <w:t>Наименование хозяйствующего субъекта-получателя, административная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориальная единица (при перемещении животных по территории республики)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
-[...270 lines deleted...]
-        </w:rPr>
         <w:t>Дата планируемого прибытия, ввоза, вывоза, приобретения, перемещения животных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" " 20 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3769,212 +4145,192 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Контактные телефоны ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Электронный адрес ___________________________________________________</w:t>
-[...84 lines deleted...]
-        <w:t>хранение, выгрузку и использование персональных данных.</w:t>
+        <w:t>Электронный адрес __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации и даю согласие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на использование сведений, составляющих охраняемую законом тайну, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на сбор, обработку, хранение, выгрузку и использование персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заявитель или его представитель</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при наличии), подпись/электронная цифровая подпись)</w:t>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), подпись/электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата: " " 20 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5651500" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
@@ -3996,50 +4352,74 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -4074,64 +4454,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
+              <w:t>Министр сельского хозяйства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>карантинирования животных</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 25 декабря 2025 года № 491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4152,51 +4545,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карантинирования животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4209,97 +4615,156 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-              </w:drawing>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1371600" cy="1384300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1371600" cy="1384300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4316,77 +4781,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В __________________________</w:t>
+              <w:t>В___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование территориального</w:t>
+              <w:t>(наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>территориального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подразделения ведомства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4543,281 +5021,312 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Номер заявления: __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на отзыв</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прошу оставить без рассмотрения заявление № от " " 20 года, по причине</w:t>
-[...170 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при наличии), подпись/электронная цифровая подпись)</w:t>
+      Прошу оставить без рассмотрения заявление № от " " 20 года,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по причине ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации и даю согласие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на использование сведений, составляющих охраняемую законом тайну, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на сбор, обработку, хранение, выгрузку и использование персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявитель или его представитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), подпись/электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата: " " 20 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5651500" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
@@ -5100,88 +5609,88 @@
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1422400" cy="1485900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:bookmarkStart w:name="z115" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мотивированный отказ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z116" w:id="103"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z116" w:id="92"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата выдачи _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные заявителя __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5726,80 +6235,80 @@
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="104"/>
+          <w:bookmarkStart w:name="z120" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Согласовано:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="104"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Руководитель _____________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6344,161 +6853,161 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(дата и подпись/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электронная цифровая подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z124" w:id="105"/>
+    <w:bookmarkStart w:name="z124" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План карантинирования животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z125" w:id="106"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z125" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № от " " 20 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z126" w:id="107"/>
+          <w:bookmarkStart w:name="z126" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6515,80 +7024,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z129" w:id="108"/>
+          <w:bookmarkStart w:name="z129" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6638,80 +7147,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="109"/>
+          <w:bookmarkStart w:name="z133" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6761,80 +7270,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="110"/>
+          <w:bookmarkStart w:name="z137" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6884,80 +7393,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z141" w:id="111"/>
+          <w:bookmarkStart w:name="z141" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="100"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7007,80 +7516,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z145" w:id="112"/>
+          <w:bookmarkStart w:name="z145" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="112"/>
+          <w:bookmarkEnd w:id="101"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7130,80 +7639,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="113"/>
+          <w:bookmarkStart w:name="z149" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="102"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7253,80 +7762,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z153" w:id="114"/>
+          <w:bookmarkStart w:name="z153" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.7</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="103"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7377,133 +7886,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z157" w:id="115"/>
+          <w:bookmarkStart w:name="z157" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Ветеринарные мероприятия:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="104"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="116"/>
+          <w:bookmarkStart w:name="z159" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="105"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7592,80 +8101,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z164" w:id="117"/>
+          <w:bookmarkStart w:name="z164" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="106"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7746,80 +8255,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="118"/>
+          <w:bookmarkStart w:name="z169" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="107"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7880,70 +8389,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="119"/>
+    <w:bookmarkStart w:name="z174" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5651500" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
@@ -8139,142 +8648,142 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z177" w:id="120"/>
+    <w:bookmarkStart w:name="z177" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о карантинируемых сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z178" w:id="121"/>
+          <w:bookmarkStart w:name="z178" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="110"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8434,80 +8943,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z185" w:id="122"/>
+          <w:bookmarkStart w:name="z185" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="111"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8647,80 +9156,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z192" w:id="123"/>
+          <w:bookmarkStart w:name="z192" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="112"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9001,108 +9510,108 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z201" w:id="124"/>
+    <w:bookmarkStart w:name="z201" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт эпизоотологического обследования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z202" w:id="125"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z202" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № от " " 20 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z203" w:id="126"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z203" w:id="115"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование хозяйствующего субъекта и его адрес)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9511,80 +10020,80 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z204" w:id="127"/>
+          <w:bookmarkStart w:name="z204" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
+          <w:bookmarkEnd w:id="116"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9744,80 +10253,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z211" w:id="128"/>
+          <w:bookmarkStart w:name="z211" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="117"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9957,80 +10466,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z218" w:id="129"/>
+          <w:bookmarkStart w:name="z218" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="118"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10170,80 +10679,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="130"/>
+          <w:bookmarkStart w:name="z225" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="119"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10369,64 +10878,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z232" w:id="131"/>
+      <w:bookmarkStart w:name="z232" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Откуда поступили животные ________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12048,80 +12557,80 @@
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z233" w:id="132"/>
+          <w:bookmarkStart w:name="z233" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12546,80 +13055,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z250" w:id="133"/>
+          <w:bookmarkStart w:name="z250" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12888,80 +13397,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z261" w:id="134"/>
+          <w:bookmarkStart w:name="z261" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
+          <w:bookmarkEnd w:id="123"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13216,64 +13725,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z272" w:id="135"/>
+      <w:bookmarkStart w:name="z272" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринарный осмотр животных______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14024,108 +14533,108 @@
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1422400" cy="1485900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z275" w:id="136"/>
+    <w:bookmarkStart w:name="z275" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт эпизоотологического обследования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z276" w:id="137"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z276" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № от " " 20 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z277" w:id="138"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z277" w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование хозяйствующего субъекта и его адрес)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14415,80 +14924,80 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z278" w:id="139"/>
+          <w:bookmarkStart w:name="z278" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="128"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14648,80 +15157,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z285" w:id="140"/>
+          <w:bookmarkStart w:name="z285" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="129"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14861,80 +15370,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z292" w:id="141"/>
+          <w:bookmarkStart w:name="z292" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15074,80 +15583,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z299" w:id="142"/>
+          <w:bookmarkStart w:name="z299" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="131"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15273,64 +15782,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z306" w:id="143"/>
+      <w:bookmarkStart w:name="z306" w:id="132"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обособленность содержания животных, находящихся на карантинировании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от имеющегося поголовья животных в хозяйствующем субъекте</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15456,80 +15965,80 @@
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z307" w:id="144"/>
+          <w:bookmarkStart w:name="z307" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="133"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15954,80 +16463,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z324" w:id="145"/>
+          <w:bookmarkStart w:name="z324" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="134"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16296,80 +16805,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z335" w:id="146"/>
+          <w:bookmarkStart w:name="z335" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="135"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16624,64 +17133,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z346" w:id="147"/>
+      <w:bookmarkStart w:name="z346" w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринарный осмотр животных: ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16960,55 +17469,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>