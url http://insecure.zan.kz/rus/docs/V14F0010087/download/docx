--- v0 (2025-10-11)
+++ v1 (2026-03-11)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8f3a99e" w14:textId="8f3a99e">
+    <w:p w14:paraId="d45672a" w14:textId="d45672a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,623 +101,602 @@
         </w:rPr>
         <w:t>Об утверждении Правил субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 26 ноября 2014 года № 3-2/615. Зарегистрирован в Министерстве юстиции Республике Казахстан 14 января 2015 года № 10087.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...78 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      В соответствии с подпунктом 10) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра сельского хозяйства РК от 22.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 339</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра сельского хозяйства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Департаменту производства и переработки животноводческой продукции Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан и его официальное опубликование.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на вице-министра сельского хозяйства Республики Казахстан Исаеву Г.С.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "СОГЛАСОВАН"   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министр финансов   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Республики Казахстан   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________ Б. Султанов   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9 декабря 2014 год</w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "СОГЛАСОВАН"   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министр национальной экономики   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Республики Казахстан   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________ Е. Досаев   </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29 декабря 2014 год</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -821,5752 +801,5750 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 ноября 2014 года № 3-2/615</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила - в редакции приказа Министра сельского хозяйства РК от 30.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении 10 (десяти) календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z769" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      1. Настоящие Правила субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки (далее – Правила) разработаны в соответствии с подпунктом 10) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки (далее - субсидии) за счет и в пределах средств, предусмотренных в местном бюджете на соответствующий финансовый год, а также порядок оказания государственной услуги "Субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки" (далее – государственная услуга).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска.  Глава 1 дополнена пунктом 1-1 в соответствии с приказом Министра сельского хозяйства РК от 09.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 193</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра сельского хозяйства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1. Субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки осуществляется для повышения экономической доступности сельскохозяйственной продукции для производства продуктов ее глубокой переработки.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска.  Глава 1 дополнена пунктом 1-1 в соответствии с приказом Министра сельского хозяйства РК от 09.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>1) местный исполнительный орган по вопросам сельского хозяйства (далее – услугодатель) – структурное подразделение местных исполнительных органов областей, городов республиканского значения и столицы, реализующее функции в области сельского хозяйства;</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-1) исключен приказом и.о. Министра сельского хозяйства РК от 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) гарантированная закупочная цена – цена, по которой осуществляется закуп сельскохозяйственной продукции у сельскохозяйственных товаропроизводителей, сельскохозяйственных кооперативов и заготовительных организаций, устанавливаемая с учетом себестоимости и рентабельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен приказом и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023) ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен приказом и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) фактическая закупочная цена – усредненная цена в рамках одной заявки, которую перерабатывающее предприятие фактически заплатило за сельскохозяйственную продукцию в соответствии со счет-фактурами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – электронная заявка на получение перерабатывающими предприятиями субсидий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) заявитель/услугополучатель – перерабатывающее предприятие осуществляющий закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) закупочная цена – цена, которую перерабатывающие предприятия могут предложить за сельскохозяйственную продукцию для производства конкурентоспособной продукции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) государственная информационная система субсидирования (далее – ГИСС) – организационно-упорядоченная совокупность информационно-коммуникационных технологий, обслуживающего персонала и технической документации, предназначенная для оказания услуг по выполнению процессов субсидирования, предоставляющая возможность взаимодействия с веб-порталом "электронного правительства", регистрации заявки на получение субсидий, а также ее обработки посредством автоматической проверки заявки на соответствие условиям субсидирования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) веб-портал государственной информационной системы субсидирования (далее – веб-портал ГИСС) – интернет-ресурс, предоставляющий доступ к государственной информационной системе субсидирования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) электронный реестр заявок на субсидирование (далее – реестр) – совокупность сведений о заявках на субсидирование агропромышленного комплекса, а также о заемщиках, финансовых институтах, и иные сведения, отраженные в ГИСС;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусмотрено дополнить подпунктом 11-1) в соответствии с приказом и.о. Министра сельского хозяйства РК от 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронная цифровая подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023); от 20.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Субсидированию подлежат затраты перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки согласно перечню сельскохозяйственной продукции, по которой устанавливаются гарантированная закупочная цена и закупочная цена, утвержденному </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 31 декабря 2019 года № 477 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19856) (далее – перечень продукции).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Субсидирование предполагает возмещение разницы между гарантированной закупочной ценой и закупочной ценой.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Субсидии выплачиваются перерабатывающим предприятиям, понесшим затраты в текущем году и четвертом квартале предыдущего года, на приобретение сельскохозяйственной продукции у сельскохозяйственных товаропроизводителей, сельскохозяйственных кооперативов и заготовительных организаций для производства и реализации готовой продукции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В 2025 году субсидии выплачиваются перерабатывающим предприятиям, понесшим затраты в текущем году, а также в третьем и четвертом кварталах предыдущего года, на приобретение сельскохозяйственной продукции у сельскохозяйственных товаропроизводителей, сельскохозяйственных кооперативов и заготовительных организаций для производства и реализации готовой продукции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра сельского хозяйства РК от 09.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Расчет субсидии осуществляется в соответствии с перечнем продукции, с учетом коэффициентов пересчета конечного продукта в исходный согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и нормативов субсидий на единицу закупаемой сельскохозяйственной продукции согласно перечню продукции (далее – норматив субсидий).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Для определения норматива субсидий создается комиссия в составе представителей местного исполнительного органа области, городов республиканского значения, столицы, а также представителей отраслевых общественных объединений, перерабатывающих предприятий, сельскохозяйственных товаропроизводителей, региональных палат Национальной палаты предпринимателей Республики Казахстан "Атамекен". Состав комиссии определяется и утверждается решением акима области, городов республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Председателем комиссии является заместитель акима области, городов республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Состав комиссии формируется ежегодно и состоит из не менее 9 (девяти) человек.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Комиссия по итогам анализа статистических данных по средним ценам производителей сельскохозяйственной продукции (далее – статистические данные) предыдущего года с учетом годового уровня инфляции определяет гарантированную закупочную цену (Цгар) по области, городу республиканского значения, столице на текущий год. При отсутствии статистических данных по области, городу республиканского значения, столице на предыдущий год используются статистические данные близлежащей области (города республиканского значения, столицы).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра сельского хозяйства РК от 14.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Комиссия на основании собранных данных по сложившимся рыночным ценам на готовую продукцию перерабатывающих предприятий предыдущего года определяет закупочную цену сельскохозяйственной продукции перерабатывающих предприятий области, города республиканского значения, столицы на текущий год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Расчет закупочной цены на сельскохозяйственную продукцию, за исключением пшеницы, проводится по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак = ((Цр*Ииф) – НДС – Рпер – Зпер)/Кп,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак – закупочная цена, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цр – фактически сложившаяся рыночная цена единицы продукции предыдущего года, тенге/килограмм (данные перерабатывающих предприятий или официальная статистическая информация, формируемая Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан (далее – БНС АСПиР РК);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ииф – уровень инфляции, % (официальная статистическая информация за предшествующий год);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>НДС – налог на добавленную стоимость;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Рпер – рентабельность переработки (10 %);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зпер – затраты непосредственно на переработку, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кп – коэффициент пересчета конечного продукта в исходный согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На основании установленного уровня гарантированной закупочной цены и закупочной цены определяется норматив субсидий по следующей формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб = Цгар – Цзак,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб – норматив субсидий на единицу продукции, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цгар – гарантированная закупочная цена, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак – закупочная цена, тенге/килограмм.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение об определении гарантированной закупочной цены и закупочной цены утверждается протокольным решением комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гарантированная закупочная цена и закупочная цена являются расчетными показателями для определения норматива субсидий в целях обеспечения нормативной рентабельности производства готовой продукции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если фактическая закупочная цена ниже гарантированной закупочной цены, то норматив субсидий снижается, а сниженный норматив субсидий рассчитывается по следующей формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб.сниж = Цф.зак – Цзак,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб.сниж – сниженный норматив субсидий на единицу продукции, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цф.зак – фактическая закупочная цена, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак – закупочная цена, тенге/килограмм.";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дополнить пунктом 10-2 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"10-2. Расчет закупочной цены на пшеницу проводится по формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак = ((Цр*Ииф) – НДС – Рпер– Зпер+Дпоб)/Кп,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак – закупочная цена, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цр – фактически сложившаяся рыночная цена единицы продукции предыдущего года, тенге/килограмм (данные перерабатывающих предприятий или официальная статистическая информация, формируемая БНС АСПиР РК);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ииф – уровень инфляции, % (официальная статистическая информация за предшествующий год);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>НДС – налог на добавленную стоимость;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Рпер – рентабельность переработки (10%);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зпер – затраты непосредственно на переработку, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дпоб – доходы от побочной (прочей) продукции при переработке исходного сырья, приведенные на один килограмм исходного сырья;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кп – коэффициент пересчета конечного продукта в исходный согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На основании установленного уровня гарантированной закупочной цены и закупочной цены определяется норматив субсидий по следующей формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб = Цгар – Цзак,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб – норматив субсидий на единицу продукции, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цгар – гарантированная закупочная цена, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак – закупочная цена, тенге/килограмм.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение об определении гарантированной закупочной цены и закупочной цены утверждается протокольным решением комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гарантированная закупочная цена и закупочная цена являются расчетными показателями для определения норматива субсидий в целях обеспечения нормативной рентабельности производства готовой продукции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если фактическая закупочная цена ниже гарантированной закупочной цены, то норматив субсидии снижается по следующей формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб.сниж = Цф.зак – Цзак,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб.сниж – сниженный норматив субсидий на единицу продукции, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цф.зак – фактическая закупочная цена, тенге/килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цзак – закупочная цена, тенге/килограмм.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра сельского хозяйства РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-1. Исключен приказом Министра сельского хозяйства РК от 14.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Нормативы субсидий представляются услугодателем в двух экземплярах на рассмотрение в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство сельского хозяйства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан (далее – Министерство) сопроводительным письмом за подписью акима области, городов республиканского значения, столицы, в случае его отсутствия – лицом, исполняющим его обязанности, с приложением обоснований по каждому нормативу субсидий. Срок рассмотрения Министерством нормативов субсидий составляет 7 (семь) рабочих дней со дня поступления письма.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При положительном результате, Министерство возвращает соответствующим сопроводительным письмом один экземпляр нормативов субсидий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При отрицательном результате, Министерство возвращает оба экземпляра нормативов субсидий письмом с мотивированным отказом. При этом, доработанные нормативы субсидий на повторное рассмотрение направляются в Министерство в течение 7 (семи) рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативы субсидий утверждаются постановлением акимата области, города республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Внесение изменений и (или) дополнений в нормативы субсидий осуществляется в порядке, предусмотренном настоящим пунктом настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Услугодатель ежегодно до первого апреля соответствующего года обеспечивает публикацию объявления о сроках приема заявок на получение субсидий, об установленных нормативах субсидий на веб-портале ГИСС и интернет-ресурсе акимата области, города республиканского значения, столицы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Услугодатель в течение 3 (трех) рабочих дней после утверждения индивидуального помесячного плана финансирования на субсидии (далее – план финансирования) размещает его на веб-портале ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При этом, услугодателем выделенные бюджетные средства распределяются по субсидируемой продукции, указанной в перечне продукции, и размещаются на веб-портале ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае отсутствия заявок по одному из субсидируемой продукции, указанной в перечне продукции, допускается перераспределение бюджетных средств в течение года между продукциями, указанными в перечне продукции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z66" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...59 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z67" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...113 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Условия получения субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      14. Субсидии выплачиваются при соблюдении следующих условий:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...2 lines deleted...]
-        <w:t>      Примечание ИЗПИ!</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) подачи в электронном виде заявки на субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, посредством веб-портала "электронного правительства".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень основных требований к оказанию государственной услуги "Субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки" изложен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информационное взаимодействие веб-портала "электронного правительств" и ГИСС осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) регистрации в ГИСС заявки, поданной перерабатывающим предприятием и подписанной ЭЦП;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1) недопущение снижения объема налоговых отчислений и фонда оплаты труда за предыдущие 2 (два) финансовых года подряд до года подачи заявки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Базовый критерий, указанный в части первой настоящего подпункта, не распространяется в отношении услугополучателей, срок государственной регистрации которых в качестве индивидуального предпринимателя или юридического лица составляет менее 3 (трех) лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-2) соблюдение встречных обязательств по обеспечению роста/сохранения на уровне предыдущего года объема валовой продукции сливочного масла, сыра твердого, сухого молока (цельного, обезжиренного) и клейковины пшеничной сухой (пшеничный глютен), в денежном выражении (тысяч тенге).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Встречные обязательства принимаются субъектами агропромышленного комплекса при условии получения в текущем финансовом году субсидий в совокупности по всем видам субсидий, по которым предусмотрено установление аналогичных встречных обязательств, в размере 100 000 000 (ста миллионов) тенге и выше.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С 1 января 2029 года встречные обязательства распространяются на все субъекты агропромышленного комплекса, получающие субсидии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) подтверждении приобретения сельскохозяйственной продукции и реализации готовой продукции перерабатывающим предприятием (структурным подразделением перерабатывающего предприятия) в результате информационного взаимодействия ГИСС и информационной системы электронных счетов-фактур (наличие соответствующего электронного счета-фактуры поставщика сельскохозяйственной продукции, выписанного не ранее предыдущего года, и электронного счета-фактуры перерабатывающего предприятия (структурного подразделения перерабатывающего предприятия) о реализации готовой продукции, выписанного не ранее четвертого квартала предыдущего года).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 2 предусмотрено дополнить подпунктом 11-1) в соответствии с приказом и.о. Министра сельского хозяйства РК от 24.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра сельского хозяйства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 415</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие 01.01.2027).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. В случае сбоя ГИСС, содержащей необходимые сведения для выдачи субсидий, услугодатель незамедлительно уведомляет Министерство о возникшей ситуации, которое приступает к ее устранению.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При этом, после проведения работ по устранению возникшего сбоя Министерство в течение 3 (трех) рабочих дней составляет протокол о технической проблеме и размещает его в ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство в течение 3 (трех) рабочих дней с даты утверждения или изменения настоящих Правил актуализирует информацию о порядке оказания государственной услуги и направляет в Единый контакт-центр.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра сельского хозяйства РК от 14.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z76" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...89 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок расчета субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Размер субсидий рассчитывается по следующей формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>S = (Vр*Кп)*Нсуб,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>где:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>S – размер субсидий, тенге;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Vр – объем реализованной продукции, килограмм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кп – коэффициент пересчета конечного продукта в исходный согласно приложению 1 к настоящим Правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нсуб – норматив субсидий, тенге/килограмм.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае, если расчетный объем закупленной сельскохозяйственной продукции (Vр*Кп) превышает фактически закупленный объем, подтвержденный в соответствии с подпунктом 4) пункта 14 настоящих Правил, то для расчета суммы субсидий используется фактически закупленный объем сельскохозяйственной продукции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра сельского хозяйства РК от 09.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 193</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа Министра сельского хозяйства РК от 14.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z85" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Порядок выплаты субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...1058 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Прием заявок осуществляется по месту регистрации перерабатывающего предприятия с 1 апреля по 10 декабря (включительно) соответствующего года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра сельского хозяйства РК от 30.09.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 338</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра сельского хозяйства РК от 22.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 339</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Для предоставления доступа к данным реестра через веб-портал ГИСС (далее – Личный кабинет):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) перерабатывающее предприятие получает ЭЦП для самостоятельной регистрации в ГИСС;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) услугодатель ежегодно направляет в Министерство актуализированные списки работников, обладающих ЭЦП.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">10-1. Исключен приказом Министра сельского хозяйства РК от 14.06.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Для регистрации в Личном кабинете перерабатывающим предприятием указываются следующие сведения:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) для индивидуальных предпринимателей: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ИИН), фамилия, имя и отчество (при его наличии);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) для юридических лиц: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, полное наименование; фамилия, имя и отчество (при его наличии) и ИИН первого руководителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) контактные данные (почтовый адрес, телефон, адрес электронной почты);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) реквизиты текущего счета банка второго уровня или национального оператора почты.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При изменении вышеуказанных данных, перерабатывающее предприятие в течение 1 (одного) рабочего дня изменяет данные лицевого счета, внесенные в Личный кабинет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Формирование и регистрация заявки производится в Личном кабинете в следующем порядке:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) формируется заявка с внесением в нее сведений, необходимых для проверки ГИСС требований подпункта 4) пункта 14 настоящих Правил;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) заявка регистрируется в ГИСС путем ее подписания перерабатывающим предприятием с использованием ЭЦП и становится доступной в Личном кабинете услугодателя. На электронный адрес услугодателя направляется электронное извещение о поступлении на рассмотрение заявки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае выявления перерабатывающим предприятиям несоответствия данных в зарегистрированной заявке до момента формирования услугодателем счета к оплате, перерабатывающее предприятие отзывает заявку с указанием причины отзыва.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг согласно подпункту 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра сельского хозяйства РК от 14.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-1. Исключен приказом и.о. Министра сельского хозяйства РК от 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Главу 2 предусмотрено дополнить пунктом 20-2 в соответствии с приказом и.о. Министра сельского хозяйства РК от 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-2. Объем валовой продукции агропромышленного комплекса определяется по следующей формуле:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      объем валовой продукции (товаров или услуг) агропромышленного комплекса за предыдущий год, тысяч тенге = объем произведенной продукции (товаров или услуг) агропромышленного комплекса за предыдущий год в натуральном выражении, тонн х цена на продукцию (товар или услугу) агропромышленного комплекса, тысяч тенге.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае неисполнения обязательств вследствие непреодолимой силы (ухудшение природно-климатических условий, фитосанитарной и эпизоотической ситуаций), перерабатывающее предприятие размещает в ГИСС документ, подтверждающий данный факт (справку о погодных условиях, выданную республиканским государственным предприятием на праве хозяйственного ведения "Казгидромет" Министерства экологии и природных ресурсов Республики Казахстан и (или) решение МИО об установлении карантина или ограничительных мероприятий и (или) акт экспертизы (протокол испытаний) о выявлении болезни животных и (или) акт о повреждении посевов вредителями, болезнями растений и сорняками).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Встречное обязательство считается неисполненным в случае отрицательного отклонения (графа 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам), которое рассчитывается посредством разницы между объемами валовой продукции (товаров или услуг) агропромышленного комплекса за 2 (два) предыдущих года, предшествующих году подачи заявки. При первичном принятии встречных обязательств отклонение равно нулю.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае неисполнения обязательств в течение 2 (двух) предыдущих лет подряд в первый раз и отсутствия документов, подтверждающих наступление обстоятельств непреодолимой силы, будет прекращена возможность подачи заявки на получение субсидий в текущем календарном году на 1 (один) год. В случае неисполнения обязательств в течение 2 (двух) предыдущих лет подряд во второй и последующие разы и отсутствия документов, подтверждающих наступление обстоятельств непреодолимой силы, будет прекращена возможность подачи заявки на получение субсидий в текущем календарном году на 2 (два) года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Данные о среднереспубликанских ценах на продукцию (товар или услугу) агропромышленного комплекса согласно официально представленной информации Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан размещаются в ГИСС разработчиком настоящих Правил в срок до 20 января 2025 года. В случае появления новой продукции (товара или услуги) агропромышленного комплекса среднереспубликанские цены на нее вносятся в ГИСС в срок до 20 января соответствующего года. При расчете объема валовой продукции (товаров или услуг) агропромышленного комплекса используется зафиксированная цена 2024 года. В случае отсутствия данных о ценах в официальной статистической информации будут использованы данные из альтернативных источников или средняя цена 5 (пяти) субъектов агропромышленного комплекса области, города республиканского значения, столицы, производящих данный вид продукции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация об объеме произведенной валовой продукции (товаров или услуг) агропромышленного комплекса заполняется перерабатывающим предприятием в Личном кабинете по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в срок с 20 января и до конца текущего года и подтверждается электронной цифровой подписью. Сведения о встречных обязательствах отражаются в реестре встречных обязательств по форме, установленной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и являются общедоступными для пользователей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При этом перерабатывающими предприятиями, прошедшими государственную регистрацию в текущем году, объем валовой продукции за предыдущий год указывается в значении "0".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уровень выполнения перерабатывающим предприятием встречных обязательств фиксируется в ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 20-2 в соответствии с приказом и.о. Министра сельского хозяйства РК от 20.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие 01.01.2025); в редакции приказа Министра сельского хозяйства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Услугодатель в течение 1 (одного) рабочего дня с момента регистрации заявки, подтверждает ее принятие путем подписания ее с использованием ЭЦП, направляет услугополучателю в форме электронного документа уведомление о перечислении субсидий по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный отказ в предоставлении государственной услуги по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Услугодатель в соответствии с планом финансирования формирует в ГИСС счета к оплате на выплату субсидий, загружаемые в информационную систему "Казначейство-Клиент", в течение 1 (одного) рабочего дня после подтверждения услугодателем принятия заявки согласно пункту 21 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При нехватке средств, предусмотренных на субсидирование затрат перерабатывающих предприятий согласно плану финансирования на соответствующий финансовый год, заявки поступают в резерв (лист ожидания).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выплата субсидий по заявкам, поступившим в резерв (лист ожидания), осуществляется по очередности согласно дате и времени поступления заявок при выделении дополнительных бюджетных средств в текущем финансовом году, либо в следующем финансовом году.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При недостаточности бюджетных средств, необходимых для полной оплаты суммы субсидий по заявке, допускается дробление суммы субсидий на части. Уведомление о дроблении суммы субсидий направляется перерабатывающему предприятию по форме согласно приложению 8 к настоящим Правилам. При этом, неоплаченный остаток суммы субсидий выплачивается в следующем месяце, либо при выделении дополнительных бюджетных средств в текущем финансовом году, либо в следующем финансовом году.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае изменения нормативов субсидий и порядка расчета субсидий, выплата субсидий по заявкам, включенным в резерв (лист ожидания), осуществляется в соответствии с нормативами субсидий и порядком расчета субсидий, действовавшими на момент подачи заявок.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Информация о включении заявки в резерв (лист ожидания) отражается в ГИСС. Период нахождения заявки в резерве (листе ожидания) не включается в срок оказания государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При превышении объемов заявленных субсидий от сумм, предусмотренных в местном бюджете по соответствующей бюджетной программе, дополнительные средства из местного бюджета выделяются путем внесения изменений в решение маслихата об утверждении соответствующего местного бюджета в порядке, установленном бюджетным законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра сельского хозяйства РК от 09.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) сведений, содержащихся в них;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) несоответствие услугополучателя и (или) представленных сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-1. Услугодатель в срок до 30 декабря соответствующего года для мониторинга субсидирования представляет в Министерство сводную информацию об использовании субсидий, сформированную и выгруженную из ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска.  Глава 2 дополнена пунктом 23-1 в соответствии с приказом Министра сельского хозяйства РК от 09.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="81"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="87"/>
-[...68 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственной услуги подается на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 438</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра сельского хозяйства РК от 22.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 339</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Жалоба услугополучателя в соответствии с пунктом 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона подлежит рассмотрению:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услугодателем – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) услугодатель направляет ее в орган, рассматривающий жалобу, в течение 3 (трех) рабочих дней со дня поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу, в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...42 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра сельского хозяйства РК от 22.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 339</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>14. Субсидии выплачиваются при соблюдении следующих условий:</w:t>
-[...128 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">26. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона продлевается не более чем на десять рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа Министра сельского хозяйства РК от 22.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 339</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) исключен в соответствии с приказом и.о. Министра сельского хозяйства РК от 20.06.2024 </w:t>
-[...62 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3) регистрации в ГИСС заявки, поданной перерабатывающим предприятием и подписанной ЭЦП;</w:t>
-[...2619 lines deleted...]
-      27. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
+        <w:t xml:space="preserve">27. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 27 - в редакции приказа Министра сельского хозяйства РК от 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6753,801 +6731,1048 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>продуктов ее глубокой</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>переработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z253" w:id="154"/>
+    <w:bookmarkStart w:name="z253" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты пересчета конечного продукта в исходный</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 338</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование сельскохозяйственной продукции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование продуктов глубокой переработки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коэффициент пересчета конечного продукта в исходный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Молоко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сливочное масло</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Молоко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сыр твердый</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Молоко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сухое молоко (цельное, обезжиренное)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7,3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пшеница</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Клейковина пшеничная сухая (пшеничный глютен)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7686,8744 +7911,7407 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>продуктов ее глубокой</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>переработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 2 - в редакции приказа Министра сельского хозяйства РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра сельского хозяйства РК от 30.09.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его официального опубликования).</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z849" w:id="155"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z850" w:id="156"/>
+    <w:bookmarkStart w:name="z850" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-[...4246 lines deleted...]
-    <w:bookmarkStart w:name="z591" w:id="175"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...18 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В местный исполнительный орган ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (областей, городов республиканского значения, столицы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от _______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (полное наименование юридического лица или фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (при его наличии) физического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
-[...78 lines deleted...]
-              <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу выплатить мне субсидии на закуп сельскохозяйственной продукции для производства и реализации сливочного масла/твердого сыра/сухого молока (цельное, обезжиренное), клейковины пшеничной сухой (пшеничный глютен) (в случае производства одним перерабатывающим предприятием нескольких видов продуктов глубокой переработки, заявка подается по каждому виду продукции отдельно) в объеме</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      килограмм, в размере _____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тенге.                                     (сумма цифрами и прописью)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Сведения о заявителе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для юридического лица:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бизнес-идентификационный номер (далее – БИН) _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя, отчество (при его наличии) руководителя _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адрес: __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номер телефона (факса): __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование структурного подразделения:__________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИН структурного подразделения:__________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адрес структурного подразделения:_________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для физического лица:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя, отчество (при его наличии) ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный номер (далее – ИИН) ____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ, удостоверяющий личность:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номер __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кем выдано _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата выдачи _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адрес: __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номер телефона (факса): __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о начале деятельности в качестве индивидуального</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предпринимателя – для физического лица:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      местонахождение ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата уведомления ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Сведения текущего счета перерабатывающего предприятия в банке второго уровня или национальном операторе почты:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИН/БИН ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      код бенефициара (далее – Кбе) _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реквизиты банка или оператора почты: ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование банка или оператора почты: ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банковский идентификационный код ________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный код ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИН ___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кбе ____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Сведения о счетах-фактурах, подтверждающих понесенные затраты (на момент подачи заявки) на приобретение сельскохозяйственной продукции (сведения по каждому сельскохозяйственному товаропроизводителю, сельскохозяйственному кооперативу и заготовительной организации заполняются отдельно):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...2190 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер счета-фактуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата счета-фактуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование сельскохозяйственной продукции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем сельскохозяйственной продукции, килограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цена, тенге за килограмм, без учета налога на добавленную стоимость</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...31 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стоимость, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН/БИН продавца и наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...284 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...105 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...3 lines deleted...]
-            <w:tcBorders/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-            </w:r>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого (указывается фактическая закупочная цена)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z797" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Сведения о счетах-фактурах, подтверждающих реализацию (на момент подачи заявки) готовой продукции (сведения по каждому покупателю заполняются отдельно):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер счета-фактуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата счета-фактуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование готовой продукции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем реализованной продукции, килограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...30 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цена, тенге за килограмм, без учета налога на добавленную стоимость</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...30 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стоимость, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...30 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН/БИН покупателя и наименование (в случае розничной реализации продукции ИИН/БИН покупателя и наименование указываются при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Расчет причитающихся субсидий (заполняется автоматически):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование продукта глубокой переработки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем реализованной продукции, килограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коэффициент пересчета конечного продукта в исходный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат пересчета конечного продукта в исходный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фактически закупленный общий объем сельскохозяйственной продукции по данным из счета-фактуры, килограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Норматив субсидии, тенге/ килограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сниженный норматив субсидий, тенге/киллограмм (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сумма бюджетных субсидий, тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации, даю согласие на использование сведений, составляющих охраняемую законом тайну, на сбор, обработку моих персональных данных, а также на передачу их в Министерство финансов Республики Казахстан (бизнес-идентификационный номер 201040000013) в рамках проекта по созданию информационной системы "Регистраторская информационная система" и по оказанной государственной услуге в уполномоченный орган по исполнению бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сообщаю об отсутствии трансграничной передачи персональных данных, а также об отсутствии распространения персональных данных в общедоступных источниках.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень собираемых данных: фамилия, имя, отчество (при наличии) физического лица, наименование юридического лица, бизнес-идентификационный номер, индивидуальный идентификационный номер, банковские реквизиты, электронная почта, номер телефона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подписано и отправлено заявителем в ___ часов "__" ______ 20__ года:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Данные из электронной цифровой подписи (далее – ЭЦП)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время подписания ЭЦП</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление о принятии заявки:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Данные из ЭЦП</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время подписания ЭЦП</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субсидирования затрат</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перерабатывающих предприятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на закуп сельскохозяйственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продукции для производства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продуктов ее глубокой переработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z591" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 3 - в редакции приказа и.о. Министра сельского хозяйства РК от 23.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 438</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z619" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Местные исполнительные органы областей, городов Астаны, Алматы и Шымкента (далее – услугодатель).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z623" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способы предоставления государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявок физических и юридических лиц (далее – услугополучатель) и выдача результатов оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z627" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 (два) рабочих дня.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z631" w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (полностью автоматизированная).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z635" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уведомление о перечислении субсидий либо мотивированный отказ в предоставлении государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-            </w:r>
+Форма предоставления результата оказания государственной услуги – электронная.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z640" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z644" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) услугодатель – с понедельника по пятницу с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, за исключением выходных и праздничных дней согласно трудовому законодательству Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан, прием заявок или выдача результатов оказания государственной услуги осуществляются следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес места оказания государственной услуги размещен на интернет-ресурсе www.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z650" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заявка на субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки, утвержденным приказом Министра сельского хозяйства Республики Казахстан от 26 ноября 2014 года № 3-2/615 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан № 10087) (далее – Правила), в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z654" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) сведений, содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие услугополучателя требованиям, установленным Правилами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z659" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Личного кабинета портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на портале. Единый контакт-центр: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министерство сельского хозяйства Республики Казахстан и услугодатели в течение трех рабочих дней с даты изменения Правил актуализируют информацию о порядке оказания государственной услуги и направляют в Единый контакт-центр.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -16461,129 +15349,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
+              <w:t xml:space="preserve">Приложение 4 к Правилам </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам субсидирования</w:t>
+              <w:t xml:space="preserve">субсидирования затрат </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>затрат перерабатывающих</w:t>
+              <w:t xml:space="preserve">перерабатывающих предприятий </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предприятий на закуп</w:t>
+              <w:t xml:space="preserve">на закуп сельскохозяйственной продукции для производства </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельскохозяйственной продукции</w:t>
-[...25 lines deleted...]
-              <w:t>ее глубокой переработки</w:t>
+              <w:t>продуктов ее глубокой переработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -16610,191 +15472,5429 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z799" w:id="203"/>
+    <w:bookmarkStart w:name="z133" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Уведомление о дроблении суммы субсидий</w:t>
+        <w:t xml:space="preserve">                    Уведомление о перечислении субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-[...106 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Уважаемый (-ая) __________________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (услугополучатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По Вашей заявке №________ от "__" _______ 20__ года оказана государственная услуга и уведомляем о перечислении на Ваш расчетный счет №__________ суммы субсидий в размере _________ тенге счетом к оплате от "__" ___________ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 5 к Правилам </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">субсидирования затрат </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">перерабатывающих предприятий </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на закуп сельскохозяйственной </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">продукции для производства </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продуктов ее глубокой переработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z136" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              Мотивированный отказ в предоставлении государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Уважаемый (-ая) __________________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (услугополучатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По Вашей заявке №__________ от "__" _________ 20___ года в предоставлении государственной услуги отказано по причине: ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам субсидирования затрат</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перерабатывающих предприятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на закуп сельскохозяйственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продукции для производства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продуктов ее глубокой переработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z748" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация об объеме произведенной валовой продукции (товаров или услуг) агропромышленного комплекса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены приложением 6 в соответствии с приказом и.о. Министра сельского хозяйства РК от 20.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие 01.01.2025); в редакции приказа Министра сельского хозяйства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Представляется: в Министерство сельского хозяйства Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z897" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование административной формы: Информация об объеме произведенной валовой продукции (товаров или услуг) агропромышленного комплекса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 1-ВП</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Периодичность: годовая</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отчетный период: 20__год </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: перерабатывающие предприятия, получающие субсидии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ежегодно, в срок с 20 января и до конца соответствующего года </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Метод сбора: в электронном виде</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Область _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Год _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Код по классификатору административно-территориальных объектов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование области</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование перерабатывающего предприятия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-идентификационный номер/индивидуальный идентификационный номер перерабатывающего предприятия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование произведенной продукции (товаров или услуг)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем произведенной продукции (товаров или услуг) агропромышленного комплекса за предыдущий год в натуральном выражении, тонн</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цена на продукцию (товар или услугу) агропромышленного комплекса, тенге *</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем валовой продукции (товаров или услуг) агропромышленного комплекса за предыдущий год, тысяч тенге (5 *6 )**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отклонение +/-/=, тысяч тенге **</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии), телефон</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии), телефон</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата сдачи отчета "__" __________ 20 ___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* данные о ценах на продукцию (товар или услугу) агропромышленного комплекса (далее – АПК) заполняются автоматически государственной информационной системой субсидирования (далее – ГИСС) согласно пункту 20-2 Правил субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 26 ноября 2014 года № 3-2/615 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10087);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>** рассчитывается автоматически в ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При представлении информации об объеме произведенной валовой продукции (товаров или услуг) АПК субъект АПК указывает объем произведенной продукции – сливочного масла, сыра твердого, сухого молока (цельного, обезжиренного) и клейковины пшеничной сухой (пшеничный глютен).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен предоставлять статистические данные о производстве и отгрузке продукции (товаров, услуг) в Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан в соответствии с Правилами представления респондентами первичных статистических данных, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по статистике от 9 июля 2010 года № 173 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 6459). Данное требование распространяется на юридические лица и (или) их структурные и обособленные подразделения, независимо от численности работников, с основным и (или) вторичным видом деятельности "Промышленность" (согласно кодам Общего классификатора видов экономической деятельности 05-33, 35-39).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленных данных, осведомлен об ответственности за представление недостоверных сведений в соответствии с законами Республики Казахстан и даю согласие на использование сведений, составляющих охраняемую законом тайну, а также сбор, обработку персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Примечание: Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Информация об объеме произведенной валовой продукции (товаров или услуг) агропромышленного комплекса" приведено в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей форме.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенной для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Информация об объеме</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>произведенной валовой продукции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(товаров или услуг)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>агропромышленного комплекса"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z953" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Информация об объеме произведенной валовой продукции (товаров или услуг) агропромышленного комплекса" (индекс: форма № 1-ВП, периодичность: годовая)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z954" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Информация об объеме произведенной валовой продукции (товаров или услуг) агропромышленного комплекса" (далее – Форма).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма заполняется перерабатывающими предприятиями в государственной информационной системе субсидирования (далее – ГИСС). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Форма подписывается руководителем либо лицом, исполняющим его обязанности, с указанием его фамилии и инициалов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Форма предоставляется: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перерабатывающими предприятиями, получающими субсидии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Форма заполняется на государственном и русском языках.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z961" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. В графе 1 Формы указывается наименование области, города республиканского значения, столицы согласно национальному Классификатору административно-территориальных объектов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. В графе 2 Формы указывается наименование перерабатывающего предприятия, получающего субсидии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. В графе 3 Формы указывается бизнес-идентификационный номер или индивидуальный идентификационный номер перерабатывающего предприятия.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. В графе 4 Формы указывается наименование произведенной продукции (товаров или услуг).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. В графе 5 Формы указывается объем произведенной продукции (товаров или услуг) агропромышленного комплекса за предыдущий год в натуральном выражении, тонн.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. В графе 6 Формы указывается данные о ценах на продукцию (товар или услугу) агропромышленного комплекса, тысяч тенге, которые заполняются автоматически в ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. В графе 7 Формы указывается объем валовой продукции (товаров или услуг) агропромышленного комплекса за предыдущий год, тысяч тенге, который рассчитывается автоматически в ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. В графе 8 Формы указывается отклонение, которое заполняется автоматически в ГИСС.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам субсидирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>затрат перерабатывающих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предприятий на закуп</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сельскохозяйственной продукции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для производства продуктов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ее глубокой переработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z797" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Реестр встречных обязательств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска.  Правила дополнено приложением 7 в соответствии с приказом Министра сельского хозяйства РК от 09.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Область</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отчетный год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата принятия встречных обязательств</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Растениеводческая продукция</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(да / нет)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Животноводческая продукция</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(да / нет)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Продукты переработки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(да / нет)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам субсидирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>затрат перерабатывающих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предприятий на закуп</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сельскохозяйственной продукции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для производства продуктов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ее глубокой переработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z799" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о дроблении суммы субсидий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска.  Правила дополнено приложением 8 в соответствии с приказом Министра сельского хозяйства РК от 09.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уважаемый (-ая) _________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(услугополучатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомляем вас о частичной выплате причитающихся вам субсидий</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по вашей заявке от "__" _______ 20__ года №________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -16816,55 +20916,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17186,35 +21286,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>