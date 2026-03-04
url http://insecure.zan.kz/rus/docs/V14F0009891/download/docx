--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="315f2c3" w14:textId="315f2c3">
+    <w:p w14:paraId="5888839" w14:textId="5888839">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении нормативных правовых актов в области ветеринарии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 октября 2014 года № 7-1/559. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 ноября 2014 года № 9891.</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 30 октября 2014 года № 7-1/559. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 ноября 2014 года № 9891</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -14594,126 +14594,96 @@
         <w:t>
       22. При импорте перемещаемого (перевозимого) объекта в конечном пункте его назначения осуществляется отбор проб и ветеринарно-санитарная экспертиза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:bookmarkStart w:name="z289" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сведения заверяются печатью и подписью государственного ветеринарно-санитарного инспектора. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z290" w:id="195"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра сельского хозяйства РК от 09.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 325</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Исключен приказом Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -15026,80 +14996,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефон ___________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z293" w:id="196"/>
+    <w:bookmarkStart w:name="z293" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Акт ветеринарно-санитарного осмотра (досмотра)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         № ____ "___" ________ 20____ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий акт составлен ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16610,92 +16580,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail _____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z296" w:id="197"/>
+    <w:bookmarkStart w:name="z296" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                            Акт  о нарушении ветеринарно-санитарных требований </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                       при перемещении  перемещаемых (перевозимых) объектов </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              № ____ "___" __________ 20__ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий акт составлен____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17893,68 +17863,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z298" w:id="198"/>
+    <w:bookmarkStart w:name="z298" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Штампы государственного ветеринарно-санитарного контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21233,80 +21203,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z302" w:id="199"/>
+    <w:bookmarkStart w:name="z302" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Декларация о возврате перемещаемых (перевозимых) объектов* /</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               Non-manipulation declaration*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       А. Описание перемещаемых (перевозимых) объекта / Consignment details </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22679,80 +22649,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Телефон ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail _____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z305" w:id="200"/>
+    <w:bookmarkStart w:name="z305" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Акт о возврате перемещаемых (перевозимых) объектов *</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         № ____ от ______________20____год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мною, государственным ветеринарно-санитарным инспектором _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23902,51 +23872,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z308" w:id="201"/>
+    <w:bookmarkStart w:name="z308" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Оперативная информация о перемещаемых</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -23955,51 +23925,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         __________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (указать решение: приостановлено, возврат, запрет)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -25537,68 +25507,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z311" w:id="202"/>
+    <w:bookmarkStart w:name="z311" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета задержанных в пункте пропуска перемещаемых (перевозимых) объектов и принятых по ним решений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -26909,65 +26879,2028 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z313" w:id="203"/>
+    <w:bookmarkStart w:name="z313" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета перемещения через ветеринарный контрольный пост______________экспортных и импортных перемещаемых (перевозимых) объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата оформления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Страна-импортер, наименование организации адрес, номер телефона получателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Страна- экспортер, производитель и его адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид и номер транспортного средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование перемещаемого (перевозимого) объекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вес/ голов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер товаро- транспортной накладной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер и дата выдачи сопроводительного ветеринарного документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер разрешения на ввоз и вывоз (при необходимости)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подпись государственного ветеринарно-санитарного инспектора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z315" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    Журнал учета перемещения через ветеринарный контрольный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             пост______________ транзитных перемещаемых (перевозимых) объектов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -27026,2013 +28959,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата оформления</w:t>
-[...1961 lines deleted...]
-              <w:t>
 Наименование организации получателя, адрес, номер телефона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -31026,146 +30996,146 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 октября 2014 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 7-1/559</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="205"/>
+    <w:bookmarkStart w:name="z137" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила организации ветеринарных контрольных постов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Министра сельского хозяйства РК от 07.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z317" w:id="206"/>
+    <w:bookmarkStart w:name="z317" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила организации ветеринарных контрольных постов (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан "О ветеринарии" (далее – Закон) и определяют порядок организации ветеринарных контрольных постов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31184,290 +31154,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z318" w:id="207"/>
+    <w:bookmarkStart w:name="z318" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для осуществления государственного ветеринарно-санитарного контроля и надзора с целью предупреждения заноса и распространения заразных и экзотических болезней животных на территорию Республики Казахстан из других государств ведомством уполномоченного органа в области ветеринарии организуются ветеринарные контрольные посты (далее – пост).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z319" w:id="208"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z319" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Посты организуются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z320" w:id="209"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z320" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) на территориях пограничных и таможенных пунктов (пунктов пропуска через Государственную границу Республики Казахстан, совпадающую с таможенной границей Евразийского экономического союза) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечнем</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пунктов пропуска через Государственную границу Республики Казахстан и стационарных постов транспортного контроля на территории Республики Казахстан, утвержденным постановлением Правительства Республики Казахстан от 9 июля 2013 года № 697; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z321" w:id="210"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z321" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) на приграничных территориях Республики Казахстан и между зонами в соответствии с Перечнем ветеринарных контрольных постов на территории Республики Казахстан в пределах автомобильного сообщения согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z322" w:id="211"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z322" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При появлении информации об особо опасных болезней животных на территории сопредельных государств в пунктах пропуска организовывается дезинфекция транспортных средств в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z323" w:id="212"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z323" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Посты являются подразделениями ведомства уполномоченного органа в области ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z324" w:id="213"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z324" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Пост работает в режиме, установленном для данного пункта пропуска и укомплектовывается необходимым количеством государственных ветеринарно-санитарных инспекторов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z325" w:id="214"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z325" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В своей работе государственные ветеринарно-санитарные инспектора постов руководствуются законодательством Республики Казахстан в области ветеринарии и документами Евразийского экономического союза. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z326" w:id="215"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z326" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Взаимодействие постов с другими государственными контролирующими органами на пограничных и таможенных пунктах (пунктах пропуска через Государственную границу Республики Казахстан, совпадающую с таможенной границей Евразийского экономического союза), а также в местах перемещения перемещаемых (перевозимых) объектов через таможенную границу Евразийского экономического союза, расположенных на территории Республики Казахстан в пределах автомобильного сообщения, а также в местах, определенных в приложении к настоящим Правилам осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31546,124 +31516,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ветеринарных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>контрольных постов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z328" w:id="216"/>
+    <w:bookmarkStart w:name="z328" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень ветеринарных контрольных постов на территории Республики Казахстан в пределах автомобильного сообщения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции приказа Министра сельского хозяйства РК от 03.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="217"/>
+    <w:bookmarkStart w:name="z329" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Ветеринарные контрольные посты на приграничной территории Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -36298,68 +36268,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z330" w:id="218"/>
+    <w:bookmarkStart w:name="z330" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Ветеринарные контрольные посты между зонами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -38398,55 +38368,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>